--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1078,51 +1078,51 @@
     <t xml:space="preserve">20, Dilkusha C/A (5th floor) Dhaka-1000. Bangladesh
 </t>
   </si>
   <si>
     <t>Jamuna  Bank Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Chinishilpa Bhaban (2nd Floor),  3 Dilkusha C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>One Securities Limited</t>
   </si>
   <si>
     <t xml:space="preserve">HRC Bhaban, 45 Dilkusha C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>Bank Asia Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Hadi Mansion (2nd Floor), 2 Dilkusha, Dhaka-1000
 </t>
   </si>
   <si>
-    <t>MTB Securities Ltd.</t>
+    <t>MTB Securities PLC</t>
   </si>
   <si>
     <t xml:space="preserve">WW Tower, Level-4, 68 Motijheel C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>Padma Bank Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">DSE Tower, Room # 137, Level # 8, Plot 46, Road 21, Nikunja-2, Khilkhet, Dhaka - 1229
 </t>
   </si>
   <si>
     <t>NRBC Bank Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Hadi Mansion (7th Floor)North Side,2, Dilkusha C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>Hazrat Amanat Shah Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Phoenix Bhaban, 12 Dilkusha, Motijheel C/A, Dhaka-1000
 </t>