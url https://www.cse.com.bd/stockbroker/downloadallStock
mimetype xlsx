--- v1 (2025-11-07)
+++ v2 (2025-12-26)
@@ -397,51 +397,51 @@
   <si>
     <t>Impel Shares &amp; Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Akhteruzzaman Centre (7th Floor), 21/22 Agrabad C/A, Badamtoli, Chattogram. Bangladesh
 </t>
   </si>
   <si>
     <t>Mirpur Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Fair Plaza(3rd &amp; 5th Floor), Plot-C/3, Block-D, Road-1, Mirpur-1, Dhaka-1216. Bangladesh
 </t>
   </si>
   <si>
     <t>MKM Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Bilquis Tower (3rd Floor), Plot-6 (New) 2nd Circle, Gulshan, Dhaka-1212. Bangladesh
 </t>
   </si>
   <si>
     <t>E-Securities Limited</t>
   </si>
   <si>
-    <t xml:space="preserve">Paramount Heights (15th Floor), 65/2/1, Box Culvert Road, Purana Paltan, Dhaka-1000. Bangladesh
+    <t xml:space="preserve">Bengal Centre (8th Floor), 28 Topkhana Road, Dhaka-1000
 </t>
   </si>
   <si>
     <t>Royal Capital Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">DSE Annex Building (2nd floor), 9/E Motijheel C/A, Dhaka - 1000.
 </t>
   </si>
   <si>
     <t>Merchant Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">210-211 Nawabpur Road (2nd Floor), Dhaka-1100
 </t>
   </si>
   <si>
     <t>Prime Financial Consultants &amp; Equities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Suite # 804 B Sena Kalyan Bhaban (8th Floor) 195 Mothijheel Commercial Area Motijheel C/A Dhaka-1000.
 </t>
   </si>
   <si>
     <t>Kabir Securities Ltd.</t>
@@ -453,51 +453,51 @@
   <si>
     <t>National Securities  &amp; Consultants Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Rupayan Trade Center( Level-10), 114 Kazi Nazrul Islam Avenue,Banglamotor, Dhaka-1000.Bangladesh.
 </t>
   </si>
   <si>
     <t>Eastern Shares &amp; Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Delowar Bhaban (2nd Floor), 104 Agrabad C/A, Chattogram. Bangladesh
 </t>
   </si>
   <si>
     <t>Reliance Securities Consultant Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">923/A, Kashfia Plaza (Ground Floor), MCB Sheikh Mujib Road, Agrabad, Chattogram.
 </t>
   </si>
   <si>
     <t>Chittagong Shares &amp; Securities Ltd.</t>
   </si>
   <si>
-    <t xml:space="preserve">108 Bashar Square, Agrabad Commercial Area, Chattogram. Bangladesh
+    <t xml:space="preserve">108 Bashar Square (8th Floor), Agrabad Commercial Area, Chattogram. Bangladesh
 </t>
   </si>
   <si>
     <t>CMSL Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Suite # 702 (7th floor), 28 Dilkusha C/A, Dhaka-1000.
 </t>
   </si>
   <si>
     <t>Prudential Capital Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 Room No. C-1A, City Center (Level-27), 90/1 Motijheel C/A. Dhaka-1000.
 </t>
   </si>
   <si>
     <t>Associated Capital Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve"> 
 S.B. Trade Center (4th Floor), 94 Sk.Mujib Road, Chattogram.
 </t>
   </si>