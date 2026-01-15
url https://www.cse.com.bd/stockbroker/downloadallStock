--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1085,51 +1085,51 @@
     <t xml:space="preserve">Chinishilpa Bhaban (2nd Floor),  3 Dilkusha C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>One Securities Limited</t>
   </si>
   <si>
     <t xml:space="preserve">HRC Bhaban, 45 Dilkusha C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>Bank Asia Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Hadi Mansion (2nd Floor), 2 Dilkusha, Dhaka-1000
 </t>
   </si>
   <si>
     <t>MTB Securities PLC</t>
   </si>
   <si>
     <t xml:space="preserve">WW Tower, Level-4, 68 Motijheel C/A, Dhaka-1000
 </t>
   </si>
   <si>
-    <t>Padma Bank Securities Ltd.</t>
+    <t>Padma Bank Securities PLC</t>
   </si>
   <si>
     <t xml:space="preserve">DSE Tower, Room # 137, Level # 8, Plot 46, Road 21, Nikunja-2, Khilkhet, Dhaka - 1229
 </t>
   </si>
   <si>
     <t>NRBC Bank Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Hadi Mansion (7th Floor)North Side,2, Dilkusha C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>Hazrat Amanat Shah Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Phoenix Bhaban, 12 Dilkusha, Motijheel C/A, Dhaka-1000
 </t>
   </si>
   <si>
     <t>SFIL Securities Ltd.</t>
   </si>
   <si>
     <t xml:space="preserve">Suite # E-21, Lilypond Center (Level - 21), 3 R K Mission Road, Dhaka 
 </t>