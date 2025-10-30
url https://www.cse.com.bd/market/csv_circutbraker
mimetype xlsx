--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="645">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
   <si>
     <t>SCRIP CODE</t>
   </si>
   <si>
     <t>FLOOR PRICE</t>
   </si>
   <si>
     <t>MINIMUM ALLOW PRICE</t>
   </si>
   <si>
     <t>CLOSE PRICE</t>
   </si>
   <si>
     <t>MAXIMUM ALLOW PRICE</t>
   </si>
   <si>
     <t>1JANATAMF</t>
   </si>
   <si>
     <t>1STPRIMFMF</t>
   </si>
   <si>
     <t>AAMRANET</t>
   </si>
   <si>
@@ -1394,53 +1394,50 @@
   <si>
     <t>TB15Y0829</t>
   </si>
   <si>
     <t>TB15Y0840</t>
   </si>
   <si>
     <t>TB15Y0926</t>
   </si>
   <si>
     <t>TB15Y0927</t>
   </si>
   <si>
     <t>TB15Y0928</t>
   </si>
   <si>
     <t>TB15Y0929</t>
   </si>
   <si>
     <t>TB15Y0930</t>
   </si>
   <si>
     <t>TB15Y0933</t>
   </si>
   <si>
-    <t>TB15Y1025</t>
-[...1 lines deleted...]
-  <si>
     <t>TB15Y1026</t>
   </si>
   <si>
     <t>TB15Y1027</t>
   </si>
   <si>
     <t>TB15Y1028</t>
   </si>
   <si>
     <t>TB15Y1029</t>
   </si>
   <si>
     <t>TB15Y1125</t>
   </si>
   <si>
     <t>TB15Y1126</t>
   </si>
   <si>
     <t>TB15Y1127</t>
   </si>
   <si>
     <t>TB15Y1128</t>
   </si>
   <si>
     <t>TB15Y1129</t>
@@ -1839,53 +1836,50 @@
     <t>TB5Y0529</t>
   </si>
   <si>
     <t>TB5Y0626</t>
   </si>
   <si>
     <t>TB5Y0628</t>
   </si>
   <si>
     <t>TB5Y0630</t>
   </si>
   <si>
     <t>TB5Y0727</t>
   </si>
   <si>
     <t>TB5Y0828</t>
   </si>
   <si>
     <t>TB5Y0926</t>
   </si>
   <si>
     <t>TB5Y0928</t>
   </si>
   <si>
     <t>TB5Y0930</t>
-  </si>
-[...1 lines deleted...]
-    <t>TB5Y1025</t>
   </si>
   <si>
     <t>TB5Y1029</t>
   </si>
   <si>
     <t>TB5Y1126</t>
   </si>
   <si>
     <t>TB5Y1127</t>
   </si>
   <si>
     <t>TB5Y1128</t>
   </si>
   <si>
     <t>TB5Y1225</t>
   </si>
   <si>
     <t>TB5Y1228</t>
   </si>
   <si>
     <t>TB5Y1229</t>
   </si>
   <si>
     <t>TECHNODRUG</t>
   </si>
@@ -2305,3881 +2299,3881 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E641"/>
+  <dimension ref="A1:E639"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="D2">
+        <v>2.9</v>
+      </c>
+      <c r="E2">
         <v>3.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.4</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
-        <v>20.7</v>
+        <v>19</v>
       </c>
       <c r="D3">
-        <v>22.9</v>
+        <v>21.1</v>
       </c>
       <c r="E3">
-        <v>25.1</v>
+        <v>23.2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="C4">
-        <v>19.3</v>
+        <v>17.7</v>
       </c>
       <c r="D4">
-        <v>21.4</v>
+        <v>19.6</v>
       </c>
       <c r="E4">
-        <v>23.5</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>0</v>
       </c>
       <c r="C5">
-        <v>12.7</v>
+        <v>10.8</v>
       </c>
       <c r="D5">
-        <v>14.1</v>
+        <v>12</v>
       </c>
       <c r="E5">
-        <v>15.5</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="D6">
-        <v>3.1</v>
+        <v>3</v>
       </c>
       <c r="E6">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>0</v>
       </c>
       <c r="C7">
+        <v>4.7</v>
+      </c>
+      <c r="D7">
         <v>5.2</v>
       </c>
-      <c r="D7">
+      <c r="E7">
         <v>5.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.2</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="C8">
         <v>753</v>
       </c>
       <c r="D8">
         <v>814</v>
       </c>
       <c r="E8">
         <v>875</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
         <v>0</v>
       </c>
       <c r="C9">
-        <v>18</v>
+        <v>18.5</v>
       </c>
       <c r="D9">
-        <v>20</v>
+        <v>20.5</v>
       </c>
       <c r="E9">
-        <v>22</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="C10">
-        <v>40.5</v>
+        <v>36.9</v>
       </c>
       <c r="D10">
-        <v>44.9</v>
+        <v>41</v>
       </c>
       <c r="E10">
-        <v>49.3</v>
+        <v>45.1</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>0</v>
       </c>
       <c r="C11">
-        <v>164.6</v>
+        <v>152.2</v>
       </c>
       <c r="D11">
-        <v>182.8</v>
+        <v>169.1</v>
       </c>
       <c r="E11">
-        <v>201</v>
+        <v>186</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
-        <v>134.4</v>
+        <v>127.8</v>
       </c>
       <c r="D12">
-        <v>149.3</v>
+        <v>142</v>
       </c>
       <c r="E12">
-        <v>164.2</v>
+        <v>156.2</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="C13">
-        <v>70.40000000000001</v>
+        <v>67.5</v>
       </c>
       <c r="D13">
-        <v>78.2</v>
+        <v>75</v>
       </c>
       <c r="E13">
-        <v>86</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
         <v>0</v>
       </c>
       <c r="C14">
-        <v>14.8</v>
+        <v>13.8</v>
       </c>
       <c r="D14">
-        <v>16.4</v>
+        <v>15.3</v>
       </c>
       <c r="E14">
-        <v>18</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="C15">
-        <v>7.6</v>
+        <v>6.5</v>
       </c>
       <c r="D15">
-        <v>8.4</v>
+        <v>7.2</v>
       </c>
       <c r="E15">
-        <v>9.199999999999999</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>0</v>
       </c>
       <c r="C16">
-        <v>67.5</v>
+        <v>56.7</v>
       </c>
       <c r="D16">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="E16">
-        <v>82.5</v>
+        <v>69.3</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>0</v>
       </c>
       <c r="C17">
+        <v>12.6</v>
+      </c>
+      <c r="D17">
         <v>14</v>
       </c>
-      <c r="D17">
-[...1 lines deleted...]
-      </c>
       <c r="E17">
-        <v>17</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>0</v>
       </c>
       <c r="C18">
-        <v>6.7</v>
+        <v>5.6</v>
       </c>
       <c r="D18">
-        <v>7.4</v>
+        <v>6.2</v>
       </c>
       <c r="E18">
-        <v>8.1</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>0</v>
       </c>
       <c r="C19">
-        <v>33</v>
+        <v>32.4</v>
       </c>
       <c r="D19">
-        <v>36.6</v>
+        <v>36</v>
       </c>
       <c r="E19">
-        <v>40.2</v>
+        <v>39.6</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>0</v>
       </c>
       <c r="C20">
-        <v>23.4</v>
+        <v>21.4</v>
       </c>
       <c r="D20">
+        <v>23.7</v>
+      </c>
+      <c r="E20">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>28.6</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
       <c r="D21">
-        <v>3.8</v>
+        <v>4.1</v>
       </c>
       <c r="E21">
-        <v>4.1</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="C22">
         <v>4370</v>
       </c>
       <c r="D22">
         <v>4600</v>
       </c>
       <c r="E22">
         <v>4830</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="C23">
-        <v>49.3</v>
+        <v>44.3</v>
       </c>
       <c r="D23">
-        <v>54.7</v>
+        <v>49.2</v>
       </c>
       <c r="E23">
-        <v>60.1</v>
+        <v>54.1</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="C24">
+        <v>13.5</v>
+      </c>
+      <c r="D24">
         <v>15</v>
       </c>
-      <c r="D24">
-[...1 lines deleted...]
-      </c>
       <c r="E24">
-        <v>18.2</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25">
-        <v>11.6</v>
+        <v>11.7</v>
       </c>
       <c r="D25">
-        <v>12.8</v>
+        <v>13</v>
       </c>
       <c r="E25">
-        <v>14</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
       <c r="C26">
-        <v>22.6</v>
+        <v>21.7</v>
       </c>
       <c r="D26">
-        <v>25.1</v>
+        <v>24.1</v>
       </c>
       <c r="E26">
-        <v>27.6</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="C27">
-        <v>775.2</v>
+        <v>742.4</v>
       </c>
       <c r="D27">
-        <v>838</v>
+        <v>802.5</v>
       </c>
       <c r="E27">
-        <v>900.8</v>
+        <v>862.6</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="C28">
+        <v>208.3</v>
+      </c>
+      <c r="D28">
         <v>228.2</v>
       </c>
-      <c r="D28">
-[...1 lines deleted...]
-      </c>
       <c r="E28">
-        <v>271.8</v>
+        <v>248.1</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="C29">
-        <v>39.6</v>
+        <v>28.1</v>
       </c>
       <c r="D29">
-        <v>44</v>
+        <v>31.2</v>
       </c>
       <c r="E29">
-        <v>48.4</v>
+        <v>34.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
-        <v>21.5</v>
+        <v>17.5</v>
       </c>
       <c r="D30">
-        <v>23.8</v>
+        <v>19.4</v>
       </c>
       <c r="E30">
-        <v>26.1</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="C31">
-        <v>64.3</v>
+        <v>79</v>
       </c>
       <c r="D31">
-        <v>71.40000000000001</v>
+        <v>87.7</v>
       </c>
       <c r="E31">
-        <v>78.5</v>
+        <v>96.40000000000001</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="C32">
-        <v>13.8</v>
+        <v>12.9</v>
       </c>
       <c r="D32">
-        <v>15.3</v>
+        <v>14.3</v>
       </c>
       <c r="E32">
-        <v>16.8</v>
+        <v>15.7</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="C33">
         <v>9</v>
       </c>
       <c r="D33">
         <v>10</v>
       </c>
       <c r="E33">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="C34">
-        <v>221.1</v>
+        <v>193.5</v>
       </c>
       <c r="D34">
-        <v>242.2</v>
+        <v>212</v>
       </c>
       <c r="E34">
-        <v>263.3</v>
+        <v>230.5</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="C35">
-        <v>229.2</v>
+        <v>174.6</v>
       </c>
       <c r="D35">
-        <v>251.1</v>
+        <v>194</v>
       </c>
       <c r="E35">
-        <v>273</v>
+        <v>213.4</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="C36">
-        <v>153</v>
+        <v>124.2</v>
       </c>
       <c r="D36">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="E36">
-        <v>187</v>
+        <v>151.8</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37">
-        <v>69.3</v>
+        <v>54</v>
       </c>
       <c r="D37">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="E37">
-        <v>84.7</v>
+        <v>66</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="C38">
         <v>5.8</v>
       </c>
       <c r="D38">
         <v>6.4</v>
       </c>
       <c r="E38">
         <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39">
-        <v>2.4</v>
+        <v>2.1</v>
       </c>
       <c r="D39">
-        <v>2.6</v>
+        <v>2.3</v>
       </c>
       <c r="E39">
-        <v>2.8</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40">
         <v>2672</v>
       </c>
       <c r="D40">
         <v>2812.5</v>
       </c>
       <c r="E40">
         <v>2953</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41">
-        <v>199.9</v>
+        <v>190.8</v>
       </c>
       <c r="D41">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="E41">
-        <v>238.1</v>
+        <v>227.2</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42">
-        <v>10.5</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="D42">
-        <v>11.6</v>
+        <v>10.3</v>
       </c>
       <c r="E42">
-        <v>12.7</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43">
-        <v>17.6</v>
+        <v>16.5</v>
       </c>
       <c r="D43">
-        <v>19.5</v>
+        <v>18.3</v>
       </c>
       <c r="E43">
-        <v>21.4</v>
+        <v>20.1</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
         <v>0</v>
       </c>
       <c r="C44">
-        <v>26.1</v>
+        <v>26.8</v>
       </c>
       <c r="D44">
-        <v>29</v>
+        <v>29.7</v>
       </c>
       <c r="E44">
-        <v>31.9</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45">
-        <v>31.6</v>
+        <v>29.8</v>
       </c>
       <c r="D45">
-        <v>35.1</v>
+        <v>33.1</v>
       </c>
       <c r="E45">
-        <v>38.6</v>
+        <v>36.4</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46">
-        <v>52.1</v>
+        <v>50.6</v>
       </c>
       <c r="D46">
-        <v>57.8</v>
+        <v>56.2</v>
       </c>
       <c r="E46">
-        <v>63.5</v>
+        <v>61.8</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47">
         <v>6.2</v>
       </c>
       <c r="D47">
         <v>6.8</v>
       </c>
       <c r="E47">
         <v>7.4</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="C48">
         <v>50.3</v>
       </c>
       <c r="D48">
         <v>55.8</v>
       </c>
       <c r="E48">
         <v>61.3</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="D49">
-        <v>125.5</v>
+        <v>110</v>
       </c>
       <c r="E49">
-        <v>138</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50">
         <v>4750</v>
       </c>
       <c r="D50">
         <v>5000</v>
       </c>
       <c r="E50">
         <v>5250</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51">
-        <v>16.2</v>
+        <v>16.1</v>
       </c>
       <c r="D51">
-        <v>17.9</v>
+        <v>17.8</v>
       </c>
       <c r="E51">
-        <v>19.6</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52">
-        <v>7.7</v>
+        <v>5.6</v>
       </c>
       <c r="D52">
-        <v>8.5</v>
+        <v>6.2</v>
       </c>
       <c r="E52">
-        <v>9.300000000000001</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53">
-        <v>845.2</v>
+        <v>832.5</v>
       </c>
       <c r="D53">
-        <v>913.7</v>
+        <v>900</v>
       </c>
       <c r="E53">
-        <v>982.2</v>
+        <v>967.5</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="C54">
-        <v>247.9</v>
+        <v>231.8</v>
       </c>
       <c r="D54">
-        <v>271.6</v>
+        <v>254</v>
       </c>
       <c r="E54">
-        <v>295.3</v>
+        <v>276.2</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D55">
+        <v>3.9</v>
+      </c>
+      <c r="E55">
         <v>4.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.6</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56">
+        <v>8.1</v>
+      </c>
+      <c r="D56">
+        <v>9</v>
+      </c>
+      <c r="E56">
         <v>9.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11.9</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57">
-        <v>15.8</v>
+        <v>13.6</v>
       </c>
       <c r="D57">
-        <v>17.5</v>
+        <v>15.1</v>
       </c>
       <c r="E57">
-        <v>19.2</v>
+        <v>16.6</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58">
         <v>33.9</v>
       </c>
       <c r="D58">
         <v>37.6</v>
       </c>
       <c r="E58">
         <v>41.3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
-        <v>24.2</v>
+        <v>23.3</v>
       </c>
       <c r="D59">
-        <v>26.8</v>
+        <v>25.8</v>
       </c>
       <c r="E59">
-        <v>29.4</v>
+        <v>28.3</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="C60">
-        <v>11.1</v>
+        <v>14.4</v>
       </c>
       <c r="D60">
-        <v>12.3</v>
+        <v>16</v>
       </c>
       <c r="E60">
-        <v>13.5</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61">
-        <v>153.5</v>
+        <v>119.7</v>
       </c>
       <c r="D61">
-        <v>170.5</v>
+        <v>133</v>
       </c>
       <c r="E61">
-        <v>187.5</v>
+        <v>146.3</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
         <v>0</v>
       </c>
       <c r="C62">
-        <v>33.1</v>
+        <v>42.1</v>
       </c>
       <c r="D62">
-        <v>36.7</v>
+        <v>46.7</v>
       </c>
       <c r="E62">
-        <v>40.3</v>
+        <v>51.3</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
-        <v>11.1</v>
+        <v>9.6</v>
       </c>
       <c r="D63">
-        <v>12.3</v>
+        <v>10.6</v>
       </c>
       <c r="E63">
-        <v>13.5</v>
+        <v>11.6</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64">
+        <v>10.5</v>
+      </c>
+      <c r="D64">
+        <v>11.6</v>
+      </c>
+      <c r="E64">
         <v>12.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>15.5</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="C65">
+        <v>8.1</v>
+      </c>
+      <c r="D65">
         <v>8.9</v>
       </c>
-      <c r="D65">
-[...1 lines deleted...]
-      </c>
       <c r="E65">
-        <v>10.7</v>
+        <v>9.699999999999999</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>69</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="C66">
-        <v>48</v>
+        <v>45.9</v>
       </c>
       <c r="D66">
-        <v>53.3</v>
+        <v>51</v>
       </c>
       <c r="E66">
-        <v>58.6</v>
+        <v>56.1</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67">
-        <v>111.6</v>
+        <v>104.4</v>
       </c>
       <c r="D67">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="E67">
-        <v>136.4</v>
+        <v>127.6</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68">
         <v>56.3</v>
       </c>
       <c r="D68">
         <v>62.5</v>
       </c>
       <c r="E68">
         <v>68.7</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="C69">
-        <v>17.5</v>
+        <v>15.9</v>
       </c>
       <c r="D69">
-        <v>19.4</v>
+        <v>17.6</v>
       </c>
       <c r="E69">
-        <v>21.3</v>
+        <v>19.3</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70">
         <v>1331.3</v>
       </c>
       <c r="D70">
         <v>1420</v>
       </c>
       <c r="E70">
         <v>1508.7</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="C71">
-        <v>14.8</v>
+        <v>12.8</v>
       </c>
       <c r="D71">
-        <v>16.4</v>
+        <v>14.2</v>
       </c>
       <c r="E71">
-        <v>18</v>
+        <v>15.6</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72">
-        <v>54.5</v>
+        <v>50.4</v>
       </c>
       <c r="D72">
-        <v>60.5</v>
+        <v>56</v>
       </c>
       <c r="E72">
-        <v>66.5</v>
+        <v>61.6</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
         <v>110.2</v>
       </c>
       <c r="C73">
         <v>110.2</v>
       </c>
       <c r="D73">
         <v>110.2</v>
       </c>
       <c r="E73">
         <v>121.2</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>77</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74">
-        <v>29.3</v>
+        <v>29.2</v>
       </c>
       <c r="D74">
-        <v>32.5</v>
+        <v>32.4</v>
       </c>
       <c r="E74">
-        <v>35.7</v>
+        <v>35.6</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="C75">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="D75">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="E75">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>79</v>
       </c>
       <c r="B76">
         <v>0</v>
       </c>
       <c r="C76">
-        <v>40.5</v>
+        <v>41.9</v>
       </c>
       <c r="D76">
-        <v>45</v>
+        <v>46.5</v>
       </c>
       <c r="E76">
-        <v>49.5</v>
+        <v>51.1</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>80</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="C77">
-        <v>31.2</v>
+        <v>23.5</v>
       </c>
       <c r="D77">
-        <v>34.6</v>
+        <v>26.1</v>
       </c>
       <c r="E77">
-        <v>38</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
         <v>0</v>
       </c>
       <c r="C78">
-        <v>12.2</v>
+        <v>11.7</v>
       </c>
       <c r="D78">
-        <v>13.5</v>
+        <v>12.9</v>
       </c>
       <c r="E78">
-        <v>14.8</v>
+        <v>14.1</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
         <v>0</v>
       </c>
       <c r="C79">
         <v>62.2</v>
       </c>
       <c r="D79">
         <v>69.09999999999999</v>
       </c>
       <c r="E79">
         <v>76</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
         <v>0</v>
       </c>
       <c r="C80">
-        <v>103.4</v>
+        <v>99.40000000000001</v>
       </c>
       <c r="D80">
-        <v>114.8</v>
+        <v>110.4</v>
       </c>
       <c r="E80">
-        <v>126.2</v>
+        <v>121.4</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
         <v>0</v>
       </c>
       <c r="C81">
-        <v>119.8</v>
+        <v>117.5</v>
       </c>
       <c r="D81">
-        <v>133.1</v>
+        <v>130.5</v>
       </c>
       <c r="E81">
-        <v>146.4</v>
+        <v>143.5</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
         <v>0</v>
       </c>
       <c r="C82">
-        <v>76.5</v>
+        <v>75.8</v>
       </c>
       <c r="D82">
-        <v>85</v>
+        <v>84.2</v>
       </c>
       <c r="E82">
-        <v>93.5</v>
+        <v>92.59999999999999</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>0</v>
       </c>
       <c r="C83">
-        <v>56.8</v>
+        <v>61.3</v>
       </c>
       <c r="D83">
-        <v>63.1</v>
+        <v>68.09999999999999</v>
       </c>
       <c r="E83">
-        <v>69.40000000000001</v>
+        <v>74.90000000000001</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84">
         <v>0</v>
       </c>
       <c r="C84">
-        <v>106.7</v>
+        <v>104.4</v>
       </c>
       <c r="D84">
-        <v>118.5</v>
+        <v>116</v>
       </c>
       <c r="E84">
-        <v>130.3</v>
+        <v>127.6</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>88</v>
       </c>
       <c r="B85">
         <v>0</v>
       </c>
       <c r="C85">
-        <v>7</v>
+        <v>7.6</v>
       </c>
       <c r="D85">
-        <v>7.7</v>
+        <v>8.4</v>
       </c>
       <c r="E85">
-        <v>8.4</v>
+        <v>9.199999999999999</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>89</v>
       </c>
       <c r="B86">
         <v>0</v>
       </c>
       <c r="C86">
-        <v>9</v>
+        <v>8.5</v>
       </c>
       <c r="D86">
-        <v>10</v>
+        <v>9.4</v>
       </c>
       <c r="E86">
-        <v>11</v>
+        <v>10.3</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>90</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
       <c r="C87">
-        <v>7.7</v>
+        <v>8.4</v>
       </c>
       <c r="D87">
-        <v>8.5</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E87">
-        <v>9.300000000000001</v>
+        <v>10.2</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
         <v>998594</v>
       </c>
       <c r="D88">
         <v>1037500</v>
       </c>
       <c r="E88">
         <v>1076406</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89">
         <v>0</v>
       </c>
       <c r="C89">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D89">
-        <v>41.1</v>
+        <v>40</v>
       </c>
       <c r="E89">
-        <v>45.2</v>
+        <v>44</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
       <c r="C90">
-        <v>8.9</v>
+        <v>7.7</v>
       </c>
       <c r="D90">
-        <v>9.800000000000001</v>
+        <v>8.5</v>
       </c>
       <c r="E90">
-        <v>10.7</v>
+        <v>9.300000000000001</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
       <c r="C91">
-        <v>22.7</v>
+        <v>22.2</v>
       </c>
       <c r="D91">
-        <v>25.2</v>
+        <v>24.6</v>
       </c>
       <c r="E91">
-        <v>27.7</v>
+        <v>27</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
         <v>0</v>
       </c>
       <c r="C92">
-        <v>60.3</v>
+        <v>67.5</v>
       </c>
       <c r="D92">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E92">
-        <v>73.7</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
         <v>0</v>
       </c>
       <c r="C93">
-        <v>56</v>
+        <v>46.8</v>
       </c>
       <c r="D93">
-        <v>62.2</v>
+        <v>52</v>
       </c>
       <c r="E93">
-        <v>68.40000000000001</v>
+        <v>57.2</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
         <v>0</v>
       </c>
       <c r="C94">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="D94">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="E94">
-        <v>3</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
         <v>0</v>
       </c>
       <c r="C95">
-        <v>51.3</v>
+        <v>48.2</v>
       </c>
       <c r="D95">
-        <v>57</v>
+        <v>53.5</v>
       </c>
       <c r="E95">
-        <v>62.7</v>
+        <v>58.8</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
         <v>0</v>
       </c>
       <c r="C96">
-        <v>26.5</v>
+        <v>22.7</v>
       </c>
       <c r="D96">
-        <v>29.4</v>
+        <v>25.2</v>
       </c>
       <c r="E96">
-        <v>32.3</v>
+        <v>27.7</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
         <v>0</v>
       </c>
       <c r="C97">
-        <v>18.4</v>
+        <v>17.2</v>
       </c>
       <c r="D97">
-        <v>20.4</v>
+        <v>19.1</v>
       </c>
       <c r="E97">
-        <v>22.4</v>
+        <v>21</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98">
-        <v>22.4</v>
+        <v>27</v>
       </c>
       <c r="D98">
-        <v>24.8</v>
+        <v>30</v>
       </c>
       <c r="E98">
-        <v>27.2</v>
+        <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>0</v>
       </c>
       <c r="C99">
-        <v>50.4</v>
+        <v>46.8</v>
       </c>
       <c r="D99">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E99">
-        <v>61.6</v>
+        <v>57.2</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
       <c r="C100">
-        <v>54.9</v>
+        <v>48.6</v>
       </c>
       <c r="D100">
-        <v>60.9</v>
+        <v>54</v>
       </c>
       <c r="E100">
-        <v>66.90000000000001</v>
+        <v>59.4</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
         <v>0</v>
       </c>
       <c r="C101">
-        <v>178.5</v>
+        <v>162</v>
       </c>
       <c r="D101">
-        <v>198.3</v>
+        <v>179.9</v>
       </c>
       <c r="E101">
-        <v>218.1</v>
+        <v>197.8</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>0</v>
       </c>
       <c r="C102">
-        <v>17.6</v>
+        <v>17.4</v>
       </c>
       <c r="D102">
-        <v>19.5</v>
+        <v>19.3</v>
       </c>
       <c r="E102">
-        <v>21.4</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
       <c r="C103">
-        <v>51.5</v>
+        <v>44.1</v>
       </c>
       <c r="D103">
-        <v>57.2</v>
+        <v>48.9</v>
       </c>
       <c r="E103">
-        <v>62.9</v>
+        <v>53.7</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
       <c r="C104">
-        <v>35</v>
+        <v>30.6</v>
       </c>
       <c r="D104">
-        <v>38.8</v>
+        <v>34</v>
       </c>
       <c r="E104">
-        <v>42.6</v>
+        <v>37.4</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
       <c r="C105">
-        <v>5.4</v>
+        <v>5.1</v>
       </c>
       <c r="D105">
-        <v>6</v>
+        <v>5.6</v>
       </c>
       <c r="E105">
-        <v>6.6</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>0</v>
       </c>
       <c r="C106">
         <v>4750</v>
       </c>
       <c r="D106">
         <v>5000</v>
       </c>
       <c r="E106">
         <v>5250</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>0</v>
       </c>
       <c r="C107">
-        <v>75</v>
+        <v>71.09999999999999</v>
       </c>
       <c r="D107">
-        <v>83.3</v>
+        <v>79</v>
       </c>
       <c r="E107">
-        <v>91.59999999999999</v>
+        <v>86.90000000000001</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
         <v>0</v>
       </c>
       <c r="C108">
-        <v>5</v>
+        <v>3.8</v>
       </c>
       <c r="D108">
-        <v>5.5</v>
+        <v>4.2</v>
       </c>
       <c r="E108">
-        <v>6</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
         <v>0</v>
       </c>
       <c r="C109">
-        <v>23.4</v>
+        <v>16.5</v>
       </c>
       <c r="D109">
-        <v>26</v>
+        <v>18.3</v>
       </c>
       <c r="E109">
-        <v>28.6</v>
+        <v>20.1</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
-        <v>18.9</v>
+        <v>14.5</v>
       </c>
       <c r="D110">
-        <v>20.9</v>
+        <v>16.1</v>
       </c>
       <c r="E110">
-        <v>22.9</v>
+        <v>17.7</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
         <v>0</v>
       </c>
       <c r="C111">
-        <v>20.7</v>
+        <v>18</v>
       </c>
       <c r="D111">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E111">
-        <v>25.3</v>
+        <v>22</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
         <v>0</v>
       </c>
       <c r="C112">
-        <v>10.2</v>
+        <v>10</v>
       </c>
       <c r="D112">
-        <v>11.3</v>
+        <v>11.1</v>
       </c>
       <c r="E112">
-        <v>12.4</v>
+        <v>12.2</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
         <v>0</v>
       </c>
       <c r="C113">
-        <v>35.9</v>
+        <v>33.6</v>
       </c>
       <c r="D113">
-        <v>39.8</v>
+        <v>37.3</v>
       </c>
       <c r="E113">
-        <v>43.7</v>
+        <v>41</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
         <v>0</v>
       </c>
       <c r="C114">
-        <v>17.5</v>
+        <v>20.8</v>
       </c>
       <c r="D114">
-        <v>19.4</v>
+        <v>23.1</v>
       </c>
       <c r="E114">
-        <v>21.3</v>
+        <v>25.4</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
         <v>0</v>
       </c>
       <c r="C115">
-        <v>25.5</v>
+        <v>24.2</v>
       </c>
       <c r="D115">
-        <v>28.3</v>
+        <v>26.8</v>
       </c>
       <c r="E115">
-        <v>31.1</v>
+        <v>29.4</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
         <v>0</v>
       </c>
       <c r="C116">
-        <v>9.199999999999999</v>
+        <v>8.4</v>
       </c>
       <c r="D116">
+        <v>9.300000000000001</v>
+      </c>
+      <c r="E116">
         <v>10.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>11.2</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
       <c r="C117">
         <v>9.199999999999999</v>
       </c>
       <c r="D117">
         <v>10.2</v>
       </c>
       <c r="E117">
         <v>11.2</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
         <v>0</v>
       </c>
       <c r="C118">
-        <v>36.5</v>
+        <v>35.1</v>
       </c>
       <c r="D118">
-        <v>40.5</v>
+        <v>39</v>
       </c>
       <c r="E118">
-        <v>44.5</v>
+        <v>42.9</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
         <v>0</v>
       </c>
       <c r="C119">
-        <v>49.2</v>
+        <v>45.9</v>
       </c>
       <c r="D119">
-        <v>54.6</v>
+        <v>51</v>
       </c>
       <c r="E119">
-        <v>60</v>
+        <v>56.1</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
       <c r="C120">
-        <v>19.4</v>
+        <v>18.6</v>
       </c>
       <c r="D120">
-        <v>21.5</v>
+        <v>20.6</v>
       </c>
       <c r="E120">
-        <v>23.6</v>
+        <v>22.6</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
         <v>0</v>
       </c>
       <c r="C121">
-        <v>21.6</v>
+        <v>20.7</v>
       </c>
       <c r="D121">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="E121">
-        <v>26.4</v>
+        <v>25.3</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>125</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
       <c r="C122">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="D122">
-        <v>4.3</v>
+        <v>4</v>
       </c>
       <c r="E122">
-        <v>4.7</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>126</v>
       </c>
       <c r="B123">
         <v>0</v>
       </c>
       <c r="C123">
         <v>2.7</v>
       </c>
       <c r="D123">
         <v>3</v>
       </c>
       <c r="E123">
         <v>3.3</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
         <v>0</v>
       </c>
       <c r="C124">
-        <v>114.3</v>
+        <v>106.3</v>
       </c>
       <c r="D124">
-        <v>127</v>
+        <v>118.1</v>
       </c>
       <c r="E124">
-        <v>139.7</v>
+        <v>129.9</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
         <v>0</v>
       </c>
       <c r="C125">
-        <v>23.2</v>
+        <v>0</v>
       </c>
       <c r="D125">
-        <v>25.7</v>
+        <v>22.8</v>
       </c>
       <c r="E125">
-        <v>28.2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
         <v>0</v>
       </c>
       <c r="C126">
-        <v>75.5</v>
+        <v>67.90000000000001</v>
       </c>
       <c r="D126">
-        <v>83.8</v>
+        <v>75.40000000000001</v>
       </c>
       <c r="E126">
-        <v>92.09999999999999</v>
+        <v>82.90000000000001</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
         <v>0</v>
       </c>
       <c r="C127">
-        <v>30.4</v>
+        <v>29.7</v>
       </c>
       <c r="D127">
-        <v>33.7</v>
+        <v>32.9</v>
       </c>
       <c r="E127">
-        <v>37</v>
+        <v>36.1</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
         <v>0</v>
       </c>
       <c r="C128">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D128">
-        <v>16.6</v>
+        <v>15.5</v>
       </c>
       <c r="E128">
-        <v>18.2</v>
+        <v>17</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129">
-        <v>50.9</v>
+        <v>48.3</v>
       </c>
       <c r="D129">
-        <v>56.5</v>
+        <v>53.6</v>
       </c>
       <c r="E129">
-        <v>62.1</v>
+        <v>58.9</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
         <v>0</v>
       </c>
       <c r="C130">
-        <v>16.8</v>
+        <v>14.7</v>
       </c>
       <c r="D130">
-        <v>18.6</v>
+        <v>16.3</v>
       </c>
       <c r="E130">
-        <v>20.4</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
         <v>0</v>
       </c>
       <c r="C131">
-        <v>24.2</v>
+        <v>22.1</v>
       </c>
       <c r="D131">
-        <v>26.8</v>
+        <v>24.5</v>
       </c>
       <c r="E131">
-        <v>29.4</v>
+        <v>26.9</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
         <v>0</v>
       </c>
       <c r="C132">
-        <v>8.800000000000001</v>
+        <v>8.4</v>
       </c>
       <c r="D132">
-        <v>9.699999999999999</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E132">
-        <v>10.6</v>
+        <v>10.2</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
       <c r="C133">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D133">
+        <v>3.9</v>
+      </c>
+      <c r="E133">
         <v>4.2</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.6</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
         <v>0</v>
       </c>
       <c r="C134">
-        <v>4.4</v>
+        <v>2.8</v>
       </c>
       <c r="D134">
-        <v>4.8</v>
+        <v>3.1</v>
       </c>
       <c r="E134">
-        <v>5.2</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
-        <v>1.7</v>
+        <v>1.4</v>
       </c>
       <c r="D135">
-        <v>1.8</v>
+        <v>1.5</v>
       </c>
       <c r="E135">
-        <v>1.9</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
       <c r="C136">
-        <v>19.2</v>
+        <v>16.1</v>
       </c>
       <c r="D136">
-        <v>21.3</v>
+        <v>17.8</v>
       </c>
       <c r="E136">
-        <v>23.4</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
       <c r="C137">
-        <v>1.3</v>
+        <v>0.9</v>
       </c>
       <c r="D137">
-        <v>1.4</v>
+        <v>0.9</v>
       </c>
       <c r="E137">
-        <v>1.5</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
       <c r="C138">
-        <v>26.5</v>
+        <v>21.1</v>
       </c>
       <c r="D138">
-        <v>29.4</v>
+        <v>23.4</v>
       </c>
       <c r="E138">
-        <v>32.3</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
         <v>0</v>
       </c>
       <c r="C139">
-        <v>1.5</v>
+        <v>0.9</v>
       </c>
       <c r="D139">
-        <v>1.6</v>
+        <v>1</v>
       </c>
       <c r="E139">
-        <v>1.7</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
         <v>0</v>
       </c>
       <c r="C140">
+        <v>2.7</v>
+      </c>
+      <c r="D140">
         <v>2.9</v>
       </c>
-      <c r="D140">
-[...1 lines deleted...]
-      </c>
       <c r="E140">
-        <v>3.5</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
       <c r="C141">
-        <v>20.7</v>
+        <v>19.8</v>
       </c>
       <c r="D141">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="E141">
-        <v>25.3</v>
+        <v>24.2</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
         <v>0</v>
       </c>
       <c r="C142">
-        <v>18</v>
+        <v>16.7</v>
       </c>
       <c r="D142">
-        <v>19.9</v>
+        <v>18.5</v>
       </c>
       <c r="E142">
-        <v>21.8</v>
+        <v>20.3</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>0</v>
       </c>
       <c r="C143">
-        <v>273.8</v>
+        <v>285.7</v>
       </c>
       <c r="D143">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="E143">
-        <v>326.2</v>
+        <v>340.3</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>0</v>
       </c>
       <c r="C144">
         <v>2.3</v>
       </c>
       <c r="D144">
         <v>2.5</v>
       </c>
       <c r="E144">
         <v>2.7</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
         <v>0</v>
       </c>
       <c r="C145">
-        <v>2.7</v>
+        <v>2.2</v>
       </c>
       <c r="D145">
-        <v>3</v>
+        <v>2.4</v>
       </c>
       <c r="E145">
-        <v>3.3</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>149</v>
       </c>
       <c r="B146">
         <v>0</v>
       </c>
       <c r="C146">
-        <v>14</v>
+        <v>12.2</v>
       </c>
       <c r="D146">
-        <v>15.5</v>
+        <v>13.5</v>
       </c>
       <c r="E146">
-        <v>17</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>0</v>
       </c>
       <c r="C147">
-        <v>11.6</v>
+        <v>10.3</v>
       </c>
       <c r="D147">
-        <v>12.8</v>
+        <v>11.4</v>
       </c>
       <c r="E147">
-        <v>14</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
         <v>0</v>
       </c>
       <c r="C148">
-        <v>12.4</v>
+        <v>10</v>
       </c>
       <c r="D148">
-        <v>13.7</v>
+        <v>11.1</v>
       </c>
       <c r="E148">
-        <v>15</v>
+        <v>12.2</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>0</v>
       </c>
       <c r="C149">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
       <c r="D149">
-        <v>6.3</v>
+        <v>6.2</v>
       </c>
       <c r="E149">
-        <v>6.9</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>0</v>
       </c>
       <c r="C150">
-        <v>27.2</v>
+        <v>23.5</v>
       </c>
       <c r="D150">
-        <v>30.2</v>
+        <v>26.1</v>
       </c>
       <c r="E150">
-        <v>33.2</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
         <v>0</v>
       </c>
       <c r="C151">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="D151">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="E151">
-        <v>3</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>0</v>
       </c>
       <c r="C152">
-        <v>10.9</v>
+        <v>10.5</v>
       </c>
       <c r="D152">
-        <v>12.1</v>
+        <v>11.6</v>
       </c>
       <c r="E152">
-        <v>13.3</v>
+        <v>12.7</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153">
-        <v>21.8</v>
+        <v>20.4</v>
       </c>
       <c r="D153">
-        <v>24.2</v>
+        <v>22.6</v>
       </c>
       <c r="E153">
-        <v>26.6</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
         <v>0</v>
       </c>
       <c r="C154">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="D154">
-        <v>2.3</v>
+        <v>1.7</v>
       </c>
       <c r="E154">
-        <v>2.5</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>0</v>
       </c>
       <c r="C155">
-        <v>6.8</v>
+        <v>6.3</v>
       </c>
       <c r="D155">
+        <v>6.9</v>
+      </c>
+      <c r="E155">
         <v>7.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.199999999999999</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>159</v>
       </c>
       <c r="B156">
         <v>0</v>
       </c>
       <c r="C156">
-        <v>25.5</v>
+        <v>23.3</v>
       </c>
       <c r="D156">
+        <v>25.8</v>
+      </c>
+      <c r="E156">
         <v>28.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>31.1</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>0</v>
       </c>
       <c r="C157">
-        <v>10.5</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="D157">
-        <v>11.6</v>
+        <v>10.2</v>
       </c>
       <c r="E157">
-        <v>12.7</v>
+        <v>11.2</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
         <v>0</v>
       </c>
       <c r="C158">
-        <v>269.3</v>
+        <v>254.9</v>
       </c>
       <c r="D158">
-        <v>295.1</v>
+        <v>279.3</v>
       </c>
       <c r="E158">
-        <v>320.9</v>
+        <v>303.7</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>0</v>
       </c>
       <c r="C159">
-        <v>17.6</v>
+        <v>16.1</v>
       </c>
       <c r="D159">
+        <v>17.8</v>
+      </c>
+      <c r="E159">
         <v>19.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>21.4</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
         <v>0</v>
       </c>
       <c r="C160">
-        <v>521.7</v>
+        <v>490.3</v>
       </c>
       <c r="D160">
-        <v>564</v>
+        <v>530</v>
       </c>
       <c r="E160">
-        <v>606.3</v>
+        <v>569.7</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
         <v>0</v>
       </c>
       <c r="C161">
-        <v>11.1</v>
+        <v>10.6</v>
       </c>
       <c r="D161">
-        <v>12.3</v>
+        <v>11.7</v>
       </c>
       <c r="E161">
-        <v>13.5</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
         <v>0</v>
       </c>
       <c r="C162">
         <v>2.9</v>
       </c>
       <c r="D162">
         <v>3.2</v>
       </c>
       <c r="E162">
         <v>3.5</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
         <v>0</v>
       </c>
       <c r="C163">
-        <v>43.7</v>
+        <v>50.4</v>
       </c>
       <c r="D163">
-        <v>48.5</v>
+        <v>56</v>
       </c>
       <c r="E163">
-        <v>53.3</v>
+        <v>61.6</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>0</v>
       </c>
       <c r="C164">
-        <v>2.6</v>
+        <v>1.9</v>
       </c>
       <c r="D164">
-        <v>2.8</v>
+        <v>2.1</v>
       </c>
       <c r="E164">
-        <v>3</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>0</v>
       </c>
       <c r="C165">
-        <v>65.7</v>
+        <v>65.09999999999999</v>
       </c>
       <c r="D165">
-        <v>73</v>
+        <v>72.3</v>
       </c>
       <c r="E165">
-        <v>80.3</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
         <v>0</v>
       </c>
       <c r="C166">
-        <v>113.4</v>
+        <v>102.7</v>
       </c>
       <c r="D166">
-        <v>126</v>
+        <v>114.1</v>
       </c>
       <c r="E166">
-        <v>138.6</v>
+        <v>125.5</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
         <v>0</v>
       </c>
       <c r="C167">
-        <v>225.4</v>
+        <v>205.4</v>
       </c>
       <c r="D167">
-        <v>247</v>
+        <v>225</v>
       </c>
       <c r="E167">
-        <v>268.6</v>
+        <v>244.6</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
-        <v>6.6</v>
+        <v>5.2</v>
       </c>
       <c r="D168">
-        <v>7.3</v>
+        <v>5.7</v>
       </c>
       <c r="E168">
-        <v>8</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
         <v>0</v>
       </c>
       <c r="C169">
         <v>934.2</v>
       </c>
       <c r="D169">
         <v>1037.9</v>
       </c>
       <c r="E169">
         <v>1141.6</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
         <v>0</v>
       </c>
       <c r="C170">
-        <v>20.7</v>
+        <v>17</v>
       </c>
       <c r="D170">
-        <v>23</v>
+        <v>18.8</v>
       </c>
       <c r="E170">
-        <v>25.3</v>
+        <v>20.6</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
         <v>0</v>
       </c>
       <c r="C171">
+        <v>42.7</v>
+      </c>
+      <c r="D171">
         <v>47.4</v>
       </c>
-      <c r="D171">
-[...1 lines deleted...]
-      </c>
       <c r="E171">
-        <v>57.8</v>
+        <v>52.1</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
       <c r="C172">
         <v>3817</v>
       </c>
       <c r="D172">
         <v>4017.5</v>
       </c>
       <c r="E172">
         <v>4218</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>176</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
       <c r="C173">
-        <v>563</v>
+        <v>573.5</v>
       </c>
       <c r="D173">
-        <v>608.5</v>
+        <v>620</v>
       </c>
       <c r="E173">
-        <v>654</v>
+        <v>666.5</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
         <v>0</v>
       </c>
       <c r="C174">
-        <v>280.2</v>
+        <v>264.7</v>
       </c>
       <c r="D174">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="E174">
-        <v>333.8</v>
+        <v>315.3</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
       <c r="C175">
-        <v>11.7</v>
+        <v>10.2</v>
       </c>
       <c r="D175">
-        <v>12.9</v>
+        <v>11.3</v>
       </c>
       <c r="E175">
-        <v>14.1</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
-        <v>44.8</v>
+        <v>37.4</v>
       </c>
       <c r="D176">
-        <v>49.7</v>
+        <v>41.5</v>
       </c>
       <c r="E176">
-        <v>54.6</v>
+        <v>45.6</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
       <c r="C177">
+        <v>3.6</v>
+      </c>
+      <c r="D177">
         <v>4</v>
       </c>
-      <c r="D177">
+      <c r="E177">
         <v>4.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.8</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
       <c r="C178">
         <v>6.4</v>
       </c>
       <c r="D178">
         <v>7.1</v>
       </c>
       <c r="E178">
         <v>7.8</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>0</v>
       </c>
       <c r="C179">
-        <v>5</v>
+        <v>4.6</v>
       </c>
       <c r="D179">
-        <v>5.5</v>
+        <v>5.1</v>
       </c>
       <c r="E179">
-        <v>6</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
       <c r="C180">
+        <v>4</v>
+      </c>
+      <c r="D180">
         <v>4.4</v>
       </c>
-      <c r="D180">
+      <c r="E180">
         <v>4.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.2</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181">
         <v>4.5</v>
       </c>
       <c r="D181">
         <v>5</v>
       </c>
       <c r="E181">
         <v>5.5</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>185</v>
       </c>
       <c r="B182">
         <v>0</v>
       </c>
       <c r="C182">
-        <v>21.6</v>
+        <v>20.3</v>
       </c>
       <c r="D182">
-        <v>23.9</v>
+        <v>22.5</v>
       </c>
       <c r="E182">
-        <v>26.2</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>186</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183">
-        <v>38.7</v>
+        <v>33.1</v>
       </c>
       <c r="D183">
-        <v>42.9</v>
+        <v>36.7</v>
       </c>
       <c r="E183">
-        <v>47.1</v>
+        <v>40.3</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>187</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184">
-        <v>21.9</v>
+        <v>18</v>
       </c>
       <c r="D184">
-        <v>24.3</v>
+        <v>20</v>
       </c>
       <c r="E184">
-        <v>26.7</v>
+        <v>22</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>188</v>
       </c>
       <c r="B185">
         <v>0</v>
       </c>
       <c r="C185">
+        <v>4.6</v>
+      </c>
+      <c r="D185">
         <v>5.1</v>
       </c>
-      <c r="D185">
+      <c r="E185">
         <v>5.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.1</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>189</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186">
+        <v>2.7</v>
+      </c>
+      <c r="D186">
         <v>3</v>
       </c>
-      <c r="D186">
+      <c r="E186">
         <v>3.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.6</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>190</v>
       </c>
       <c r="B187">
         <v>0</v>
       </c>
       <c r="C187">
         <v>5600430</v>
       </c>
       <c r="D187">
         <v>5895189</v>
       </c>
       <c r="E187">
         <v>6189948</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>191</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188">
         <v>7439029.5</v>
       </c>
       <c r="D188">
         <v>7830557</v>
       </c>
       <c r="E188">
         <v>8222084.5</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>192</v>
       </c>
       <c r="B189">
         <v>0</v>
       </c>
       <c r="C189">
-        <v>3.7</v>
+        <v>3.5</v>
       </c>
       <c r="D189">
+        <v>3.8</v>
+      </c>
+      <c r="E189">
         <v>4.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.5</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>193</v>
       </c>
       <c r="B190">
         <v>0</v>
       </c>
       <c r="C190">
-        <v>1.4</v>
+        <v>1</v>
       </c>
       <c r="D190">
-        <v>1.5</v>
+        <v>1.1</v>
       </c>
       <c r="E190">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>194</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191">
-        <v>68.5</v>
+        <v>62.1</v>
       </c>
       <c r="D191">
-        <v>76.09999999999999</v>
+        <v>69</v>
       </c>
       <c r="E191">
-        <v>83.7</v>
+        <v>75.90000000000001</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>195</v>
       </c>
       <c r="B192">
         <v>0</v>
       </c>
       <c r="C192">
-        <v>28.7</v>
+        <v>24.7</v>
       </c>
       <c r="D192">
-        <v>31.8</v>
+        <v>27.4</v>
       </c>
       <c r="E192">
-        <v>34.9</v>
+        <v>30.1</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>196</v>
       </c>
       <c r="B193">
         <v>0</v>
       </c>
       <c r="C193">
-        <v>23.2</v>
+        <v>23</v>
       </c>
       <c r="D193">
-        <v>25.7</v>
+        <v>25.5</v>
       </c>
       <c r="E193">
-        <v>28.2</v>
+        <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>197</v>
       </c>
       <c r="B194">
         <v>0</v>
       </c>
       <c r="C194">
-        <v>19</v>
+        <v>19.4</v>
       </c>
       <c r="D194">
-        <v>21.1</v>
+        <v>21.5</v>
       </c>
       <c r="E194">
-        <v>23.2</v>
+        <v>23.6</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>198</v>
       </c>
       <c r="B195">
         <v>32.28</v>
       </c>
       <c r="C195">
-        <v>37.1</v>
+        <v>32.9</v>
       </c>
       <c r="D195">
-        <v>41.2</v>
+        <v>36.5</v>
       </c>
       <c r="E195">
-        <v>45.3</v>
+        <v>40.1</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>199</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="D196">
-        <v>7.2</v>
+        <v>7.4</v>
       </c>
       <c r="E196">
-        <v>7.9</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>200</v>
       </c>
       <c r="B197">
         <v>0</v>
       </c>
       <c r="C197">
-        <v>37.8</v>
+        <v>37.6</v>
       </c>
       <c r="D197">
-        <v>41.9</v>
+        <v>41.7</v>
       </c>
       <c r="E197">
-        <v>46</v>
+        <v>45.8</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>201</v>
       </c>
       <c r="B198">
         <v>0</v>
       </c>
       <c r="C198">
-        <v>91.8</v>
+        <v>83.7</v>
       </c>
       <c r="D198">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="E198">
-        <v>112.2</v>
+        <v>102.3</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>202</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199">
-        <v>38.7</v>
+        <v>35.9</v>
       </c>
       <c r="D199">
-        <v>43</v>
+        <v>39.8</v>
       </c>
       <c r="E199">
-        <v>47.3</v>
+        <v>43.7</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>203</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
-        <v>19</v>
+        <v>18.9</v>
       </c>
       <c r="D200">
-        <v>21.1</v>
+        <v>21</v>
       </c>
       <c r="E200">
-        <v>23.2</v>
+        <v>23.1</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>204</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
       <c r="C201">
-        <v>168</v>
+        <v>166.5</v>
       </c>
       <c r="D201">
-        <v>186.6</v>
+        <v>185</v>
       </c>
       <c r="E201">
-        <v>205.2</v>
+        <v>203.5</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>205</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202">
-        <v>27</v>
+        <v>22.4</v>
       </c>
       <c r="D202">
-        <v>29.9</v>
+        <v>24.8</v>
       </c>
       <c r="E202">
-        <v>32.8</v>
+        <v>27.2</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>206</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203">
-        <v>48.2</v>
+        <v>41.5</v>
       </c>
       <c r="D203">
-        <v>53.5</v>
+        <v>46.1</v>
       </c>
       <c r="E203">
-        <v>58.8</v>
+        <v>50.7</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>207</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
-        <v>126</v>
+        <v>117</v>
       </c>
       <c r="D204">
-        <v>139.9</v>
+        <v>130</v>
       </c>
       <c r="E204">
-        <v>153.8</v>
+        <v>143</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>208</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
       <c r="C205">
-        <v>402.7</v>
+        <v>346.8</v>
       </c>
       <c r="D205">
-        <v>441.3</v>
+        <v>380</v>
       </c>
       <c r="E205">
-        <v>479.9</v>
+        <v>413.2</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>209</v>
       </c>
       <c r="B206">
         <v>0</v>
       </c>
       <c r="C206">
-        <v>140.3</v>
+        <v>79.7</v>
       </c>
       <c r="D206">
-        <v>155.8</v>
+        <v>88.5</v>
       </c>
       <c r="E206">
-        <v>171.3</v>
+        <v>97.3</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>210</v>
       </c>
       <c r="B207">
         <v>0</v>
       </c>
       <c r="C207">
         <v>7.2</v>
       </c>
       <c r="D207">
         <v>7.9</v>
       </c>
       <c r="E207">
         <v>8.6</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>211</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208">
-        <v>41.1</v>
+        <v>37.8</v>
       </c>
       <c r="D208">
-        <v>45.6</v>
+        <v>42</v>
       </c>
       <c r="E208">
-        <v>50.1</v>
+        <v>46.2</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>212</v>
       </c>
       <c r="B209">
         <v>0</v>
       </c>
       <c r="C209">
-        <v>4.3</v>
+        <v>4</v>
       </c>
       <c r="D209">
-        <v>4.7</v>
+        <v>4.4</v>
       </c>
       <c r="E209">
-        <v>5.1</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>213</v>
       </c>
       <c r="B210">
         <v>0</v>
       </c>
       <c r="C210">
         <v>9.199999999999999</v>
       </c>
       <c r="D210">
         <v>10.2</v>
       </c>
       <c r="E210">
         <v>11.2</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>214</v>
       </c>
       <c r="B211">
         <v>0</v>
       </c>
       <c r="C211">
-        <v>510.6</v>
+        <v>523.4</v>
       </c>
       <c r="D211">
-        <v>552</v>
+        <v>565.8</v>
       </c>
       <c r="E211">
-        <v>593.4</v>
+        <v>608.2</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>215</v>
       </c>
       <c r="B212">
         <v>0</v>
       </c>
       <c r="C212">
-        <v>10</v>
+        <v>9.5</v>
       </c>
       <c r="D212">
-        <v>11.1</v>
+        <v>10.5</v>
       </c>
       <c r="E212">
-        <v>12.2</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>216</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213">
+        <v>11.4</v>
+      </c>
+      <c r="D213">
         <v>12.6</v>
       </c>
-      <c r="D213">
-[...1 lines deleted...]
-      </c>
       <c r="E213">
-        <v>15.4</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>217</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214">
-        <v>11.1</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="D214">
-        <v>12.3</v>
+        <v>10.8</v>
       </c>
       <c r="E214">
-        <v>13.5</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>218</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215">
-        <v>14.9</v>
+        <v>12.8</v>
       </c>
       <c r="D215">
-        <v>16.5</v>
+        <v>14.2</v>
       </c>
       <c r="E215">
-        <v>18.1</v>
+        <v>15.6</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>219</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216">
-        <v>60.6</v>
+        <v>50.9</v>
       </c>
       <c r="D216">
-        <v>67.3</v>
+        <v>56.5</v>
       </c>
       <c r="E216">
-        <v>74</v>
+        <v>62.1</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>220</v>
       </c>
       <c r="B217">
         <v>0</v>
       </c>
       <c r="C217">
-        <v>48.6</v>
+        <v>47.6</v>
       </c>
       <c r="D217">
-        <v>54</v>
+        <v>52.8</v>
       </c>
       <c r="E217">
-        <v>59.4</v>
+        <v>58</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>221</v>
       </c>
       <c r="B218">
         <v>0</v>
       </c>
       <c r="C218">
-        <v>726.2</v>
+        <v>625.3</v>
       </c>
       <c r="D218">
-        <v>785</v>
+        <v>676</v>
       </c>
       <c r="E218">
-        <v>843.8</v>
+        <v>726.7</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>222</v>
       </c>
       <c r="B219">
         <v>0</v>
       </c>
       <c r="C219">
-        <v>819.7</v>
+        <v>731.7</v>
       </c>
       <c r="D219">
-        <v>886.1</v>
+        <v>791</v>
       </c>
       <c r="E219">
-        <v>952.5</v>
+        <v>850.3</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>223</v>
       </c>
       <c r="B220">
         <v>0</v>
       </c>
       <c r="C220">
-        <v>91.09999999999999</v>
+        <v>90.5</v>
       </c>
       <c r="D220">
-        <v>101.2</v>
+        <v>100.5</v>
       </c>
       <c r="E220">
-        <v>111.3</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>224</v>
       </c>
       <c r="B221">
         <v>0</v>
       </c>
       <c r="C221">
-        <v>12.9</v>
+        <v>11.5</v>
       </c>
       <c r="D221">
-        <v>14.3</v>
+        <v>12.7</v>
       </c>
       <c r="E221">
-        <v>15.7</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>225</v>
       </c>
       <c r="B222">
         <v>0</v>
       </c>
       <c r="C222">
+        <v>2.9</v>
+      </c>
+      <c r="D222">
         <v>3.2</v>
       </c>
-      <c r="D222">
+      <c r="E222">
         <v>3.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.8</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>226</v>
       </c>
       <c r="B223">
         <v>0</v>
       </c>
       <c r="C223">
-        <v>97.7</v>
+        <v>83.5</v>
       </c>
       <c r="D223">
-        <v>108.5</v>
+        <v>92.7</v>
       </c>
       <c r="E223">
-        <v>119.3</v>
+        <v>101.9</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>227</v>
       </c>
       <c r="B224">
         <v>0</v>
       </c>
       <c r="C224">
-        <v>5.7</v>
+        <v>5</v>
       </c>
       <c r="D224">
-        <v>6.3</v>
+        <v>5.5</v>
       </c>
       <c r="E224">
-        <v>6.9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>228</v>
       </c>
       <c r="B225">
         <v>0</v>
       </c>
       <c r="C225">
-        <v>27.6</v>
+        <v>25</v>
       </c>
       <c r="D225">
-        <v>30.6</v>
+        <v>27.7</v>
       </c>
       <c r="E225">
-        <v>33.6</v>
+        <v>30.4</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>229</v>
       </c>
       <c r="B226">
         <v>0</v>
       </c>
       <c r="C226">
         <v>21.6</v>
       </c>
       <c r="D226">
         <v>24</v>
       </c>
       <c r="E226">
         <v>26.4</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>230</v>
       </c>
       <c r="B227">
         <v>0</v>
@@ -6197,7061 +6191,7027 @@
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>231</v>
       </c>
       <c r="B228">
         <v>0</v>
       </c>
       <c r="C228">
         <v>5.4</v>
       </c>
       <c r="D228">
         <v>5.9</v>
       </c>
       <c r="E228">
         <v>6.4</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>232</v>
       </c>
       <c r="B229">
         <v>0</v>
       </c>
       <c r="C229">
-        <v>50</v>
+        <v>45.9</v>
       </c>
       <c r="D229">
-        <v>55.5</v>
+        <v>51</v>
       </c>
       <c r="E229">
-        <v>61</v>
+        <v>56.1</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>233</v>
       </c>
       <c r="B230">
         <v>0</v>
       </c>
       <c r="C230">
-        <v>3.8</v>
+        <v>3.7</v>
       </c>
       <c r="D230">
-        <v>4.2</v>
+        <v>4.1</v>
       </c>
       <c r="E230">
-        <v>4.6</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>234</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
       <c r="C231">
         <v>4750</v>
       </c>
       <c r="D231">
         <v>5000</v>
       </c>
       <c r="E231">
         <v>5250</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>235</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
       <c r="C232">
-        <v>45</v>
+        <v>37.4</v>
       </c>
       <c r="D232">
-        <v>50</v>
+        <v>41.5</v>
       </c>
       <c r="E232">
-        <v>55</v>
+        <v>45.6</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>236</v>
       </c>
       <c r="B233">
         <v>0</v>
       </c>
       <c r="C233">
-        <v>25.4</v>
+        <v>25.2</v>
       </c>
       <c r="D233">
-        <v>28.2</v>
+        <v>27.9</v>
       </c>
       <c r="E233">
-        <v>31</v>
+        <v>30.6</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>237</v>
       </c>
       <c r="B234">
         <v>0</v>
       </c>
       <c r="C234">
-        <v>58.7</v>
+        <v>49.6</v>
       </c>
       <c r="D234">
-        <v>65.2</v>
+        <v>55.1</v>
       </c>
       <c r="E234">
-        <v>71.7</v>
+        <v>60.6</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>238</v>
       </c>
       <c r="B235">
         <v>0</v>
       </c>
       <c r="C235">
+        <v>7.3</v>
+      </c>
+      <c r="D235">
         <v>8.1</v>
       </c>
-      <c r="D235">
-[...1 lines deleted...]
-      </c>
       <c r="E235">
-        <v>9.9</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>239</v>
       </c>
       <c r="B236">
         <v>0</v>
       </c>
       <c r="C236">
-        <v>24.1</v>
+        <v>23.4</v>
       </c>
       <c r="D236">
-        <v>26.7</v>
+        <v>26</v>
       </c>
       <c r="E236">
-        <v>29.3</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>240</v>
       </c>
       <c r="B237">
         <v>0</v>
       </c>
       <c r="C237">
-        <v>9.5</v>
+        <v>9</v>
       </c>
       <c r="D237">
-        <v>10.5</v>
+        <v>10</v>
       </c>
       <c r="E237">
-        <v>11.5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>241</v>
       </c>
       <c r="B238">
         <v>0</v>
       </c>
       <c r="C238">
-        <v>16.1</v>
+        <v>12.6</v>
       </c>
       <c r="D238">
-        <v>17.8</v>
+        <v>13.9</v>
       </c>
       <c r="E238">
-        <v>19.5</v>
+        <v>15.2</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>242</v>
       </c>
       <c r="B239">
         <v>0</v>
       </c>
       <c r="C239">
         <v>5.8</v>
       </c>
       <c r="D239">
         <v>6.4</v>
       </c>
       <c r="E239">
         <v>7</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>243</v>
       </c>
       <c r="B240">
         <v>0</v>
       </c>
       <c r="C240">
-        <v>17.7</v>
+        <v>19.4</v>
       </c>
       <c r="D240">
-        <v>19.6</v>
+        <v>21.5</v>
       </c>
       <c r="E240">
-        <v>21.5</v>
+        <v>23.6</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>244</v>
       </c>
       <c r="B241">
         <v>0</v>
       </c>
       <c r="C241">
-        <v>36</v>
+        <v>28.8</v>
       </c>
       <c r="D241">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="E241">
-        <v>44</v>
+        <v>35.2</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>245</v>
       </c>
       <c r="B242">
         <v>0</v>
       </c>
       <c r="C242">
-        <v>28.7</v>
+        <v>26.8</v>
       </c>
       <c r="D242">
-        <v>31.8</v>
+        <v>29.7</v>
       </c>
       <c r="E242">
-        <v>34.9</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>246</v>
       </c>
       <c r="B243">
         <v>0</v>
       </c>
       <c r="C243">
-        <v>12.9</v>
+        <v>11.8</v>
       </c>
       <c r="D243">
-        <v>14.3</v>
+        <v>13.1</v>
       </c>
       <c r="E243">
-        <v>15.7</v>
+        <v>14.4</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>247</v>
       </c>
       <c r="B244">
         <v>0</v>
       </c>
       <c r="C244">
-        <v>90.90000000000001</v>
+        <v>84.59999999999999</v>
       </c>
       <c r="D244">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="E244">
-        <v>111.1</v>
+        <v>103.4</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>248</v>
       </c>
       <c r="B245">
         <v>0</v>
       </c>
       <c r="C245">
-        <v>50.4</v>
+        <v>52.1</v>
       </c>
       <c r="D245">
-        <v>55.9</v>
+        <v>57.8</v>
       </c>
       <c r="E245">
-        <v>61.4</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>249</v>
       </c>
       <c r="B246">
         <v>0</v>
       </c>
       <c r="C246">
+        <v>7.5</v>
+      </c>
+      <c r="D246">
         <v>8.300000000000001</v>
       </c>
-      <c r="D246">
-[...1 lines deleted...]
-      </c>
       <c r="E246">
-        <v>10.1</v>
+        <v>9.1</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>250</v>
       </c>
       <c r="B247">
         <v>0</v>
       </c>
       <c r="C247">
-        <v>83.3</v>
+        <v>71.09999999999999</v>
       </c>
       <c r="D247">
-        <v>92.5</v>
+        <v>79</v>
       </c>
       <c r="E247">
-        <v>101.7</v>
+        <v>86.90000000000001</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>251</v>
       </c>
       <c r="B248">
         <v>0</v>
       </c>
       <c r="C248">
-        <v>16</v>
+        <v>16.4</v>
       </c>
       <c r="D248">
-        <v>17.7</v>
+        <v>18.2</v>
       </c>
       <c r="E248">
-        <v>19.4</v>
+        <v>20</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>252</v>
       </c>
       <c r="B249">
         <v>0</v>
       </c>
       <c r="C249">
-        <v>97.2</v>
+        <v>85.5</v>
       </c>
       <c r="D249">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="E249">
-        <v>118.8</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>253</v>
       </c>
       <c r="B250">
         <v>0</v>
       </c>
       <c r="C250">
-        <v>8.1</v>
+        <v>6.5</v>
       </c>
       <c r="D250">
-        <v>9</v>
+        <v>7.2</v>
       </c>
       <c r="E250">
-        <v>9.9</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>254</v>
       </c>
       <c r="B251">
         <v>0</v>
       </c>
       <c r="C251">
-        <v>193.5</v>
+        <v>190</v>
       </c>
       <c r="D251">
-        <v>212</v>
+        <v>208.2</v>
       </c>
       <c r="E251">
-        <v>230.5</v>
+        <v>226.4</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
         <v>255</v>
       </c>
       <c r="B252">
         <v>0</v>
       </c>
       <c r="C252">
-        <v>11.7</v>
+        <v>11</v>
       </c>
       <c r="D252">
-        <v>12.9</v>
+        <v>12.2</v>
       </c>
       <c r="E252">
-        <v>14.1</v>
+        <v>13.4</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>256</v>
       </c>
       <c r="B253">
         <v>0</v>
       </c>
       <c r="C253">
         <v>962500</v>
       </c>
       <c r="D253">
         <v>1000000</v>
       </c>
       <c r="E253">
         <v>1037500</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>257</v>
       </c>
       <c r="B254">
         <v>0</v>
       </c>
       <c r="C254">
-        <v>21.4</v>
+        <v>16.2</v>
       </c>
       <c r="D254">
-        <v>23.7</v>
+        <v>17.9</v>
       </c>
       <c r="E254">
-        <v>26</v>
+        <v>19.6</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>258</v>
       </c>
       <c r="B255">
         <v>0</v>
       </c>
       <c r="C255">
-        <v>103.6</v>
+        <v>92.7</v>
       </c>
       <c r="D255">
-        <v>115.1</v>
+        <v>103</v>
       </c>
       <c r="E255">
-        <v>126.6</v>
+        <v>113.3</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>259</v>
       </c>
       <c r="B256">
         <v>0</v>
       </c>
       <c r="C256">
-        <v>21.2</v>
+        <v>20.3</v>
       </c>
       <c r="D256">
-        <v>23.5</v>
+        <v>22.5</v>
       </c>
       <c r="E256">
-        <v>25.8</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>260</v>
       </c>
       <c r="B257">
         <v>0</v>
       </c>
       <c r="C257">
-        <v>51.3</v>
+        <v>47.4</v>
       </c>
       <c r="D257">
-        <v>57</v>
+        <v>52.6</v>
       </c>
       <c r="E257">
-        <v>62.7</v>
+        <v>57.8</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>261</v>
       </c>
       <c r="B258">
         <v>0</v>
       </c>
       <c r="C258">
-        <v>3.4</v>
+        <v>2.7</v>
       </c>
       <c r="D258">
-        <v>3.7</v>
+        <v>3</v>
       </c>
       <c r="E258">
-        <v>4</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>262</v>
       </c>
       <c r="B259">
         <v>0</v>
       </c>
       <c r="C259">
-        <v>10.8</v>
+        <v>10.3</v>
       </c>
       <c r="D259">
-        <v>11.9</v>
+        <v>11.4</v>
       </c>
       <c r="E259">
-        <v>13</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>263</v>
       </c>
       <c r="B260">
         <v>0</v>
       </c>
       <c r="C260">
-        <v>5</v>
+        <v>4.1</v>
       </c>
       <c r="D260">
-        <v>5.5</v>
+        <v>4.5</v>
       </c>
       <c r="E260">
-        <v>6</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
         <v>264</v>
       </c>
       <c r="B261">
         <v>0</v>
       </c>
       <c r="C261">
-        <v>4.5</v>
+        <v>3.5</v>
       </c>
       <c r="D261">
-        <v>5</v>
+        <v>3.8</v>
       </c>
       <c r="E261">
-        <v>5.5</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
         <v>265</v>
       </c>
       <c r="B262">
         <v>0</v>
       </c>
       <c r="C262">
-        <v>10.8</v>
+        <v>11.7</v>
       </c>
       <c r="D262">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E262">
-        <v>13.2</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
         <v>266</v>
       </c>
       <c r="B263">
         <v>0</v>
       </c>
       <c r="C263">
-        <v>22.4</v>
+        <v>23.3</v>
       </c>
       <c r="D263">
-        <v>24.8</v>
+        <v>25.8</v>
       </c>
       <c r="E263">
-        <v>27.2</v>
+        <v>28.3</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
         <v>267</v>
       </c>
       <c r="B264">
         <v>0</v>
       </c>
       <c r="C264">
-        <v>15.3</v>
+        <v>20.5</v>
       </c>
       <c r="D264">
-        <v>17</v>
+        <v>22.7</v>
       </c>
       <c r="E264">
-        <v>18.7</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>268</v>
       </c>
       <c r="B265">
         <v>0</v>
       </c>
       <c r="C265">
-        <v>23.5</v>
+        <v>24.3</v>
       </c>
       <c r="D265">
-        <v>26.1</v>
+        <v>26.9</v>
       </c>
       <c r="E265">
-        <v>28.7</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>269</v>
       </c>
       <c r="B266">
         <v>0</v>
       </c>
       <c r="C266">
-        <v>24.3</v>
+        <v>27.6</v>
       </c>
       <c r="D266">
-        <v>27</v>
+        <v>30.6</v>
       </c>
       <c r="E266">
-        <v>29.7</v>
+        <v>33.6</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>270</v>
       </c>
       <c r="B267">
         <v>0</v>
       </c>
       <c r="C267">
-        <v>28.3</v>
+        <v>23.6</v>
       </c>
       <c r="D267">
-        <v>31.4</v>
+        <v>26.2</v>
       </c>
       <c r="E267">
-        <v>34.5</v>
+        <v>28.8</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>271</v>
       </c>
       <c r="B268">
         <v>0</v>
       </c>
       <c r="C268">
-        <v>7.4</v>
+        <v>5.8</v>
       </c>
       <c r="D268">
-        <v>8.199999999999999</v>
+        <v>6.4</v>
       </c>
       <c r="E268">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>272</v>
       </c>
       <c r="B269">
         <v>0</v>
       </c>
       <c r="C269">
-        <v>5.7</v>
+        <v>4.8</v>
       </c>
       <c r="D269">
-        <v>6.3</v>
+        <v>5.3</v>
       </c>
       <c r="E269">
-        <v>6.9</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>273</v>
       </c>
       <c r="B270">
         <v>0</v>
       </c>
       <c r="C270">
         <v>162</v>
       </c>
       <c r="D270">
         <v>180</v>
       </c>
       <c r="E270">
         <v>198</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
         <v>274</v>
       </c>
       <c r="B271">
         <v>0</v>
       </c>
       <c r="C271">
+        <v>1.8</v>
+      </c>
+      <c r="D271">
+        <v>2</v>
+      </c>
+      <c r="E271">
         <v>2.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.6</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>275</v>
       </c>
       <c r="B272">
         <v>0</v>
       </c>
       <c r="C272">
-        <v>6.3</v>
+        <v>5.4</v>
       </c>
       <c r="D272">
-        <v>6.9</v>
+        <v>5.9</v>
       </c>
       <c r="E272">
-        <v>7.5</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>276</v>
       </c>
       <c r="B273">
         <v>0</v>
       </c>
       <c r="C273">
+        <v>17.1</v>
+      </c>
+      <c r="D273">
+        <v>18.9</v>
+      </c>
+      <c r="E273">
         <v>20.7</v>
-      </c>
-[...4 lines deleted...]
-        <v>25.3</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>277</v>
       </c>
       <c r="B274">
         <v>0</v>
       </c>
       <c r="C274">
-        <v>139.5</v>
+        <v>135</v>
       </c>
       <c r="D274">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="E274">
-        <v>170.5</v>
+        <v>165</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>278</v>
       </c>
       <c r="B275">
         <v>0</v>
       </c>
       <c r="C275">
-        <v>6.7</v>
+        <v>6.4</v>
       </c>
       <c r="D275">
-        <v>7.4</v>
+        <v>7.1</v>
       </c>
       <c r="E275">
-        <v>8.1</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>279</v>
       </c>
       <c r="B276">
         <v>0</v>
       </c>
       <c r="C276">
-        <v>473.6</v>
+        <v>463.7</v>
       </c>
       <c r="D276">
-        <v>512</v>
+        <v>501.2</v>
       </c>
       <c r="E276">
-        <v>550.4</v>
+        <v>538.7</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>280</v>
       </c>
       <c r="B277">
         <v>0</v>
       </c>
       <c r="C277">
-        <v>32</v>
+        <v>27.1</v>
       </c>
       <c r="D277">
-        <v>35.5</v>
+        <v>30.1</v>
       </c>
       <c r="E277">
-        <v>39</v>
+        <v>33.1</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>281</v>
       </c>
       <c r="B278">
         <v>0</v>
       </c>
       <c r="C278">
-        <v>8.4</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="D278">
-        <v>9.300000000000001</v>
+        <v>9.1</v>
       </c>
       <c r="E278">
-        <v>10.2</v>
+        <v>10</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>282</v>
       </c>
       <c r="B279">
         <v>0</v>
       </c>
       <c r="C279">
+        <v>17.1</v>
+      </c>
+      <c r="D279">
         <v>18.9</v>
       </c>
-      <c r="D279">
-[...1 lines deleted...]
-      </c>
       <c r="E279">
-        <v>23.1</v>
+        <v>20.7</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>283</v>
       </c>
       <c r="B280">
         <v>0</v>
       </c>
       <c r="C280">
-        <v>176.4</v>
+        <v>174.6</v>
       </c>
       <c r="D280">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E280">
-        <v>215.6</v>
+        <v>213.4</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>284</v>
       </c>
       <c r="B281">
         <v>0</v>
       </c>
       <c r="C281">
-        <v>41.4</v>
+        <v>39.6</v>
       </c>
       <c r="D281">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E281">
-        <v>50.6</v>
+        <v>48.4</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>285</v>
       </c>
       <c r="B282">
         <v>0</v>
       </c>
       <c r="C282">
         <v>4750</v>
       </c>
       <c r="D282">
         <v>5000</v>
       </c>
       <c r="E282">
         <v>5250</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>286</v>
       </c>
       <c r="B283">
         <v>0</v>
       </c>
       <c r="C283">
-        <v>5.4</v>
+        <v>4.4</v>
       </c>
       <c r="D283">
-        <v>6</v>
+        <v>4.8</v>
       </c>
       <c r="E283">
-        <v>6.6</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>287</v>
       </c>
       <c r="B284">
         <v>0</v>
       </c>
       <c r="C284">
-        <v>11.4</v>
+        <v>12.6</v>
       </c>
       <c r="D284">
-        <v>12.6</v>
+        <v>14</v>
       </c>
       <c r="E284">
-        <v>13.8</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>288</v>
       </c>
       <c r="B285">
         <v>0</v>
       </c>
       <c r="C285">
-        <v>32.4</v>
+        <v>34.2</v>
       </c>
       <c r="D285">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E285">
-        <v>39.6</v>
+        <v>41.8</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>289</v>
       </c>
       <c r="B286">
         <v>0</v>
       </c>
       <c r="C286">
         <v>4.2</v>
       </c>
       <c r="D286">
         <v>4.6</v>
       </c>
       <c r="E286">
         <v>5</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>290</v>
       </c>
       <c r="B287">
         <v>0</v>
       </c>
       <c r="C287">
-        <v>25.3</v>
+        <v>23</v>
       </c>
       <c r="D287">
-        <v>28.1</v>
+        <v>25.5</v>
       </c>
       <c r="E287">
-        <v>30.9</v>
+        <v>28</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>291</v>
       </c>
       <c r="B288">
         <v>0</v>
       </c>
       <c r="C288">
         <v>2.9</v>
       </c>
       <c r="D288">
         <v>3.2</v>
       </c>
       <c r="E288">
         <v>3.5</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>292</v>
       </c>
       <c r="B289">
         <v>0</v>
       </c>
       <c r="C289">
-        <v>2.7</v>
+        <v>2.6</v>
       </c>
       <c r="D289">
+        <v>2.8</v>
+      </c>
+      <c r="E289">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.3</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>293</v>
       </c>
       <c r="B290">
         <v>0</v>
       </c>
       <c r="C290">
-        <v>42.6</v>
+        <v>45</v>
       </c>
       <c r="D290">
-        <v>47.3</v>
+        <v>50</v>
       </c>
       <c r="E290">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>294</v>
       </c>
       <c r="B291">
         <v>0</v>
       </c>
       <c r="C291">
-        <v>1.1</v>
+        <v>0.9</v>
       </c>
       <c r="D291">
-        <v>1.2</v>
+        <v>0.9</v>
       </c>
       <c r="E291">
-        <v>1.3</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>295</v>
       </c>
       <c r="B292">
         <v>0</v>
       </c>
       <c r="C292">
+        <v>2.5</v>
+      </c>
+      <c r="D292">
         <v>2.7</v>
       </c>
-      <c r="D292">
-[...1 lines deleted...]
-      </c>
       <c r="E292">
-        <v>3.3</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>296</v>
       </c>
       <c r="B293">
         <v>0</v>
       </c>
       <c r="C293">
-        <v>44.1</v>
+        <v>43.4</v>
       </c>
       <c r="D293">
-        <v>49</v>
+        <v>48.2</v>
       </c>
       <c r="E293">
-        <v>53.9</v>
+        <v>53</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>297</v>
       </c>
       <c r="B294">
         <v>0</v>
       </c>
       <c r="C294">
-        <v>29.4</v>
+        <v>24.8</v>
       </c>
       <c r="D294">
-        <v>32.6</v>
+        <v>27.5</v>
       </c>
       <c r="E294">
-        <v>35.8</v>
+        <v>30.2</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>298</v>
       </c>
       <c r="B295">
         <v>0</v>
       </c>
       <c r="C295">
-        <v>72.40000000000001</v>
+        <v>67.5</v>
       </c>
       <c r="D295">
-        <v>80.40000000000001</v>
+        <v>74.90000000000001</v>
       </c>
       <c r="E295">
-        <v>88.40000000000001</v>
+        <v>82.3</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>299</v>
       </c>
       <c r="B296">
         <v>0</v>
       </c>
       <c r="C296">
-        <v>244.5</v>
+        <v>233</v>
       </c>
       <c r="D296">
-        <v>267.9</v>
+        <v>255.3</v>
       </c>
       <c r="E296">
-        <v>291.3</v>
+        <v>277.6</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>300</v>
       </c>
       <c r="B297">
         <v>0</v>
       </c>
       <c r="C297">
         <v>4750</v>
       </c>
       <c r="D297">
         <v>5000</v>
       </c>
       <c r="E297">
         <v>5250</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>301</v>
       </c>
       <c r="B298">
         <v>0</v>
       </c>
       <c r="C298">
-        <v>5.7</v>
+        <v>4.5</v>
       </c>
       <c r="D298">
-        <v>6.3</v>
+        <v>5</v>
       </c>
       <c r="E298">
-        <v>6.9</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>302</v>
       </c>
       <c r="B299">
         <v>0</v>
       </c>
       <c r="C299">
-        <v>45</v>
+        <v>38.1</v>
       </c>
       <c r="D299">
-        <v>50</v>
+        <v>42.3</v>
       </c>
       <c r="E299">
-        <v>55</v>
+        <v>46.5</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>303</v>
       </c>
       <c r="B300">
         <v>0</v>
       </c>
       <c r="C300">
+        <v>1.2</v>
+      </c>
+      <c r="D300">
+        <v>1.3</v>
+      </c>
+      <c r="E300">
         <v>1.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>1.6</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>304</v>
       </c>
       <c r="B301">
         <v>0</v>
       </c>
       <c r="C301">
-        <v>4.5</v>
+        <v>3.8</v>
       </c>
       <c r="D301">
-        <v>5</v>
+        <v>4.2</v>
       </c>
       <c r="E301">
-        <v>5.5</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>305</v>
       </c>
       <c r="B302">
         <v>0</v>
       </c>
       <c r="C302">
-        <v>25.7</v>
+        <v>23.9</v>
       </c>
       <c r="D302">
-        <v>28.5</v>
+        <v>26.5</v>
       </c>
       <c r="E302">
-        <v>31.3</v>
+        <v>29.1</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>306</v>
       </c>
       <c r="B303">
         <v>0</v>
       </c>
       <c r="C303">
-        <v>2.3</v>
+        <v>1.8</v>
       </c>
       <c r="D303">
-        <v>2.5</v>
+        <v>2</v>
       </c>
       <c r="E303">
-        <v>2.7</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>307</v>
       </c>
       <c r="B304">
         <v>0</v>
       </c>
       <c r="C304">
-        <v>30.2</v>
+        <v>29</v>
       </c>
       <c r="D304">
-        <v>33.5</v>
+        <v>32.2</v>
       </c>
       <c r="E304">
-        <v>36.8</v>
+        <v>35.4</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>308</v>
       </c>
       <c r="B305">
         <v>0</v>
       </c>
       <c r="C305">
         <v>40.5</v>
       </c>
       <c r="D305">
         <v>44.9</v>
       </c>
       <c r="E305">
         <v>49.3</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>309</v>
       </c>
       <c r="B306">
         <v>0</v>
       </c>
       <c r="C306">
-        <v>12.2</v>
+        <v>11.6</v>
       </c>
       <c r="D306">
-        <v>13.5</v>
+        <v>12.8</v>
       </c>
       <c r="E306">
-        <v>14.8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>310</v>
       </c>
       <c r="B307">
         <v>0</v>
       </c>
       <c r="C307">
-        <v>56.3</v>
+        <v>43.5</v>
       </c>
       <c r="D307">
-        <v>62.5</v>
+        <v>48.3</v>
       </c>
       <c r="E307">
-        <v>68.7</v>
+        <v>53.1</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>311</v>
       </c>
       <c r="B308">
         <v>0</v>
       </c>
       <c r="C308">
-        <v>31.5</v>
+        <v>27.9</v>
       </c>
       <c r="D308">
-        <v>34.9</v>
+        <v>31</v>
       </c>
       <c r="E308">
-        <v>38.3</v>
+        <v>34.1</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>312</v>
       </c>
       <c r="B309">
         <v>0</v>
       </c>
       <c r="C309">
-        <v>57.1</v>
+        <v>48.6</v>
       </c>
       <c r="D309">
-        <v>63.4</v>
+        <v>53.9</v>
       </c>
       <c r="E309">
-        <v>69.7</v>
+        <v>59.2</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>313</v>
       </c>
       <c r="B310">
         <v>0</v>
       </c>
       <c r="C310">
-        <v>25.8</v>
+        <v>25</v>
       </c>
       <c r="D310">
-        <v>28.6</v>
+        <v>27.7</v>
       </c>
       <c r="E310">
-        <v>31.4</v>
+        <v>30.4</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>314</v>
       </c>
       <c r="B311">
         <v>0</v>
       </c>
       <c r="C311">
-        <v>39.6</v>
+        <v>36</v>
       </c>
       <c r="D311">
+        <v>40</v>
+      </c>
+      <c r="E311">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>48.4</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>315</v>
       </c>
       <c r="B312">
         <v>0</v>
       </c>
       <c r="C312">
-        <v>11.9</v>
+        <v>10.6</v>
       </c>
       <c r="D312">
-        <v>13.2</v>
+        <v>11.7</v>
       </c>
       <c r="E312">
-        <v>14.5</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>316</v>
       </c>
       <c r="B313">
         <v>0</v>
       </c>
       <c r="C313">
-        <v>131.5</v>
+        <v>123</v>
       </c>
       <c r="D313">
-        <v>146.1</v>
+        <v>136.6</v>
       </c>
       <c r="E313">
-        <v>160.7</v>
+        <v>150.2</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>317</v>
       </c>
       <c r="B314">
         <v>0</v>
       </c>
       <c r="C314">
-        <v>24.3</v>
+        <v>21</v>
       </c>
       <c r="D314">
-        <v>26.9</v>
+        <v>23.3</v>
       </c>
       <c r="E314">
-        <v>29.5</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>318</v>
       </c>
       <c r="B315">
         <v>0</v>
       </c>
       <c r="C315">
-        <v>157.5</v>
+        <v>154.8</v>
       </c>
       <c r="D315">
-        <v>175</v>
+        <v>171.9</v>
       </c>
       <c r="E315">
-        <v>192.5</v>
+        <v>189</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>319</v>
       </c>
       <c r="B316">
         <v>0</v>
       </c>
       <c r="C316">
-        <v>21.7</v>
+        <v>19.8</v>
       </c>
       <c r="D316">
-        <v>24.1</v>
+        <v>22</v>
       </c>
       <c r="E316">
-        <v>26.5</v>
+        <v>24.2</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>320</v>
       </c>
       <c r="B317">
         <v>0</v>
       </c>
       <c r="C317">
         <v>3164.7</v>
       </c>
       <c r="D317">
         <v>3331.2</v>
       </c>
       <c r="E317">
         <v>3497.7</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>321</v>
       </c>
       <c r="B318">
         <v>0</v>
       </c>
       <c r="C318">
-        <v>2.3</v>
+        <v>2.4</v>
       </c>
       <c r="D318">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="E318">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>322</v>
       </c>
       <c r="B319">
         <v>0</v>
       </c>
       <c r="C319">
-        <v>12.6</v>
+        <v>16.3</v>
       </c>
       <c r="D319">
-        <v>13.9</v>
+        <v>18.1</v>
       </c>
       <c r="E319">
-        <v>15.2</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>323</v>
       </c>
       <c r="B320">
         <v>0</v>
       </c>
       <c r="C320">
-        <v>62.9</v>
+        <v>65.09999999999999</v>
       </c>
       <c r="D320">
-        <v>69.8</v>
+        <v>72.3</v>
       </c>
       <c r="E320">
-        <v>76.7</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>324</v>
       </c>
       <c r="B321">
         <v>0</v>
       </c>
       <c r="C321">
-        <v>29.3</v>
+        <v>28.4</v>
       </c>
       <c r="D321">
-        <v>32.5</v>
+        <v>31.5</v>
       </c>
       <c r="E321">
-        <v>35.7</v>
+        <v>34.6</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>325</v>
       </c>
       <c r="B322">
         <v>0</v>
       </c>
       <c r="C322">
-        <v>2.6</v>
+        <v>2.5</v>
       </c>
       <c r="D322">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="E322">
-        <v>3</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>326</v>
       </c>
       <c r="B323">
         <v>0</v>
       </c>
       <c r="C323">
-        <v>27.3</v>
+        <v>27</v>
       </c>
       <c r="D323">
-        <v>30.3</v>
+        <v>29.9</v>
       </c>
       <c r="E323">
-        <v>33.3</v>
+        <v>32.8</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>327</v>
       </c>
       <c r="B324">
         <v>0</v>
       </c>
       <c r="C324">
-        <v>7.2</v>
+        <v>5.5</v>
       </c>
       <c r="D324">
-        <v>8</v>
+        <v>6.1</v>
       </c>
       <c r="E324">
-        <v>8.800000000000001</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>328</v>
       </c>
       <c r="B325">
         <v>0</v>
       </c>
       <c r="C325">
-        <v>27.1</v>
+        <v>26.3</v>
       </c>
       <c r="D325">
-        <v>30.1</v>
+        <v>29.2</v>
       </c>
       <c r="E325">
-        <v>33.1</v>
+        <v>32.1</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>329</v>
       </c>
       <c r="B326">
         <v>0</v>
       </c>
       <c r="C326">
-        <v>20</v>
+        <v>17.1</v>
       </c>
       <c r="D326">
-        <v>22.2</v>
+        <v>19</v>
       </c>
       <c r="E326">
-        <v>24.4</v>
+        <v>20.9</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>330</v>
       </c>
       <c r="B327">
         <v>0</v>
       </c>
       <c r="C327">
-        <v>22.5</v>
+        <v>21.2</v>
       </c>
       <c r="D327">
-        <v>25</v>
+        <v>23.5</v>
       </c>
       <c r="E327">
-        <v>27.5</v>
+        <v>25.8</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>331</v>
       </c>
       <c r="B328">
         <v>0</v>
       </c>
       <c r="C328">
-        <v>113</v>
+        <v>87.40000000000001</v>
       </c>
       <c r="D328">
-        <v>125.5</v>
+        <v>97.09999999999999</v>
       </c>
       <c r="E328">
-        <v>138</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>332</v>
       </c>
       <c r="B329">
         <v>0</v>
       </c>
       <c r="C329">
-        <v>69.3</v>
+        <v>86</v>
       </c>
       <c r="D329">
-        <v>77</v>
+        <v>95.5</v>
       </c>
       <c r="E329">
-        <v>84.7</v>
+        <v>105</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>333</v>
       </c>
       <c r="B330">
         <v>0</v>
       </c>
       <c r="C330">
-        <v>12.8</v>
+        <v>11.7</v>
       </c>
       <c r="D330">
-        <v>14.2</v>
+        <v>12.9</v>
       </c>
       <c r="E330">
-        <v>15.6</v>
+        <v>14.1</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>334</v>
       </c>
       <c r="B331">
         <v>0</v>
       </c>
       <c r="C331">
-        <v>5.5</v>
+        <v>4.7</v>
       </c>
       <c r="D331">
-        <v>6.1</v>
+        <v>5.2</v>
       </c>
       <c r="E331">
-        <v>6.7</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>335</v>
       </c>
       <c r="B332">
         <v>0</v>
       </c>
       <c r="C332">
-        <v>15.3</v>
+        <v>15.8</v>
       </c>
       <c r="D332">
-        <v>16.9</v>
+        <v>17.5</v>
       </c>
       <c r="E332">
-        <v>18.5</v>
+        <v>19.2</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>336</v>
       </c>
       <c r="B333">
         <v>0</v>
       </c>
       <c r="C333">
-        <v>14</v>
+        <v>14.1</v>
       </c>
       <c r="D333">
-        <v>15.5</v>
+        <v>15.6</v>
       </c>
       <c r="E333">
-        <v>17</v>
+        <v>17.1</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>337</v>
       </c>
       <c r="B334">
         <v>0</v>
       </c>
       <c r="C334">
-        <v>16.5</v>
+        <v>14.2</v>
       </c>
       <c r="D334">
-        <v>18.3</v>
+        <v>15.7</v>
       </c>
       <c r="E334">
-        <v>20.1</v>
+        <v>17.2</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>338</v>
       </c>
       <c r="B335">
         <v>0</v>
       </c>
       <c r="C335">
-        <v>32.3</v>
+        <v>28.9</v>
       </c>
       <c r="D335">
-        <v>35.8</v>
+        <v>32.1</v>
       </c>
       <c r="E335">
-        <v>39.3</v>
+        <v>35.3</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>339</v>
       </c>
       <c r="B336">
         <v>0</v>
       </c>
       <c r="C336">
-        <v>91.8</v>
+        <v>92.40000000000001</v>
       </c>
       <c r="D336">
-        <v>102</v>
+        <v>102.6</v>
       </c>
       <c r="E336">
-        <v>112.2</v>
+        <v>112.8</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>340</v>
       </c>
       <c r="B337">
         <v>0</v>
       </c>
       <c r="C337">
-        <v>68.7</v>
+        <v>65.7</v>
       </c>
       <c r="D337">
-        <v>76.3</v>
+        <v>73</v>
       </c>
       <c r="E337">
-        <v>83.90000000000001</v>
+        <v>80.3</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>341</v>
       </c>
       <c r="B338">
         <v>0</v>
       </c>
       <c r="C338">
-        <v>21.6</v>
+        <v>19.8</v>
       </c>
       <c r="D338">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E338">
-        <v>26.4</v>
+        <v>24.2</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>342</v>
       </c>
       <c r="B339">
         <v>0</v>
       </c>
       <c r="C339">
-        <v>39.8</v>
+        <v>40.5</v>
       </c>
       <c r="D339">
-        <v>44.2</v>
+        <v>44.9</v>
       </c>
       <c r="E339">
-        <v>48.6</v>
+        <v>49.3</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>343</v>
       </c>
       <c r="B340">
         <v>0</v>
       </c>
       <c r="C340">
-        <v>6.8</v>
+        <v>5.8</v>
       </c>
       <c r="D340">
-        <v>7.5</v>
+        <v>6.4</v>
       </c>
       <c r="E340">
-        <v>8.199999999999999</v>
+        <v>7</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
         <v>344</v>
       </c>
       <c r="B341">
         <v>0</v>
       </c>
       <c r="C341">
-        <v>39.7</v>
+        <v>35.5</v>
       </c>
       <c r="D341">
-        <v>44.1</v>
+        <v>39.4</v>
       </c>
       <c r="E341">
-        <v>48.5</v>
+        <v>43.3</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>345</v>
       </c>
       <c r="B342">
         <v>0</v>
       </c>
       <c r="C342">
         <v>4750</v>
       </c>
       <c r="D342">
         <v>5000</v>
       </c>
       <c r="E342">
         <v>5250</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>346</v>
       </c>
       <c r="B343">
         <v>0</v>
       </c>
       <c r="C343">
-        <v>5</v>
+        <v>4.7</v>
       </c>
       <c r="D343">
-        <v>5.5</v>
+        <v>5.2</v>
       </c>
       <c r="E343">
-        <v>6</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
         <v>347</v>
       </c>
       <c r="B344">
         <v>0</v>
       </c>
       <c r="C344">
-        <v>6</v>
+        <v>5.1</v>
       </c>
       <c r="D344">
-        <v>6.6</v>
+        <v>5.6</v>
       </c>
       <c r="E344">
-        <v>7.2</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>348</v>
       </c>
       <c r="B345">
         <v>0</v>
       </c>
       <c r="C345">
-        <v>6.6</v>
+        <v>7.2</v>
       </c>
       <c r="D345">
-        <v>7.3</v>
+        <v>8</v>
       </c>
       <c r="E345">
-        <v>8</v>
+        <v>8.800000000000001</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>349</v>
       </c>
       <c r="B346">
         <v>0</v>
       </c>
       <c r="C346">
-        <v>16.7</v>
+        <v>14.8</v>
       </c>
       <c r="D346">
-        <v>18.5</v>
+        <v>16.4</v>
       </c>
       <c r="E346">
-        <v>20.3</v>
+        <v>18</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>350</v>
       </c>
       <c r="B347">
         <v>0</v>
       </c>
       <c r="C347">
-        <v>15.1</v>
+        <v>12.7</v>
       </c>
       <c r="D347">
-        <v>16.7</v>
+        <v>14.1</v>
       </c>
       <c r="E347">
-        <v>18.3</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
         <v>351</v>
       </c>
       <c r="B348">
         <v>0</v>
       </c>
       <c r="C348">
-        <v>18.1</v>
+        <v>16.6</v>
       </c>
       <c r="D348">
-        <v>20.1</v>
+        <v>18.4</v>
       </c>
       <c r="E348">
-        <v>22.1</v>
+        <v>20.2</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>352</v>
       </c>
       <c r="B349">
         <v>0</v>
       </c>
       <c r="C349">
-        <v>15.2</v>
+        <v>13.1</v>
       </c>
       <c r="D349">
-        <v>16.8</v>
+        <v>14.5</v>
       </c>
       <c r="E349">
-        <v>18.4</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>353</v>
       </c>
       <c r="B350">
         <v>0</v>
       </c>
       <c r="C350">
         <v>4.5</v>
       </c>
       <c r="D350">
         <v>5</v>
       </c>
       <c r="E350">
         <v>5.5</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>354</v>
       </c>
       <c r="B351">
         <v>0</v>
       </c>
       <c r="C351">
-        <v>4.7</v>
+        <v>3</v>
       </c>
       <c r="D351">
-        <v>5.2</v>
+        <v>3.3</v>
       </c>
       <c r="E351">
-        <v>5.7</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>355</v>
       </c>
       <c r="B352">
         <v>0</v>
       </c>
       <c r="C352">
-        <v>21.8</v>
+        <v>19</v>
       </c>
       <c r="D352">
-        <v>24.2</v>
+        <v>21.1</v>
       </c>
       <c r="E352">
-        <v>26.6</v>
+        <v>23.2</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>356</v>
       </c>
       <c r="B353">
         <v>0</v>
       </c>
       <c r="C353">
-        <v>14.4</v>
+        <v>12.6</v>
       </c>
       <c r="D353">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E353">
-        <v>17.6</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>357</v>
       </c>
       <c r="B354">
         <v>0</v>
       </c>
       <c r="C354">
-        <v>10.8</v>
+        <v>8.1</v>
       </c>
       <c r="D354">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E354">
-        <v>13.2</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>358</v>
       </c>
       <c r="B355">
         <v>0</v>
       </c>
       <c r="C355">
-        <v>19.5</v>
+        <v>28.2</v>
       </c>
       <c r="D355">
-        <v>21.6</v>
+        <v>31.3</v>
       </c>
       <c r="E355">
-        <v>23.7</v>
+        <v>34.4</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>359</v>
       </c>
       <c r="B356">
         <v>0</v>
       </c>
       <c r="C356">
-        <v>97.2</v>
+        <v>90</v>
       </c>
       <c r="D356">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="E356">
-        <v>118.8</v>
+        <v>110</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>360</v>
       </c>
       <c r="B357">
         <v>0</v>
       </c>
       <c r="C357">
-        <v>46.8</v>
+        <v>41.4</v>
       </c>
       <c r="D357">
-        <v>52</v>
+        <v>45.9</v>
       </c>
       <c r="E357">
-        <v>57.2</v>
+        <v>50.4</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>361</v>
       </c>
       <c r="B358">
         <v>0</v>
       </c>
       <c r="C358">
-        <v>52.6</v>
+        <v>52.2</v>
       </c>
       <c r="D358">
-        <v>58.4</v>
+        <v>58</v>
       </c>
       <c r="E358">
-        <v>64.2</v>
+        <v>63.8</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
         <v>362</v>
       </c>
       <c r="B359">
         <v>0</v>
       </c>
       <c r="C359">
         <v>4503</v>
       </c>
       <c r="D359">
         <v>4740</v>
       </c>
       <c r="E359">
         <v>4977</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
         <v>363</v>
       </c>
       <c r="B360">
         <v>0</v>
       </c>
       <c r="C360">
-        <v>7.8</v>
+        <v>7.2</v>
       </c>
       <c r="D360">
-        <v>8.6</v>
+        <v>8</v>
       </c>
       <c r="E360">
-        <v>9.4</v>
+        <v>8.800000000000001</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>364</v>
       </c>
       <c r="B361">
         <v>0</v>
       </c>
       <c r="C361">
-        <v>69.3</v>
+        <v>60.9</v>
       </c>
       <c r="D361">
-        <v>77</v>
+        <v>67.59999999999999</v>
       </c>
       <c r="E361">
-        <v>84.7</v>
+        <v>74.3</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>365</v>
       </c>
       <c r="B362">
         <v>0</v>
       </c>
       <c r="C362">
-        <v>275.4</v>
+        <v>233</v>
       </c>
       <c r="D362">
-        <v>301.8</v>
+        <v>255.3</v>
       </c>
       <c r="E362">
-        <v>328.2</v>
+        <v>277.6</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>366</v>
       </c>
       <c r="B363">
         <v>0</v>
       </c>
       <c r="C363">
-        <v>27</v>
+        <v>23.4</v>
       </c>
       <c r="D363">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E363">
-        <v>33</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>367</v>
       </c>
       <c r="B364">
         <v>0</v>
       </c>
       <c r="C364">
-        <v>28.5</v>
+        <v>26.3</v>
       </c>
       <c r="D364">
-        <v>31.6</v>
+        <v>29.2</v>
       </c>
       <c r="E364">
-        <v>34.7</v>
+        <v>32.1</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>368</v>
       </c>
       <c r="B365">
         <v>0</v>
       </c>
       <c r="C365">
-        <v>8.199999999999999</v>
+        <v>8.4</v>
       </c>
       <c r="D365">
-        <v>9.1</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E365">
-        <v>10</v>
+        <v>10.2</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>369</v>
       </c>
       <c r="B366">
         <v>0</v>
       </c>
       <c r="C366">
-        <v>17.1</v>
+        <v>14.3</v>
       </c>
       <c r="D366">
-        <v>18.9</v>
+        <v>15.8</v>
       </c>
       <c r="E366">
-        <v>20.7</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>370</v>
       </c>
       <c r="B367">
         <v>0</v>
       </c>
       <c r="C367">
-        <v>40.7</v>
+        <v>39.6</v>
       </c>
       <c r="D367">
-        <v>45.2</v>
+        <v>44</v>
       </c>
       <c r="E367">
-        <v>49.7</v>
+        <v>48.4</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>371</v>
       </c>
       <c r="B368">
         <v>0</v>
       </c>
       <c r="C368">
-        <v>48.6</v>
+        <v>48.3</v>
       </c>
       <c r="D368">
-        <v>54</v>
+        <v>53.6</v>
       </c>
       <c r="E368">
-        <v>59.4</v>
+        <v>58.9</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>372</v>
       </c>
       <c r="B369">
         <v>0</v>
       </c>
       <c r="C369">
-        <v>194.3</v>
+        <v>195.3</v>
       </c>
       <c r="D369">
-        <v>212.9</v>
+        <v>214</v>
       </c>
       <c r="E369">
-        <v>231.5</v>
+        <v>232.7</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>373</v>
       </c>
       <c r="B370">
         <v>0</v>
       </c>
       <c r="C370">
-        <v>4.8</v>
+        <v>4.1</v>
       </c>
       <c r="D370">
-        <v>5.3</v>
+        <v>4.5</v>
       </c>
       <c r="E370">
-        <v>5.8</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>374</v>
       </c>
       <c r="B371">
         <v>0</v>
       </c>
       <c r="C371">
-        <v>81.3</v>
+        <v>58.4</v>
       </c>
       <c r="D371">
-        <v>90.3</v>
+        <v>64.8</v>
       </c>
       <c r="E371">
-        <v>99.3</v>
+        <v>71.2</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>375</v>
       </c>
       <c r="B372">
         <v>0</v>
       </c>
       <c r="C372">
-        <v>36.9</v>
+        <v>34.2</v>
       </c>
       <c r="D372">
-        <v>40.9</v>
+        <v>38</v>
       </c>
       <c r="E372">
-        <v>44.9</v>
+        <v>41.8</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>376</v>
       </c>
       <c r="B373">
         <v>0</v>
       </c>
       <c r="C373">
-        <v>5.5</v>
+        <v>4.6</v>
       </c>
       <c r="D373">
-        <v>6.1</v>
+        <v>5.1</v>
       </c>
       <c r="E373">
-        <v>6.7</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>377</v>
       </c>
       <c r="B374">
         <v>0</v>
       </c>
       <c r="C374">
-        <v>13.4</v>
+        <v>13.2</v>
       </c>
       <c r="D374">
-        <v>14.8</v>
+        <v>14.6</v>
       </c>
       <c r="E374">
-        <v>16.2</v>
+        <v>16</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>378</v>
       </c>
       <c r="B375">
         <v>0</v>
       </c>
       <c r="C375">
-        <v>49.9</v>
+        <v>45.2</v>
       </c>
       <c r="D375">
-        <v>55.4</v>
+        <v>50.2</v>
       </c>
       <c r="E375">
-        <v>60.9</v>
+        <v>55.2</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>379</v>
       </c>
       <c r="B376">
         <v>0</v>
       </c>
       <c r="C376">
-        <v>31.5</v>
+        <v>30.9</v>
       </c>
       <c r="D376">
-        <v>35</v>
+        <v>34.3</v>
       </c>
       <c r="E376">
-        <v>38.5</v>
+        <v>37.7</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>380</v>
       </c>
       <c r="B377">
         <v>0</v>
       </c>
       <c r="C377">
+        <v>4.9</v>
+      </c>
+      <c r="D377">
         <v>5.4</v>
       </c>
-      <c r="D377">
+      <c r="E377">
         <v>5.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>6.4</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>381</v>
       </c>
       <c r="B378">
         <v>0</v>
       </c>
       <c r="C378">
-        <v>143.6</v>
+        <v>0</v>
       </c>
       <c r="D378">
-        <v>159.5</v>
+        <v>129</v>
       </c>
       <c r="E378">
-        <v>175.4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>382</v>
       </c>
       <c r="B379">
         <v>0</v>
       </c>
       <c r="C379">
-        <v>97.39</v>
+        <v>97.51000000000001</v>
       </c>
       <c r="D379">
-        <v>99.38</v>
+        <v>99.5</v>
       </c>
       <c r="E379">
-        <v>101.37</v>
+        <v>101.49</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>383</v>
       </c>
       <c r="B380">
         <v>0</v>
       </c>
       <c r="C380">
-        <v>94.76000000000001</v>
+        <v>94.79000000000001</v>
       </c>
       <c r="D380">
-        <v>96.69</v>
+        <v>96.72</v>
       </c>
       <c r="E380">
-        <v>98.62</v>
+        <v>98.65000000000001</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>384</v>
       </c>
       <c r="B381">
         <v>0</v>
       </c>
       <c r="C381">
-        <v>96.19</v>
+        <v>95.94</v>
       </c>
       <c r="D381">
-        <v>98.15000000000001</v>
+        <v>97.90000000000001</v>
       </c>
       <c r="E381">
-        <v>100.11</v>
+        <v>99.86</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>385</v>
       </c>
       <c r="B382">
         <v>0</v>
       </c>
       <c r="C382">
-        <v>86.48999999999999</v>
+        <v>85.83</v>
       </c>
       <c r="D382">
-        <v>88.26000000000001</v>
+        <v>87.58</v>
       </c>
       <c r="E382">
-        <v>90.03</v>
+        <v>89.33</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>386</v>
       </c>
       <c r="B383">
         <v>0</v>
       </c>
       <c r="C383">
-        <v>112.36</v>
+        <v>110.48</v>
       </c>
       <c r="D383">
-        <v>114.65</v>
+        <v>112.73</v>
       </c>
       <c r="E383">
-        <v>116.94</v>
+        <v>114.98</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>387</v>
       </c>
       <c r="B384">
         <v>0</v>
       </c>
       <c r="C384">
-        <v>83.5</v>
+        <v>82.90000000000001</v>
       </c>
       <c r="D384">
-        <v>85.2</v>
+        <v>84.59</v>
       </c>
       <c r="E384">
-        <v>86.90000000000001</v>
+        <v>86.28</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>388</v>
       </c>
       <c r="B385">
         <v>0</v>
       </c>
       <c r="C385">
-        <v>111.26</v>
+        <v>110.01</v>
       </c>
       <c r="D385">
-        <v>113.53</v>
+        <v>112.25</v>
       </c>
       <c r="E385">
-        <v>115.8</v>
+        <v>114.5</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>389</v>
       </c>
       <c r="B386">
         <v>0</v>
       </c>
       <c r="C386">
-        <v>91.69</v>
+        <v>91.02</v>
       </c>
       <c r="D386">
-        <v>93.56</v>
+        <v>92.88</v>
       </c>
       <c r="E386">
-        <v>95.43000000000001</v>
+        <v>94.73999999999999</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>390</v>
       </c>
       <c r="B387">
         <v>0</v>
       </c>
       <c r="C387">
-        <v>112.42</v>
+        <v>110.98</v>
       </c>
       <c r="D387">
-        <v>114.71</v>
+        <v>113.24</v>
       </c>
       <c r="E387">
-        <v>117</v>
+        <v>115.5</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>391</v>
       </c>
       <c r="B388">
         <v>0</v>
       </c>
       <c r="C388">
-        <v>92.59999999999999</v>
+        <v>92.31</v>
       </c>
       <c r="D388">
-        <v>94.48999999999999</v>
+        <v>94.19</v>
       </c>
       <c r="E388">
-        <v>96.38</v>
+        <v>96.06999999999999</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>392</v>
       </c>
       <c r="B389">
         <v>0</v>
       </c>
       <c r="C389">
-        <v>110.8</v>
+        <v>107.78</v>
       </c>
       <c r="D389">
-        <v>113.06</v>
+        <v>109.98</v>
       </c>
       <c r="E389">
-        <v>115.32</v>
+        <v>112.18</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>393</v>
       </c>
       <c r="B390">
         <v>0</v>
       </c>
       <c r="C390">
-        <v>94.87</v>
+        <v>94.33</v>
       </c>
       <c r="D390">
-        <v>96.81</v>
+        <v>96.25</v>
       </c>
       <c r="E390">
-        <v>98.75</v>
+        <v>98.18000000000001</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>394</v>
       </c>
       <c r="B391">
         <v>0</v>
       </c>
       <c r="C391">
-        <v>82.11</v>
+        <v>81.48999999999999</v>
       </c>
       <c r="D391">
-        <v>83.79000000000001</v>
+        <v>83.15000000000001</v>
       </c>
       <c r="E391">
-        <v>85.47</v>
+        <v>84.81</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>395</v>
       </c>
       <c r="B392">
         <v>0</v>
       </c>
       <c r="C392">
-        <v>90.22</v>
+        <v>89.53</v>
       </c>
       <c r="D392">
-        <v>92.06</v>
+        <v>91.36</v>
       </c>
       <c r="E392">
-        <v>93.90000000000001</v>
+        <v>93.19</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>396</v>
       </c>
       <c r="B393">
         <v>0</v>
       </c>
       <c r="C393">
-        <v>111.6</v>
+        <v>110.52</v>
       </c>
       <c r="D393">
-        <v>113.88</v>
+        <v>112.78</v>
       </c>
       <c r="E393">
-        <v>116.16</v>
+        <v>115.04</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>397</v>
       </c>
       <c r="B394">
         <v>0</v>
       </c>
       <c r="C394">
-        <v>93.17</v>
+        <v>92.81999999999999</v>
       </c>
       <c r="D394">
-        <v>95.06999999999999</v>
+        <v>94.70999999999999</v>
       </c>
       <c r="E394">
-        <v>96.97</v>
+        <v>96.59999999999999</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>398</v>
       </c>
       <c r="B395">
         <v>0</v>
       </c>
       <c r="C395">
-        <v>94.39</v>
+        <v>93.79000000000001</v>
       </c>
       <c r="D395">
-        <v>96.31999999999999</v>
+        <v>95.7</v>
       </c>
       <c r="E395">
-        <v>98.25</v>
+        <v>97.61</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>399</v>
       </c>
       <c r="B396">
         <v>0</v>
       </c>
       <c r="C396">
-        <v>94.51000000000001</v>
+        <v>93.90000000000001</v>
       </c>
       <c r="D396">
-        <v>96.44</v>
+        <v>95.81999999999999</v>
       </c>
       <c r="E396">
-        <v>98.37</v>
+        <v>97.73999999999999</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>400</v>
       </c>
       <c r="B397">
         <v>0</v>
       </c>
       <c r="C397">
-        <v>90.61</v>
+        <v>89.92</v>
       </c>
       <c r="D397">
-        <v>92.45999999999999</v>
+        <v>91.76000000000001</v>
       </c>
       <c r="E397">
-        <v>94.31</v>
+        <v>93.59999999999999</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>401</v>
       </c>
       <c r="B398">
         <v>0</v>
       </c>
       <c r="C398">
-        <v>114.48</v>
+        <v>110.94</v>
       </c>
       <c r="D398">
-        <v>116.82</v>
+        <v>113.2</v>
       </c>
       <c r="E398">
-        <v>119.16</v>
+        <v>115.46</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>402</v>
       </c>
       <c r="B399">
         <v>0</v>
       </c>
       <c r="C399">
-        <v>96.59999999999999</v>
+        <v>96.62</v>
       </c>
       <c r="D399">
-        <v>98.56999999999999</v>
+        <v>98.59</v>
       </c>
       <c r="E399">
-        <v>100.54</v>
+        <v>100.56</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>403</v>
       </c>
       <c r="B400">
         <v>0</v>
       </c>
       <c r="C400">
-        <v>91.62</v>
+        <v>91.02</v>
       </c>
       <c r="D400">
-        <v>93.48999999999999</v>
+        <v>92.88</v>
       </c>
       <c r="E400">
-        <v>95.36</v>
+        <v>94.73999999999999</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>404</v>
       </c>
       <c r="B401">
         <v>0</v>
       </c>
       <c r="C401">
-        <v>79.98</v>
+        <v>79.37</v>
       </c>
       <c r="D401">
-        <v>81.61</v>
+        <v>80.98999999999999</v>
       </c>
       <c r="E401">
-        <v>83.23999999999999</v>
+        <v>82.61</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>405</v>
       </c>
       <c r="B402">
         <v>0</v>
       </c>
       <c r="C402">
-        <v>103.2</v>
+        <v>101.65</v>
       </c>
       <c r="D402">
-        <v>105.31</v>
+        <v>103.72</v>
       </c>
       <c r="E402">
-        <v>107.42</v>
+        <v>105.79</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>406</v>
       </c>
       <c r="B403">
         <v>0</v>
       </c>
       <c r="C403">
-        <v>96.77</v>
+        <v>95.79000000000001</v>
       </c>
       <c r="D403">
-        <v>98.73999999999999</v>
+        <v>97.73999999999999</v>
       </c>
       <c r="E403">
-        <v>100.71</v>
+        <v>99.69</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>407</v>
       </c>
       <c r="B404">
         <v>0</v>
       </c>
       <c r="C404">
-        <v>95.31999999999999</v>
+        <v>94.63</v>
       </c>
       <c r="D404">
-        <v>97.27</v>
+        <v>96.56</v>
       </c>
       <c r="E404">
-        <v>99.22</v>
+        <v>98.48999999999999</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>408</v>
       </c>
       <c r="B405">
         <v>0</v>
       </c>
       <c r="C405">
-        <v>90.38</v>
+        <v>89.70999999999999</v>
       </c>
       <c r="D405">
-        <v>92.22</v>
+        <v>91.54000000000001</v>
       </c>
       <c r="E405">
-        <v>94.06</v>
+        <v>93.37</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>409</v>
       </c>
       <c r="B406">
         <v>0</v>
       </c>
       <c r="C406">
-        <v>93.40000000000001</v>
+        <v>93.18000000000001</v>
       </c>
       <c r="D406">
-        <v>95.31</v>
+        <v>95.08</v>
       </c>
       <c r="E406">
-        <v>97.22</v>
+        <v>96.98</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>410</v>
       </c>
       <c r="B407">
         <v>0</v>
       </c>
       <c r="C407">
-        <v>82.70999999999999</v>
+        <v>82.19</v>
       </c>
       <c r="D407">
-        <v>84.40000000000001</v>
+        <v>83.87</v>
       </c>
       <c r="E407">
-        <v>86.09</v>
+        <v>85.55</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>411</v>
       </c>
       <c r="B408">
         <v>0</v>
       </c>
       <c r="C408">
-        <v>85.56999999999999</v>
+        <v>84.91</v>
       </c>
       <c r="D408">
-        <v>87.31999999999999</v>
+        <v>86.64</v>
       </c>
       <c r="E408">
-        <v>89.06999999999999</v>
+        <v>88.37</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>412</v>
       </c>
       <c r="B409">
         <v>0</v>
       </c>
       <c r="C409">
-        <v>91.61</v>
+        <v>91.31</v>
       </c>
       <c r="D409">
-        <v>93.48</v>
+        <v>93.17</v>
       </c>
       <c r="E409">
-        <v>95.34999999999999</v>
+        <v>95.03</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>413</v>
       </c>
       <c r="B410">
         <v>0</v>
       </c>
       <c r="C410">
-        <v>96.42</v>
+        <v>96.28</v>
       </c>
       <c r="D410">
-        <v>98.39</v>
+        <v>98.23999999999999</v>
       </c>
       <c r="E410">
-        <v>100.36</v>
+        <v>100.2</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>414</v>
       </c>
       <c r="B411">
         <v>0</v>
       </c>
       <c r="C411">
-        <v>91.27</v>
+        <v>90.61</v>
       </c>
       <c r="D411">
-        <v>93.13</v>
+        <v>92.45999999999999</v>
       </c>
       <c r="E411">
-        <v>94.98999999999999</v>
+        <v>94.31</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>415</v>
       </c>
       <c r="B412">
         <v>0</v>
       </c>
       <c r="C412">
-        <v>100.2</v>
+        <v>99.98</v>
       </c>
       <c r="D412">
-        <v>102.24</v>
+        <v>102.02</v>
       </c>
       <c r="E412">
-        <v>104.28</v>
+        <v>104.06</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>416</v>
       </c>
       <c r="B413">
         <v>0</v>
       </c>
       <c r="C413">
-        <v>103.06</v>
+        <v>102.45</v>
       </c>
       <c r="D413">
-        <v>105.16</v>
+        <v>104.54</v>
       </c>
       <c r="E413">
-        <v>107.26</v>
+        <v>106.63</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>417</v>
       </c>
       <c r="B414">
         <v>0</v>
       </c>
       <c r="C414">
-        <v>105</v>
+        <v>104.47</v>
       </c>
       <c r="D414">
-        <v>107.14</v>
+        <v>106.6</v>
       </c>
       <c r="E414">
-        <v>109.28</v>
+        <v>108.73</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>418</v>
       </c>
       <c r="B415">
         <v>0</v>
       </c>
       <c r="C415">
-        <v>97.83</v>
+        <v>97.84</v>
       </c>
       <c r="D415">
-        <v>99.83</v>
+        <v>99.84</v>
       </c>
       <c r="E415">
-        <v>101.83</v>
+        <v>101.84</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>419</v>
       </c>
       <c r="B416">
         <v>0</v>
       </c>
       <c r="C416">
-        <v>100.46</v>
+        <v>100.22</v>
       </c>
       <c r="D416">
-        <v>102.51</v>
+        <v>102.27</v>
       </c>
       <c r="E416">
-        <v>104.56</v>
+        <v>104.32</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>420</v>
       </c>
       <c r="B417">
         <v>0</v>
       </c>
       <c r="C417">
-        <v>103.46</v>
+        <v>102.83</v>
       </c>
       <c r="D417">
-        <v>105.57</v>
+        <v>104.93</v>
       </c>
       <c r="E417">
-        <v>107.68</v>
+        <v>107.03</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>421</v>
       </c>
       <c r="B418">
         <v>0</v>
       </c>
       <c r="C418">
-        <v>104.87</v>
+        <v>104.34</v>
       </c>
       <c r="D418">
-        <v>107.01</v>
+        <v>106.47</v>
       </c>
       <c r="E418">
-        <v>109.15</v>
+        <v>108.6</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>422</v>
       </c>
       <c r="B419">
         <v>0</v>
       </c>
       <c r="C419">
-        <v>97.84999999999999</v>
+        <v>97.84</v>
       </c>
       <c r="D419">
-        <v>99.84999999999999</v>
+        <v>99.84</v>
       </c>
       <c r="E419">
-        <v>101.85</v>
+        <v>101.84</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>423</v>
       </c>
       <c r="B420">
         <v>0</v>
       </c>
       <c r="C420">
-        <v>100.66</v>
+        <v>100.41</v>
       </c>
       <c r="D420">
-        <v>102.71</v>
+        <v>102.46</v>
       </c>
       <c r="E420">
-        <v>104.76</v>
+        <v>104.51</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>424</v>
       </c>
       <c r="B421">
         <v>0</v>
       </c>
       <c r="C421">
-        <v>103.81</v>
+        <v>103.17</v>
       </c>
       <c r="D421">
-        <v>105.93</v>
+        <v>105.28</v>
       </c>
       <c r="E421">
-        <v>108.05</v>
+        <v>107.39</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>425</v>
       </c>
       <c r="B422">
         <v>0</v>
       </c>
       <c r="C422">
-        <v>104.74</v>
+        <v>104.23</v>
       </c>
       <c r="D422">
-        <v>106.88</v>
+        <v>106.36</v>
       </c>
       <c r="E422">
-        <v>109.02</v>
+        <v>108.49</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>426</v>
       </c>
       <c r="B423">
         <v>0</v>
       </c>
       <c r="C423">
-        <v>116.03</v>
+        <v>113.26</v>
       </c>
       <c r="D423">
-        <v>118.4</v>
+        <v>115.57</v>
       </c>
       <c r="E423">
-        <v>120.77</v>
+        <v>117.88</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>427</v>
       </c>
       <c r="B424">
         <v>0</v>
       </c>
       <c r="C424">
-        <v>117.75</v>
+        <v>114.74</v>
       </c>
       <c r="D424">
-        <v>120.15</v>
+        <v>117.08</v>
       </c>
       <c r="E424">
-        <v>122.55</v>
+        <v>119.42</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>428</v>
       </c>
       <c r="B425">
         <v>0</v>
       </c>
       <c r="C425">
-        <v>97.90000000000001</v>
+        <v>97.86</v>
       </c>
       <c r="D425">
-        <v>99.90000000000001</v>
+        <v>99.86</v>
       </c>
       <c r="E425">
-        <v>101.9</v>
+        <v>101.86</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>429</v>
       </c>
       <c r="B426">
         <v>0</v>
       </c>
       <c r="C426">
-        <v>100.85</v>
+        <v>100.6</v>
       </c>
       <c r="D426">
-        <v>102.91</v>
+        <v>102.65</v>
       </c>
       <c r="E426">
-        <v>104.97</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>430</v>
       </c>
       <c r="B427">
         <v>0</v>
       </c>
       <c r="C427">
-        <v>103.97</v>
+        <v>103.35</v>
       </c>
       <c r="D427">
-        <v>106.09</v>
+        <v>105.46</v>
       </c>
       <c r="E427">
-        <v>108.21</v>
+        <v>107.57</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>431</v>
       </c>
       <c r="B428">
         <v>0</v>
       </c>
       <c r="C428">
-        <v>104.76</v>
+        <v>104.25</v>
       </c>
       <c r="D428">
-        <v>106.9</v>
+        <v>106.38</v>
       </c>
       <c r="E428">
-        <v>109.04</v>
+        <v>108.51</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
         <v>432</v>
       </c>
       <c r="B429">
         <v>0</v>
       </c>
       <c r="C429">
-        <v>90.48999999999999</v>
+        <v>89.77</v>
       </c>
       <c r="D429">
-        <v>92.34</v>
+        <v>91.59999999999999</v>
       </c>
       <c r="E429">
-        <v>94.19</v>
+        <v>93.43000000000001</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
         <v>433</v>
       </c>
       <c r="B430">
         <v>0</v>
       </c>
       <c r="C430">
-        <v>86.75</v>
+        <v>85.02</v>
       </c>
       <c r="D430">
-        <v>88.52</v>
+        <v>86.76000000000001</v>
       </c>
       <c r="E430">
-        <v>90.29000000000001</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>434</v>
       </c>
       <c r="B431">
         <v>0</v>
       </c>
       <c r="C431">
-        <v>97.90000000000001</v>
+        <v>97.87</v>
       </c>
       <c r="D431">
-        <v>99.90000000000001</v>
+        <v>99.87</v>
       </c>
       <c r="E431">
-        <v>101.9</v>
+        <v>101.87</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>435</v>
       </c>
       <c r="B432">
         <v>0</v>
       </c>
       <c r="C432">
-        <v>101.08</v>
+        <v>100.79</v>
       </c>
       <c r="D432">
-        <v>103.14</v>
+        <v>102.85</v>
       </c>
       <c r="E432">
-        <v>105.2</v>
+        <v>104.91</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>436</v>
       </c>
       <c r="B433">
         <v>0</v>
       </c>
       <c r="C433">
-        <v>104.14</v>
+        <v>103.55</v>
       </c>
       <c r="D433">
-        <v>106.27</v>
+        <v>105.66</v>
       </c>
       <c r="E433">
-        <v>108.4</v>
+        <v>107.77</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>437</v>
       </c>
       <c r="B434">
         <v>0</v>
       </c>
       <c r="C434">
-        <v>104.87</v>
+        <v>104.19</v>
       </c>
       <c r="D434">
-        <v>107.01</v>
+        <v>106.32</v>
       </c>
       <c r="E434">
-        <v>109.15</v>
+        <v>108.45</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>438</v>
       </c>
       <c r="B435">
         <v>0</v>
       </c>
       <c r="C435">
-        <v>93.56</v>
+        <v>92.78</v>
       </c>
       <c r="D435">
-        <v>95.47</v>
+        <v>94.67</v>
       </c>
       <c r="E435">
-        <v>97.38</v>
+        <v>96.56</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>439</v>
       </c>
       <c r="B436">
         <v>0</v>
       </c>
       <c r="C436">
-        <v>97.88</v>
+        <v>97.81999999999999</v>
       </c>
       <c r="D436">
-        <v>99.88</v>
+        <v>99.81999999999999</v>
       </c>
       <c r="E436">
-        <v>101.88</v>
+        <v>101.82</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>440</v>
       </c>
       <c r="B437">
         <v>0</v>
       </c>
       <c r="C437">
-        <v>101.27</v>
+        <v>100.95</v>
       </c>
       <c r="D437">
-        <v>103.34</v>
+        <v>103.01</v>
       </c>
       <c r="E437">
-        <v>105.41</v>
+        <v>105.07</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>441</v>
       </c>
       <c r="B438">
         <v>0</v>
       </c>
       <c r="C438">
-        <v>104.34</v>
+        <v>103.73</v>
       </c>
       <c r="D438">
-        <v>106.47</v>
+        <v>105.85</v>
       </c>
       <c r="E438">
-        <v>108.6</v>
+        <v>107.97</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>442</v>
       </c>
       <c r="B439">
         <v>0</v>
       </c>
       <c r="C439">
-        <v>104.95</v>
+        <v>104.13</v>
       </c>
       <c r="D439">
-        <v>107.09</v>
+        <v>106.25</v>
       </c>
       <c r="E439">
-        <v>109.23</v>
+        <v>108.38</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>443</v>
       </c>
       <c r="B440">
         <v>0</v>
       </c>
       <c r="C440">
-        <v>92.34999999999999</v>
+        <v>90.95</v>
       </c>
       <c r="D440">
-        <v>94.23</v>
+        <v>92.81</v>
       </c>
       <c r="E440">
-        <v>96.11</v>
+        <v>94.67</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>444</v>
       </c>
       <c r="B441">
         <v>0</v>
       </c>
       <c r="C441">
-        <v>90.48999999999999</v>
+        <v>88.66</v>
       </c>
       <c r="D441">
-        <v>92.34</v>
+        <v>90.47</v>
       </c>
       <c r="E441">
-        <v>94.19</v>
+        <v>92.28</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>445</v>
       </c>
       <c r="B442">
         <v>0</v>
       </c>
       <c r="C442">
-        <v>101.49</v>
+        <v>101.14</v>
       </c>
       <c r="D442">
-        <v>103.56</v>
+        <v>103.2</v>
       </c>
       <c r="E442">
-        <v>105.63</v>
+        <v>105.26</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>446</v>
       </c>
       <c r="B443">
         <v>0</v>
       </c>
       <c r="C443">
-        <v>104.54</v>
+        <v>103.93</v>
       </c>
       <c r="D443">
-        <v>106.67</v>
+        <v>106.05</v>
       </c>
       <c r="E443">
-        <v>108.8</v>
+        <v>108.17</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>447</v>
       </c>
       <c r="B444">
         <v>0</v>
       </c>
       <c r="C444">
-        <v>104.73</v>
+        <v>103.76</v>
       </c>
       <c r="D444">
-        <v>106.87</v>
+        <v>105.88</v>
       </c>
       <c r="E444">
-        <v>109.01</v>
+        <v>108</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>448</v>
       </c>
       <c r="B445">
         <v>0</v>
       </c>
       <c r="C445">
-        <v>99.64</v>
+        <v>98.92</v>
       </c>
       <c r="D445">
-        <v>101.67</v>
+        <v>100.94</v>
       </c>
       <c r="E445">
-        <v>103.7</v>
+        <v>102.96</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>449</v>
       </c>
       <c r="B446">
         <v>0</v>
       </c>
       <c r="C446">
-        <v>72.09999999999999</v>
+        <v>70.76000000000001</v>
       </c>
       <c r="D446">
-        <v>73.56999999999999</v>
+        <v>72.2</v>
       </c>
       <c r="E446">
-        <v>75.04000000000001</v>
+        <v>73.64</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>450</v>
       </c>
       <c r="B447">
         <v>0</v>
       </c>
       <c r="C447">
-        <v>98.09999999999999</v>
+        <v>98</v>
       </c>
       <c r="D447">
-        <v>100.1</v>
+        <v>100</v>
       </c>
       <c r="E447">
-        <v>102.1</v>
+        <v>102</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>451</v>
       </c>
       <c r="B448">
         <v>0</v>
       </c>
       <c r="C448">
-        <v>104.74</v>
+        <v>104.13</v>
       </c>
       <c r="D448">
-        <v>106.88</v>
+        <v>106.26</v>
       </c>
       <c r="E448">
-        <v>109.02</v>
+        <v>108.39</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" t="s">
         <v>452</v>
       </c>
       <c r="B449">
         <v>0</v>
       </c>
       <c r="C449">
-        <v>103.98</v>
+        <v>102.82</v>
       </c>
       <c r="D449">
-        <v>106.1</v>
+        <v>104.92</v>
       </c>
       <c r="E449">
-        <v>108.22</v>
+        <v>107.02</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>453</v>
       </c>
       <c r="B450">
         <v>0</v>
       </c>
       <c r="C450">
-        <v>102.72</v>
+        <v>101.79</v>
       </c>
       <c r="D450">
-        <v>104.82</v>
+        <v>103.87</v>
       </c>
       <c r="E450">
-        <v>106.92</v>
+        <v>105.95</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>454</v>
       </c>
       <c r="B451">
         <v>0</v>
       </c>
       <c r="C451">
-        <v>98.69</v>
+        <v>98.54000000000001</v>
       </c>
       <c r="D451">
-        <v>100.7</v>
+        <v>100.55</v>
       </c>
       <c r="E451">
-        <v>102.71</v>
+        <v>102.56</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>455</v>
       </c>
       <c r="B452">
         <v>0</v>
       </c>
       <c r="C452">
-        <v>101.87</v>
+        <v>101.42</v>
       </c>
       <c r="D452">
-        <v>103.95</v>
+        <v>103.49</v>
       </c>
       <c r="E452">
-        <v>106.03</v>
+        <v>105.56</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" t="s">
         <v>456</v>
       </c>
       <c r="B453">
         <v>0</v>
       </c>
       <c r="C453">
-        <v>104.95</v>
+        <v>104.35</v>
       </c>
       <c r="D453">
-        <v>107.09</v>
+        <v>106.48</v>
       </c>
       <c r="E453">
-        <v>109.23</v>
+        <v>108.61</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>457</v>
       </c>
       <c r="B454">
         <v>0</v>
       </c>
       <c r="C454">
-        <v>103.77</v>
+        <v>102.45</v>
       </c>
       <c r="D454">
-        <v>105.89</v>
+        <v>104.54</v>
       </c>
       <c r="E454">
-        <v>108.01</v>
+        <v>106.63</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>458</v>
       </c>
       <c r="B455">
         <v>0</v>
       </c>
       <c r="C455">
-        <v>93.55</v>
+        <v>92.89</v>
       </c>
       <c r="D455">
-        <v>95.45999999999999</v>
+        <v>94.79000000000001</v>
       </c>
       <c r="E455">
-        <v>97.37</v>
+        <v>96.69</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>459</v>
       </c>
       <c r="B456">
         <v>0</v>
       </c>
       <c r="C456">
-        <v>84.66</v>
+        <v>84</v>
       </c>
       <c r="D456">
-        <v>86.39</v>
+        <v>85.70999999999999</v>
       </c>
       <c r="E456">
-        <v>88.12</v>
+        <v>87.42</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>460</v>
       </c>
       <c r="B457">
         <v>0</v>
       </c>
       <c r="C457">
-        <v>97.98999999999999</v>
+        <v>99.20999999999999</v>
       </c>
       <c r="D457">
-        <v>99.98999999999999</v>
+        <v>101.23</v>
       </c>
       <c r="E457">
-        <v>101.99</v>
+        <v>103.25</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>461</v>
       </c>
       <c r="B458">
         <v>0</v>
       </c>
       <c r="C458">
-        <v>99.38</v>
+        <v>101.63</v>
       </c>
       <c r="D458">
-        <v>101.41</v>
+        <v>103.7</v>
       </c>
       <c r="E458">
-        <v>103.44</v>
+        <v>105.77</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>462</v>
       </c>
       <c r="B459">
         <v>0</v>
       </c>
       <c r="C459">
-        <v>102.11</v>
+        <v>104.53</v>
       </c>
       <c r="D459">
-        <v>104.19</v>
+        <v>106.66</v>
       </c>
       <c r="E459">
-        <v>106.27</v>
+        <v>108.79</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>463</v>
       </c>
       <c r="B460">
         <v>0</v>
       </c>
       <c r="C460">
-        <v>105.11</v>
+        <v>102.53</v>
       </c>
       <c r="D460">
-        <v>107.25</v>
+        <v>104.62</v>
       </c>
       <c r="E460">
-        <v>109.4</v>
+        <v>106.71</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>464</v>
       </c>
       <c r="B461">
         <v>0</v>
       </c>
       <c r="C461">
-        <v>103.59</v>
+        <v>97.98</v>
       </c>
       <c r="D461">
-        <v>105.7</v>
+        <v>99.98</v>
       </c>
       <c r="E461">
-        <v>107.81</v>
+        <v>101.98</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>465</v>
       </c>
       <c r="B462">
         <v>0</v>
       </c>
       <c r="C462">
-        <v>97.93000000000001</v>
+        <v>99.28</v>
       </c>
       <c r="D462">
-        <v>99.93000000000001</v>
+        <v>101.31</v>
       </c>
       <c r="E462">
-        <v>101.93</v>
+        <v>103.34</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>466</v>
       </c>
       <c r="B463">
         <v>0</v>
       </c>
       <c r="C463">
-        <v>99.45999999999999</v>
+        <v>101.87</v>
       </c>
       <c r="D463">
-        <v>101.49</v>
+        <v>103.95</v>
       </c>
       <c r="E463">
-        <v>103.52</v>
+        <v>106.03</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>467</v>
       </c>
       <c r="B464">
         <v>0</v>
       </c>
       <c r="C464">
-        <v>102.39</v>
+        <v>104.38</v>
       </c>
       <c r="D464">
-        <v>104.48</v>
+        <v>106.51</v>
       </c>
       <c r="E464">
-        <v>106.57</v>
+        <v>108.64</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>468</v>
       </c>
       <c r="B465">
         <v>0</v>
       </c>
       <c r="C465">
-        <v>104.93</v>
+        <v>103.18</v>
       </c>
       <c r="D465">
-        <v>107.07</v>
+        <v>105.29</v>
       </c>
       <c r="E465">
-        <v>109.21</v>
+        <v>107.4</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>469</v>
       </c>
       <c r="B466">
         <v>0</v>
       </c>
       <c r="C466">
-        <v>103.79</v>
+        <v>85.65000000000001</v>
       </c>
       <c r="D466">
-        <v>105.91</v>
+        <v>87.40000000000001</v>
       </c>
       <c r="E466">
-        <v>108.03</v>
+        <v>89.15000000000001</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>470</v>
       </c>
       <c r="B467">
         <v>0</v>
       </c>
       <c r="C467">
-        <v>86.44</v>
+        <v>97.92</v>
       </c>
       <c r="D467">
-        <v>88.2</v>
+        <v>99.92</v>
       </c>
       <c r="E467">
-        <v>89.95999999999999</v>
+        <v>101.92</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
         <v>471</v>
       </c>
       <c r="B468">
         <v>0</v>
       </c>
       <c r="C468">
-        <v>97.88</v>
+        <v>99.36</v>
       </c>
       <c r="D468">
-        <v>99.88</v>
+        <v>101.39</v>
       </c>
       <c r="E468">
-        <v>101.88</v>
+        <v>103.42</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>472</v>
       </c>
       <c r="B469">
         <v>0</v>
       </c>
       <c r="C469">
-        <v>99.55</v>
+        <v>102.16</v>
       </c>
       <c r="D469">
-        <v>101.58</v>
+        <v>104.24</v>
       </c>
       <c r="E469">
-        <v>103.61</v>
+        <v>106.32</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>473</v>
       </c>
       <c r="B470">
         <v>0</v>
       </c>
       <c r="C470">
-        <v>102.71</v>
+        <v>104.53</v>
       </c>
       <c r="D470">
-        <v>104.81</v>
+        <v>106.66</v>
       </c>
       <c r="E470">
-        <v>106.91</v>
+        <v>108.79</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>474</v>
       </c>
       <c r="B471">
         <v>0</v>
       </c>
       <c r="C471">
-        <v>105.08</v>
+        <v>104.38</v>
       </c>
       <c r="D471">
-        <v>107.22</v>
+        <v>106.51</v>
       </c>
       <c r="E471">
-        <v>109.36</v>
+        <v>108.64</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>475</v>
       </c>
       <c r="B472">
         <v>0</v>
       </c>
       <c r="C472">
-        <v>105.05</v>
+        <v>106.59</v>
       </c>
       <c r="D472">
-        <v>107.19</v>
+        <v>108.77</v>
       </c>
       <c r="E472">
-        <v>109.33</v>
+        <v>110.95</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>476</v>
       </c>
       <c r="B473">
         <v>0</v>
       </c>
       <c r="C473">
-        <v>107.17</v>
+        <v>97.17</v>
       </c>
       <c r="D473">
-        <v>109.36</v>
+        <v>99.15000000000001</v>
       </c>
       <c r="E473">
-        <v>111.55</v>
+        <v>101.13</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>477</v>
       </c>
       <c r="B474">
         <v>0</v>
       </c>
       <c r="C474">
-        <v>97.95999999999999</v>
+        <v>107.58</v>
       </c>
       <c r="D474">
-        <v>99.95999999999999</v>
+        <v>109.78</v>
       </c>
       <c r="E474">
-        <v>101.96</v>
+        <v>111.98</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>478</v>
       </c>
       <c r="B475">
         <v>0</v>
       </c>
       <c r="C475">
-        <v>108.52</v>
+        <v>110.73</v>
       </c>
       <c r="D475">
-        <v>110.73</v>
+        <v>112.99</v>
       </c>
       <c r="E475">
-        <v>112.94</v>
+        <v>115.25</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>479</v>
       </c>
       <c r="B476">
         <v>0</v>
       </c>
       <c r="C476">
-        <v>111.6</v>
+        <v>111.09</v>
       </c>
       <c r="D476">
-        <v>113.88</v>
+        <v>113.36</v>
       </c>
       <c r="E476">
-        <v>116.16</v>
+        <v>115.63</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>480</v>
       </c>
       <c r="B477">
         <v>0</v>
       </c>
       <c r="C477">
-        <v>112.3</v>
+        <v>89.42</v>
       </c>
       <c r="D477">
-        <v>114.59</v>
+        <v>91.23999999999999</v>
       </c>
       <c r="E477">
-        <v>116.88</v>
+        <v>93.06</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>481</v>
       </c>
       <c r="B478">
         <v>0</v>
       </c>
       <c r="C478">
-        <v>90.47</v>
+        <v>104.55</v>
       </c>
       <c r="D478">
-        <v>92.31999999999999</v>
+        <v>106.68</v>
       </c>
       <c r="E478">
-        <v>94.17</v>
+        <v>108.81</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>482</v>
       </c>
       <c r="B479">
         <v>0</v>
       </c>
       <c r="C479">
-        <v>105.21</v>
+        <v>106.76</v>
       </c>
       <c r="D479">
-        <v>107.36</v>
+        <v>108.94</v>
       </c>
       <c r="E479">
-        <v>109.51</v>
+        <v>111.12</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>483</v>
       </c>
       <c r="B480">
         <v>0</v>
       </c>
       <c r="C480">
-        <v>107.33</v>
+        <v>95.75</v>
       </c>
       <c r="D480">
-        <v>109.52</v>
+        <v>97.7</v>
       </c>
       <c r="E480">
-        <v>111.71</v>
+        <v>99.65000000000001</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>484</v>
       </c>
       <c r="B481">
         <v>0</v>
       </c>
       <c r="C481">
-        <v>96.09999999999999</v>
+        <v>97.16</v>
       </c>
       <c r="D481">
-        <v>98.06</v>
+        <v>99.14</v>
       </c>
       <c r="E481">
-        <v>100.02</v>
+        <v>101.12</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>485</v>
       </c>
       <c r="B482">
         <v>0</v>
       </c>
       <c r="C482">
-        <v>97.97</v>
+        <v>107.92</v>
       </c>
       <c r="D482">
-        <v>99.97</v>
+        <v>110.12</v>
       </c>
       <c r="E482">
-        <v>101.97</v>
+        <v>112.32</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
         <v>486</v>
       </c>
       <c r="B483">
         <v>0</v>
       </c>
       <c r="C483">
-        <v>108.85</v>
+        <v>111.34</v>
       </c>
       <c r="D483">
-        <v>111.07</v>
+        <v>113.61</v>
       </c>
       <c r="E483">
-        <v>113.29</v>
+        <v>115.88</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>487</v>
       </c>
       <c r="B484">
         <v>0</v>
       </c>
       <c r="C484">
-        <v>112.22</v>
+        <v>110.84</v>
       </c>
       <c r="D484">
-        <v>114.51</v>
+        <v>113.1</v>
       </c>
       <c r="E484">
-        <v>116.8</v>
+        <v>115.36</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>488</v>
       </c>
       <c r="B485">
         <v>0</v>
       </c>
       <c r="C485">
-        <v>112.23</v>
+        <v>104.78</v>
       </c>
       <c r="D485">
-        <v>114.52</v>
+        <v>106.92</v>
       </c>
       <c r="E485">
-        <v>116.81</v>
+        <v>109.06</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" t="s">
         <v>489</v>
       </c>
       <c r="B486">
         <v>0</v>
       </c>
       <c r="C486">
-        <v>105.46</v>
+        <v>106.95</v>
       </c>
       <c r="D486">
-        <v>107.61</v>
+        <v>109.13</v>
       </c>
       <c r="E486">
-        <v>109.76</v>
+        <v>111.31</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>490</v>
       </c>
       <c r="B487">
         <v>0</v>
       </c>
       <c r="C487">
-        <v>107.51</v>
+        <v>95.83</v>
       </c>
       <c r="D487">
-        <v>109.7</v>
+        <v>97.79000000000001</v>
       </c>
       <c r="E487">
-        <v>111.89</v>
+        <v>99.75</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>491</v>
       </c>
       <c r="B488">
         <v>0</v>
       </c>
       <c r="C488">
-        <v>96.28</v>
+        <v>97.27</v>
       </c>
       <c r="D488">
-        <v>98.23999999999999</v>
+        <v>99.26000000000001</v>
       </c>
       <c r="E488">
-        <v>100.2</v>
+        <v>101.25</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>492</v>
       </c>
       <c r="B489">
         <v>0</v>
       </c>
       <c r="C489">
-        <v>98.11</v>
+        <v>108.15</v>
       </c>
       <c r="D489">
-        <v>100.11</v>
+        <v>110.36</v>
       </c>
       <c r="E489">
-        <v>102.11</v>
+        <v>112.57</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>493</v>
       </c>
       <c r="B490">
         <v>0</v>
       </c>
       <c r="C490">
-        <v>109.08</v>
+        <v>111.44</v>
       </c>
       <c r="D490">
-        <v>111.31</v>
+        <v>113.71</v>
       </c>
       <c r="E490">
-        <v>113.54</v>
+        <v>115.98</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>494</v>
       </c>
       <c r="B491">
         <v>0</v>
       </c>
       <c r="C491">
-        <v>112.33</v>
+        <v>108.8</v>
       </c>
       <c r="D491">
-        <v>114.62</v>
+        <v>111.02</v>
       </c>
       <c r="E491">
-        <v>116.91</v>
+        <v>113.24</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>495</v>
       </c>
       <c r="B492">
         <v>0</v>
       </c>
       <c r="C492">
-        <v>111.15</v>
+        <v>81.14</v>
       </c>
       <c r="D492">
-        <v>113.42</v>
+        <v>82.8</v>
       </c>
       <c r="E492">
-        <v>115.69</v>
+        <v>84.45999999999999</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>496</v>
       </c>
       <c r="B493">
         <v>0</v>
       </c>
       <c r="C493">
-        <v>82.22</v>
+        <v>104.99</v>
       </c>
       <c r="D493">
-        <v>83.90000000000001</v>
+        <v>107.13</v>
       </c>
       <c r="E493">
-        <v>85.58</v>
+        <v>109.27</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>497</v>
       </c>
       <c r="B494">
         <v>0</v>
       </c>
       <c r="C494">
-        <v>105.64</v>
+        <v>102.85</v>
       </c>
       <c r="D494">
-        <v>107.8</v>
+        <v>104.95</v>
       </c>
       <c r="E494">
-        <v>109.96</v>
+        <v>107.05</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>498</v>
       </c>
       <c r="B495">
         <v>0</v>
       </c>
       <c r="C495">
-        <v>103.36</v>
+        <v>95.84999999999999</v>
       </c>
       <c r="D495">
-        <v>105.47</v>
+        <v>97.81</v>
       </c>
       <c r="E495">
-        <v>107.58</v>
+        <v>99.77</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>499</v>
       </c>
       <c r="B496">
         <v>0</v>
       </c>
       <c r="C496">
-        <v>96.39</v>
+        <v>97.36</v>
       </c>
       <c r="D496">
-        <v>98.36</v>
+        <v>99.34999999999999</v>
       </c>
       <c r="E496">
-        <v>100.33</v>
+        <v>101.34</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>500</v>
       </c>
       <c r="B497">
         <v>0</v>
       </c>
       <c r="C497">
-        <v>98.2</v>
+        <v>108.44</v>
       </c>
       <c r="D497">
-        <v>100.2</v>
+        <v>110.65</v>
       </c>
       <c r="E497">
-        <v>102.2</v>
+        <v>112.86</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" t="s">
         <v>501</v>
       </c>
       <c r="B498">
         <v>0</v>
       </c>
       <c r="C498">
-        <v>109.35</v>
+        <v>111.53</v>
       </c>
       <c r="D498">
-        <v>111.58</v>
+        <v>113.81</v>
       </c>
       <c r="E498">
-        <v>113.81</v>
+        <v>116.09</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" t="s">
         <v>502</v>
       </c>
       <c r="B499">
         <v>0</v>
       </c>
       <c r="C499">
-        <v>112.41</v>
+        <v>107.79</v>
       </c>
       <c r="D499">
-        <v>114.7</v>
+        <v>109.99</v>
       </c>
       <c r="E499">
-        <v>116.99</v>
+        <v>112.19</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" t="s">
         <v>503</v>
       </c>
       <c r="B500">
         <v>0</v>
       </c>
       <c r="C500">
-        <v>110.85</v>
+        <v>87.52</v>
       </c>
       <c r="D500">
-        <v>113.11</v>
+        <v>89.31</v>
       </c>
       <c r="E500">
-        <v>115.37</v>
+        <v>91.09999999999999</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" t="s">
         <v>504</v>
       </c>
       <c r="B501">
         <v>0</v>
       </c>
       <c r="C501">
-        <v>89.05</v>
+        <v>105.21</v>
       </c>
       <c r="D501">
-        <v>90.87</v>
+        <v>107.36</v>
       </c>
       <c r="E501">
-        <v>92.69</v>
+        <v>109.51</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>505</v>
       </c>
       <c r="B502">
         <v>0</v>
       </c>
       <c r="C502">
-        <v>105.86</v>
+        <v>101.66</v>
       </c>
       <c r="D502">
-        <v>108.02</v>
+        <v>103.73</v>
       </c>
       <c r="E502">
-        <v>110.18</v>
+        <v>105.8</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>506</v>
       </c>
       <c r="B503">
         <v>0</v>
       </c>
       <c r="C503">
-        <v>102.27</v>
+        <v>95.89</v>
       </c>
       <c r="D503">
-        <v>104.36</v>
+        <v>97.84999999999999</v>
       </c>
       <c r="E503">
-        <v>106.45</v>
+        <v>99.81</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>507</v>
       </c>
       <c r="B504">
         <v>0</v>
       </c>
       <c r="C504">
-        <v>96.48999999999999</v>
+        <v>97.34</v>
       </c>
       <c r="D504">
-        <v>98.45999999999999</v>
+        <v>99.33</v>
       </c>
       <c r="E504">
-        <v>100.43</v>
+        <v>101.32</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>508</v>
       </c>
       <c r="B505">
         <v>0</v>
       </c>
       <c r="C505">
-        <v>98.19</v>
+        <v>108.67</v>
       </c>
       <c r="D505">
-        <v>100.19</v>
+        <v>110.89</v>
       </c>
       <c r="E505">
-        <v>102.19</v>
+        <v>113.11</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" t="s">
         <v>509</v>
       </c>
       <c r="B506">
         <v>0</v>
       </c>
       <c r="C506">
-        <v>109.57</v>
+        <v>111.57</v>
       </c>
       <c r="D506">
-        <v>111.81</v>
+        <v>113.85</v>
       </c>
       <c r="E506">
-        <v>114.05</v>
+        <v>116.13</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" t="s">
         <v>510</v>
       </c>
       <c r="B507">
         <v>0</v>
       </c>
       <c r="C507">
-        <v>112.44</v>
+        <v>108.15</v>
       </c>
       <c r="D507">
-        <v>114.73</v>
+        <v>110.36</v>
       </c>
       <c r="E507">
-        <v>117.02</v>
+        <v>112.57</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" t="s">
         <v>511</v>
       </c>
       <c r="B508">
         <v>0</v>
       </c>
       <c r="C508">
-        <v>111.46</v>
+        <v>91.95</v>
       </c>
       <c r="D508">
-        <v>113.73</v>
+        <v>93.83</v>
       </c>
       <c r="E508">
-        <v>116</v>
+        <v>95.70999999999999</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" t="s">
         <v>512</v>
       </c>
       <c r="B509">
         <v>0</v>
       </c>
       <c r="C509">
-        <v>94.47</v>
+        <v>111.21</v>
       </c>
       <c r="D509">
-        <v>96.40000000000001</v>
+        <v>113.48</v>
       </c>
       <c r="E509">
-        <v>98.33</v>
+        <v>115.75</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
         <v>513</v>
       </c>
       <c r="B510">
         <v>0</v>
       </c>
       <c r="C510">
-        <v>116.03</v>
+        <v>105.31</v>
       </c>
       <c r="D510">
-        <v>118.4</v>
+        <v>107.46</v>
       </c>
       <c r="E510">
-        <v>120.77</v>
+        <v>109.61</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>514</v>
       </c>
       <c r="B511">
         <v>0</v>
       </c>
       <c r="C511">
-        <v>105.95</v>
+        <v>98.54000000000001</v>
       </c>
       <c r="D511">
-        <v>108.11</v>
+        <v>100.55</v>
       </c>
       <c r="E511">
-        <v>110.27</v>
+        <v>102.56</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>515</v>
       </c>
       <c r="B512">
         <v>0</v>
       </c>
       <c r="C512">
-        <v>99.25</v>
+        <v>95.65000000000001</v>
       </c>
       <c r="D512">
-        <v>101.28</v>
+        <v>97.59999999999999</v>
       </c>
       <c r="E512">
-        <v>103.31</v>
+        <v>99.55</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>516</v>
       </c>
       <c r="B513">
         <v>0</v>
       </c>
       <c r="C513">
-        <v>96.29000000000001</v>
+        <v>97.31999999999999</v>
       </c>
       <c r="D513">
-        <v>98.25</v>
+        <v>99.31</v>
       </c>
       <c r="E513">
-        <v>100.22</v>
+        <v>101.3</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>517</v>
       </c>
       <c r="B514">
         <v>0</v>
       </c>
       <c r="C514">
-        <v>98.17</v>
+        <v>108.84</v>
       </c>
       <c r="D514">
-        <v>100.17</v>
+        <v>111.06</v>
       </c>
       <c r="E514">
-        <v>102.17</v>
+        <v>113.28</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>518</v>
       </c>
       <c r="B515">
         <v>0</v>
       </c>
       <c r="C515">
-        <v>109.73</v>
+        <v>111.69</v>
       </c>
       <c r="D515">
-        <v>111.97</v>
+        <v>113.97</v>
       </c>
       <c r="E515">
-        <v>114.21</v>
+        <v>116.25</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>519</v>
       </c>
       <c r="B516">
         <v>0</v>
       </c>
       <c r="C516">
-        <v>112.56</v>
+        <v>108.33</v>
       </c>
       <c r="D516">
-        <v>114.86</v>
+        <v>110.54</v>
       </c>
       <c r="E516">
-        <v>117.16</v>
+        <v>112.75</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>520</v>
       </c>
       <c r="B517">
         <v>0</v>
       </c>
       <c r="C517">
-        <v>111.78</v>
+        <v>92.77</v>
       </c>
       <c r="D517">
-        <v>114.06</v>
+        <v>94.66</v>
       </c>
       <c r="E517">
-        <v>116.34</v>
+        <v>96.55</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>521</v>
       </c>
       <c r="B518">
         <v>0</v>
       </c>
       <c r="C518">
-        <v>95.16</v>
+        <v>91.75</v>
       </c>
       <c r="D518">
-        <v>97.09999999999999</v>
+        <v>93.62</v>
       </c>
       <c r="E518">
-        <v>99.04000000000001</v>
+        <v>95.48999999999999</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>522</v>
       </c>
       <c r="B519">
         <v>0</v>
       </c>
       <c r="C519">
-        <v>92.48</v>
+        <v>68.81</v>
       </c>
       <c r="D519">
-        <v>94.37</v>
+        <v>70.20999999999999</v>
       </c>
       <c r="E519">
-        <v>96.26000000000001</v>
+        <v>71.61</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>523</v>
       </c>
       <c r="B520">
         <v>0</v>
       </c>
       <c r="C520">
-        <v>69.88</v>
+        <v>88.04000000000001</v>
       </c>
       <c r="D520">
-        <v>71.31</v>
+        <v>89.84</v>
       </c>
       <c r="E520">
-        <v>72.73999999999999</v>
+        <v>91.64</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>524</v>
       </c>
       <c r="B521">
         <v>0</v>
       </c>
       <c r="C521">
-        <v>89.12</v>
+        <v>107.43</v>
       </c>
       <c r="D521">
-        <v>90.94</v>
+        <v>109.62</v>
       </c>
       <c r="E521">
-        <v>92.76000000000001</v>
+        <v>111.81</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>525</v>
       </c>
       <c r="B522">
         <v>0</v>
       </c>
       <c r="C522">
-        <v>108.01</v>
+        <v>105.46</v>
       </c>
       <c r="D522">
-        <v>110.21</v>
+        <v>107.61</v>
       </c>
       <c r="E522">
-        <v>112.41</v>
+        <v>109.76</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>526</v>
       </c>
       <c r="B523">
         <v>0</v>
       </c>
       <c r="C523">
-        <v>106.1</v>
+        <v>95.04000000000001</v>
       </c>
       <c r="D523">
-        <v>108.27</v>
+        <v>96.98</v>
       </c>
       <c r="E523">
-        <v>110.44</v>
+        <v>98.92</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>527</v>
       </c>
       <c r="B524">
         <v>0</v>
       </c>
       <c r="C524">
-        <v>95.88</v>
+        <v>95.79000000000001</v>
       </c>
       <c r="D524">
-        <v>97.84</v>
+        <v>97.73999999999999</v>
       </c>
       <c r="E524">
-        <v>99.8</v>
+        <v>99.69</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>528</v>
       </c>
       <c r="B525">
         <v>0</v>
       </c>
       <c r="C525">
-        <v>96.45</v>
+        <v>98.78</v>
       </c>
       <c r="D525">
-        <v>98.42</v>
+        <v>100.8</v>
       </c>
       <c r="E525">
-        <v>100.39</v>
+        <v>102.82</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>529</v>
       </c>
       <c r="B526">
         <v>0</v>
       </c>
       <c r="C526">
-        <v>99.65000000000001</v>
+        <v>108.92</v>
       </c>
       <c r="D526">
-        <v>101.68</v>
+        <v>111.14</v>
       </c>
       <c r="E526">
-        <v>103.71</v>
+        <v>113.36</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>530</v>
       </c>
       <c r="B527">
         <v>0</v>
       </c>
       <c r="C527">
-        <v>109.82</v>
+        <v>111.77</v>
       </c>
       <c r="D527">
-        <v>112.06</v>
+        <v>114.05</v>
       </c>
       <c r="E527">
-        <v>114.3</v>
+        <v>116.33</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>531</v>
       </c>
       <c r="B528">
         <v>0</v>
       </c>
       <c r="C528">
-        <v>112.64</v>
+        <v>108.53</v>
       </c>
       <c r="D528">
-        <v>114.94</v>
+        <v>110.74</v>
       </c>
       <c r="E528">
-        <v>117.24</v>
+        <v>112.95</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>532</v>
       </c>
       <c r="B529">
         <v>0</v>
       </c>
       <c r="C529">
-        <v>111.77</v>
+        <v>100.92</v>
       </c>
       <c r="D529">
-        <v>114.05</v>
+        <v>102.98</v>
       </c>
       <c r="E529">
-        <v>116.33</v>
+        <v>105.04</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>533</v>
       </c>
       <c r="B530">
         <v>0</v>
       </c>
       <c r="C530">
-        <v>102.48</v>
+        <v>117.1</v>
       </c>
       <c r="D530">
-        <v>104.57</v>
+        <v>119.49</v>
       </c>
       <c r="E530">
-        <v>106.66</v>
+        <v>121.88</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>534</v>
       </c>
       <c r="B531">
         <v>0</v>
       </c>
       <c r="C531">
-        <v>120.81</v>
+        <v>107.06</v>
       </c>
       <c r="D531">
-        <v>123.28</v>
+        <v>109.24</v>
       </c>
       <c r="E531">
-        <v>125.75</v>
+        <v>111.42</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>535</v>
       </c>
       <c r="B532">
         <v>0</v>
       </c>
       <c r="C532">
-        <v>107.65</v>
+        <v>105.71</v>
       </c>
       <c r="D532">
-        <v>109.85</v>
+        <v>107.87</v>
       </c>
       <c r="E532">
-        <v>112.05</v>
+        <v>110.03</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>536</v>
       </c>
       <c r="B533">
         <v>0</v>
       </c>
       <c r="C533">
-        <v>106.35</v>
+        <v>93.68000000000001</v>
       </c>
       <c r="D533">
-        <v>108.52</v>
+        <v>95.59</v>
       </c>
       <c r="E533">
-        <v>110.69</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>537</v>
       </c>
       <c r="B534">
         <v>0</v>
       </c>
       <c r="C534">
-        <v>94.65000000000001</v>
+        <v>95.86</v>
       </c>
       <c r="D534">
-        <v>96.58</v>
+        <v>97.81999999999999</v>
       </c>
       <c r="E534">
-        <v>98.51000000000001</v>
+        <v>99.78</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>538</v>
       </c>
       <c r="B535">
         <v>0</v>
       </c>
       <c r="C535">
-        <v>96.56</v>
+        <v>99.86</v>
       </c>
       <c r="D535">
-        <v>98.53</v>
+        <v>101.9</v>
       </c>
       <c r="E535">
-        <v>100.5</v>
+        <v>103.94</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>539</v>
       </c>
       <c r="B536">
         <v>0</v>
       </c>
       <c r="C536">
-        <v>100.73</v>
+        <v>109.22</v>
       </c>
       <c r="D536">
-        <v>102.79</v>
+        <v>111.45</v>
       </c>
       <c r="E536">
-        <v>104.85</v>
+        <v>113.68</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>540</v>
       </c>
       <c r="B537">
         <v>0</v>
       </c>
       <c r="C537">
-        <v>110.11</v>
+        <v>111.88</v>
       </c>
       <c r="D537">
-        <v>112.36</v>
+        <v>114.16</v>
       </c>
       <c r="E537">
-        <v>114.61</v>
+        <v>116.44</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>541</v>
       </c>
       <c r="B538">
         <v>0</v>
       </c>
       <c r="C538">
-        <v>112.78</v>
+        <v>107.73</v>
       </c>
       <c r="D538">
-        <v>115.08</v>
+        <v>109.93</v>
       </c>
       <c r="E538">
-        <v>117.38</v>
+        <v>112.13</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>542</v>
       </c>
       <c r="B539">
         <v>0</v>
       </c>
       <c r="C539">
-        <v>110.71</v>
+        <v>95.09999999999999</v>
       </c>
       <c r="D539">
-        <v>112.97</v>
+        <v>97.04000000000001</v>
       </c>
       <c r="E539">
-        <v>115.23</v>
+        <v>98.98</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>543</v>
       </c>
       <c r="B540">
         <v>0</v>
       </c>
       <c r="C540">
-        <v>99.69</v>
+        <v>105.37</v>
       </c>
       <c r="D540">
-        <v>101.72</v>
+        <v>107.52</v>
       </c>
       <c r="E540">
-        <v>103.75</v>
+        <v>109.67</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>544</v>
       </c>
       <c r="B541">
         <v>0</v>
       </c>
       <c r="C541">
-        <v>105.95</v>
+        <v>105.92</v>
       </c>
       <c r="D541">
-        <v>108.11</v>
+        <v>108.08</v>
       </c>
       <c r="E541">
-        <v>110.27</v>
+        <v>110.24</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>545</v>
       </c>
       <c r="B542">
         <v>0</v>
       </c>
       <c r="C542">
-        <v>106.56</v>
+        <v>95.91</v>
       </c>
       <c r="D542">
-        <v>108.73</v>
+        <v>97.87</v>
       </c>
       <c r="E542">
-        <v>110.9</v>
+        <v>99.83</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>546</v>
       </c>
       <c r="B543">
         <v>0</v>
       </c>
       <c r="C543">
-        <v>96.63</v>
+        <v>102.48</v>
       </c>
       <c r="D543">
-        <v>98.59999999999999</v>
+        <v>104.57</v>
       </c>
       <c r="E543">
-        <v>100.57</v>
+        <v>106.66</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>547</v>
       </c>
       <c r="B544">
         <v>0</v>
       </c>
       <c r="C544">
-        <v>103.39</v>
+        <v>109.32</v>
       </c>
       <c r="D544">
-        <v>105.5</v>
+        <v>111.55</v>
       </c>
       <c r="E544">
-        <v>107.61</v>
+        <v>113.78</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>548</v>
       </c>
       <c r="B545">
         <v>0</v>
       </c>
       <c r="C545">
-        <v>110.2</v>
+        <v>111.97</v>
       </c>
       <c r="D545">
-        <v>112.45</v>
+        <v>114.25</v>
       </c>
       <c r="E545">
-        <v>114.7</v>
+        <v>116.54</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
         <v>549</v>
       </c>
       <c r="B546">
         <v>0</v>
       </c>
       <c r="C546">
-        <v>112.93</v>
+        <v>108.55</v>
       </c>
       <c r="D546">
-        <v>115.23</v>
+        <v>110.77</v>
       </c>
       <c r="E546">
-        <v>117.53</v>
+        <v>112.99</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" t="s">
         <v>550</v>
       </c>
       <c r="B547">
         <v>0</v>
       </c>
       <c r="C547">
-        <v>111.35</v>
+        <v>105.03</v>
       </c>
       <c r="D547">
-        <v>113.62</v>
+        <v>107.17</v>
       </c>
       <c r="E547">
-        <v>115.89</v>
+        <v>109.31</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>551</v>
       </c>
       <c r="B548">
         <v>0</v>
       </c>
       <c r="C548">
-        <v>105.6</v>
+        <v>106.11</v>
       </c>
       <c r="D548">
-        <v>107.76</v>
+        <v>108.28</v>
       </c>
       <c r="E548">
-        <v>109.92</v>
+        <v>110.45</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>552</v>
       </c>
       <c r="B549">
         <v>0</v>
       </c>
       <c r="C549">
-        <v>106.7</v>
+        <v>95.17</v>
       </c>
       <c r="D549">
-        <v>108.88</v>
+        <v>97.11</v>
       </c>
       <c r="E549">
-        <v>111.06</v>
+        <v>99.05</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>553</v>
       </c>
       <c r="B550">
         <v>0</v>
       </c>
       <c r="C550">
-        <v>96.11</v>
+        <v>95.90000000000001</v>
       </c>
       <c r="D550">
-        <v>98.06999999999999</v>
+        <v>97.86</v>
       </c>
       <c r="E550">
-        <v>100.03</v>
+        <v>99.81999999999999</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>554</v>
       </c>
       <c r="B551">
         <v>0</v>
       </c>
       <c r="C551">
-        <v>96.61</v>
+        <v>105.38</v>
       </c>
       <c r="D551">
-        <v>98.58</v>
+        <v>107.53</v>
       </c>
       <c r="E551">
-        <v>100.55</v>
+        <v>109.68</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>555</v>
       </c>
       <c r="B552">
         <v>0</v>
       </c>
       <c r="C552">
-        <v>106.29</v>
+        <v>109.42</v>
       </c>
       <c r="D552">
-        <v>108.46</v>
+        <v>111.65</v>
       </c>
       <c r="E552">
-        <v>110.63</v>
+        <v>113.88</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>556</v>
       </c>
       <c r="B553">
         <v>0</v>
       </c>
       <c r="C553">
-        <v>110.28</v>
+        <v>112.06</v>
       </c>
       <c r="D553">
-        <v>112.53</v>
+        <v>114.35</v>
       </c>
       <c r="E553">
-        <v>114.78</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>557</v>
       </c>
       <c r="B554">
         <v>0</v>
       </c>
       <c r="C554">
-        <v>113.06</v>
+        <v>108.97</v>
       </c>
       <c r="D554">
-        <v>115.37</v>
+        <v>111.19</v>
       </c>
       <c r="E554">
-        <v>117.68</v>
+        <v>113.41</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>558</v>
       </c>
       <c r="B555">
         <v>0</v>
       </c>
       <c r="C555">
-        <v>111.47</v>
+        <v>104.59</v>
       </c>
       <c r="D555">
-        <v>113.74</v>
+        <v>106.72</v>
       </c>
       <c r="E555">
-        <v>116.01</v>
+        <v>108.85</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>559</v>
       </c>
       <c r="B556">
         <v>0</v>
       </c>
       <c r="C556">
-        <v>105.18</v>
+        <v>106.29</v>
       </c>
       <c r="D556">
-        <v>107.33</v>
+        <v>108.46</v>
       </c>
       <c r="E556">
-        <v>109.48</v>
+        <v>110.63</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>560</v>
       </c>
       <c r="B557">
         <v>0</v>
       </c>
       <c r="C557">
-        <v>106.88</v>
+        <v>96.63</v>
       </c>
       <c r="D557">
-        <v>109.06</v>
+        <v>98.59999999999999</v>
       </c>
       <c r="E557">
-        <v>111.24</v>
+        <v>100.57</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>561</v>
       </c>
       <c r="B558">
         <v>0</v>
       </c>
       <c r="C558">
-        <v>97.37</v>
+        <v>105.43</v>
       </c>
       <c r="D558">
-        <v>99.36</v>
+        <v>107.58</v>
       </c>
       <c r="E558">
-        <v>101.35</v>
+        <v>109.73</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>562</v>
       </c>
       <c r="B559">
         <v>0</v>
       </c>
       <c r="C559">
-        <v>106.34</v>
+        <v>109.59</v>
       </c>
       <c r="D559">
-        <v>108.51</v>
+        <v>111.83</v>
       </c>
       <c r="E559">
-        <v>110.68</v>
+        <v>114.07</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>563</v>
       </c>
       <c r="B560">
         <v>0</v>
       </c>
       <c r="C560">
-        <v>110.46</v>
+        <v>111.34</v>
       </c>
       <c r="D560">
-        <v>112.71</v>
+        <v>113.61</v>
       </c>
       <c r="E560">
-        <v>114.96</v>
+        <v>115.88</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>564</v>
       </c>
       <c r="B561">
         <v>0</v>
       </c>
       <c r="C561">
-        <v>112.4</v>
+        <v>109.26</v>
       </c>
       <c r="D561">
-        <v>114.69</v>
+        <v>111.49</v>
       </c>
       <c r="E561">
-        <v>116.98</v>
+        <v>113.72</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>565</v>
       </c>
       <c r="B562">
         <v>0</v>
       </c>
       <c r="C562">
-        <v>111.56</v>
+        <v>90.69</v>
       </c>
       <c r="D562">
-        <v>113.84</v>
+        <v>92.54000000000001</v>
       </c>
       <c r="E562">
-        <v>116.12</v>
+        <v>94.39</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>566</v>
       </c>
       <c r="B563">
         <v>0</v>
       </c>
       <c r="C563">
-        <v>92.17</v>
+        <v>85.55</v>
       </c>
       <c r="D563">
-        <v>94.05</v>
+        <v>87.3</v>
       </c>
       <c r="E563">
-        <v>95.93000000000001</v>
+        <v>89.05</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>567</v>
       </c>
       <c r="B564">
         <v>0</v>
       </c>
       <c r="C564">
-        <v>87.67</v>
+        <v>104.39</v>
       </c>
       <c r="D564">
-        <v>89.45999999999999</v>
+        <v>106.52</v>
       </c>
       <c r="E564">
-        <v>91.25</v>
+        <v>108.65</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>568</v>
       </c>
       <c r="B565">
         <v>0</v>
       </c>
       <c r="C565">
-        <v>105.03</v>
+        <v>106.42</v>
       </c>
       <c r="D565">
-        <v>107.17</v>
+        <v>108.59</v>
       </c>
       <c r="E565">
-        <v>109.31</v>
+        <v>110.76</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>569</v>
       </c>
       <c r="B566">
         <v>0</v>
       </c>
       <c r="C566">
-        <v>107</v>
+        <v>95.84</v>
       </c>
       <c r="D566">
-        <v>109.18</v>
+        <v>97.8</v>
       </c>
       <c r="E566">
-        <v>111.36</v>
+        <v>99.76000000000001</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>570</v>
       </c>
       <c r="B567">
         <v>0</v>
       </c>
       <c r="C567">
-        <v>95.98999999999999</v>
+        <v>97.06999999999999</v>
       </c>
       <c r="D567">
-        <v>97.95</v>
+        <v>99.05</v>
       </c>
       <c r="E567">
-        <v>99.91</v>
+        <v>101.03</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>571</v>
       </c>
       <c r="B568">
         <v>0</v>
       </c>
       <c r="C568">
-        <v>97.83</v>
+        <v>105.5</v>
       </c>
       <c r="D568">
-        <v>99.83</v>
+        <v>107.65</v>
       </c>
       <c r="E568">
-        <v>101.83</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>572</v>
       </c>
       <c r="B569">
         <v>0</v>
       </c>
       <c r="C569">
-        <v>106.41</v>
+        <v>110.15</v>
       </c>
       <c r="D569">
-        <v>108.58</v>
+        <v>112.4</v>
       </c>
       <c r="E569">
-        <v>110.75</v>
+        <v>114.65</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>573</v>
       </c>
       <c r="B570">
         <v>0</v>
       </c>
       <c r="C570">
-        <v>111.02</v>
+        <v>111.4</v>
       </c>
       <c r="D570">
-        <v>113.29</v>
+        <v>113.67</v>
       </c>
       <c r="E570">
-        <v>115.56</v>
+        <v>115.94</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>574</v>
       </c>
       <c r="B571">
         <v>0</v>
       </c>
       <c r="C571">
-        <v>112.52</v>
+        <v>90.06</v>
       </c>
       <c r="D571">
-        <v>114.82</v>
+        <v>91.90000000000001</v>
       </c>
       <c r="E571">
-        <v>117.12</v>
+        <v>93.73999999999999</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>575</v>
       </c>
       <c r="B572">
         <v>0</v>
       </c>
       <c r="C572">
-        <v>91.03</v>
+        <v>98.3</v>
       </c>
       <c r="D572">
-        <v>92.89</v>
+        <v>100.31</v>
       </c>
       <c r="E572">
-        <v>94.75</v>
+        <v>102.32</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>576</v>
       </c>
       <c r="B573">
         <v>0</v>
       </c>
       <c r="C573">
-        <v>98.41</v>
+        <v>100.61</v>
       </c>
       <c r="D573">
-        <v>100.42</v>
+        <v>102.66</v>
       </c>
       <c r="E573">
-        <v>102.43</v>
+        <v>104.71</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>577</v>
       </c>
       <c r="B574">
         <v>0</v>
       </c>
       <c r="C574">
-        <v>100.86</v>
+        <v>99.45</v>
       </c>
       <c r="D574">
-        <v>102.92</v>
+        <v>101.48</v>
       </c>
       <c r="E574">
-        <v>104.98</v>
+        <v>103.51</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>578</v>
       </c>
       <c r="B575">
         <v>0</v>
       </c>
       <c r="C575">
-        <v>99.65000000000001</v>
+        <v>99.79000000000001</v>
       </c>
       <c r="D575">
-        <v>101.68</v>
+        <v>101.83</v>
       </c>
       <c r="E575">
-        <v>103.71</v>
+        <v>103.87</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>579</v>
       </c>
       <c r="B576">
         <v>0</v>
       </c>
       <c r="C576">
-        <v>100.01</v>
+        <v>98.94</v>
       </c>
       <c r="D576">
-        <v>102.05</v>
+        <v>100.96</v>
       </c>
       <c r="E576">
-        <v>104.09</v>
+        <v>102.98</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>580</v>
       </c>
       <c r="B577">
         <v>0</v>
       </c>
       <c r="C577">
-        <v>99.13</v>
+        <v>101.18</v>
       </c>
       <c r="D577">
-        <v>101.15</v>
+        <v>103.24</v>
       </c>
       <c r="E577">
-        <v>103.17</v>
+        <v>105.3</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>581</v>
       </c>
       <c r="B578">
         <v>0</v>
       </c>
       <c r="C578">
-        <v>101.46</v>
+        <v>99.2</v>
       </c>
       <c r="D578">
-        <v>103.53</v>
+        <v>101.22</v>
       </c>
       <c r="E578">
-        <v>105.6</v>
+        <v>103.24</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>582</v>
       </c>
       <c r="B579">
         <v>0</v>
       </c>
       <c r="C579">
-        <v>99.37</v>
+        <v>101.04</v>
       </c>
       <c r="D579">
-        <v>101.4</v>
+        <v>103.1</v>
       </c>
       <c r="E579">
-        <v>103.43</v>
+        <v>105.16</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>583</v>
       </c>
       <c r="B580">
         <v>0</v>
       </c>
       <c r="C580">
-        <v>101.31</v>
+        <v>99.47</v>
       </c>
       <c r="D580">
-        <v>103.38</v>
+        <v>101.5</v>
       </c>
       <c r="E580">
-        <v>105.45</v>
+        <v>103.53</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>584</v>
       </c>
       <c r="B581">
         <v>0</v>
       </c>
       <c r="C581">
-        <v>99.69</v>
+        <v>101.59</v>
       </c>
       <c r="D581">
-        <v>101.72</v>
+        <v>103.66</v>
       </c>
       <c r="E581">
-        <v>103.75</v>
+        <v>105.73</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>585</v>
       </c>
       <c r="B582">
         <v>0</v>
       </c>
       <c r="C582">
-        <v>101.92</v>
+        <v>100.72</v>
       </c>
       <c r="D582">
-        <v>104</v>
+        <v>102.78</v>
       </c>
       <c r="E582">
-        <v>106.08</v>
+        <v>104.84</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>586</v>
       </c>
       <c r="B583">
         <v>0</v>
       </c>
       <c r="C583">
-        <v>101.06</v>
+        <v>99.84</v>
       </c>
       <c r="D583">
-        <v>103.12</v>
+        <v>101.88</v>
       </c>
       <c r="E583">
-        <v>105.18</v>
+        <v>103.92</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>587</v>
       </c>
       <c r="B584">
         <v>0</v>
       </c>
       <c r="C584">
-        <v>100.08</v>
+        <v>98.59999999999999</v>
       </c>
       <c r="D584">
-        <v>102.12</v>
+        <v>100.61</v>
       </c>
       <c r="E584">
-        <v>104.16</v>
+        <v>102.62</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>588</v>
       </c>
       <c r="B585">
         <v>0</v>
       </c>
       <c r="C585">
-        <v>98.93000000000001</v>
+        <v>100.17</v>
       </c>
       <c r="D585">
-        <v>100.95</v>
+        <v>102.21</v>
       </c>
       <c r="E585">
-        <v>102.97</v>
+        <v>104.25</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>589</v>
       </c>
       <c r="B586">
         <v>0</v>
       </c>
       <c r="C586">
-        <v>100.43</v>
+        <v>98.02</v>
       </c>
       <c r="D586">
-        <v>102.48</v>
+        <v>100.02</v>
       </c>
       <c r="E586">
-        <v>104.53</v>
+        <v>102.02</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>590</v>
       </c>
       <c r="B587">
         <v>0</v>
       </c>
       <c r="C587">
-        <v>98.08</v>
+        <v>100.47</v>
       </c>
       <c r="D587">
-        <v>100.08</v>
+        <v>102.52</v>
       </c>
       <c r="E587">
-        <v>102.08</v>
+        <v>104.57</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>591</v>
       </c>
       <c r="B588">
         <v>0</v>
       </c>
       <c r="C588">
-        <v>100.71</v>
+        <v>95.02</v>
       </c>
       <c r="D588">
-        <v>102.77</v>
+        <v>96.95999999999999</v>
       </c>
       <c r="E588">
-        <v>104.83</v>
+        <v>98.90000000000001</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>592</v>
       </c>
       <c r="B589">
         <v>0</v>
       </c>
       <c r="C589">
-        <v>95.42</v>
+        <v>100.34</v>
       </c>
       <c r="D589">
-        <v>97.37</v>
+        <v>102.39</v>
       </c>
       <c r="E589">
-        <v>99.31999999999999</v>
+        <v>104.44</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>593</v>
       </c>
       <c r="B590">
         <v>0</v>
       </c>
       <c r="C590">
-        <v>100.71</v>
+        <v>96.06</v>
       </c>
       <c r="D590">
-        <v>102.77</v>
+        <v>98.02</v>
       </c>
       <c r="E590">
-        <v>104.83</v>
+        <v>99.98</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>594</v>
       </c>
       <c r="B591">
         <v>0</v>
       </c>
       <c r="C591">
-        <v>95.8</v>
+        <v>93.72</v>
       </c>
       <c r="D591">
-        <v>97.75</v>
+        <v>95.63</v>
       </c>
       <c r="E591">
-        <v>99.70999999999999</v>
+        <v>97.54000000000001</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>595</v>
       </c>
       <c r="B592">
         <v>0</v>
       </c>
       <c r="C592">
-        <v>93.68000000000001</v>
+        <v>94.70999999999999</v>
       </c>
       <c r="D592">
-        <v>95.59</v>
+        <v>96.64</v>
       </c>
       <c r="E592">
-        <v>97.5</v>
+        <v>98.56999999999999</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>596</v>
       </c>
       <c r="B593">
         <v>0</v>
       </c>
       <c r="C593">
-        <v>95.12</v>
+        <v>104.62</v>
       </c>
       <c r="D593">
-        <v>97.06</v>
+        <v>106.75</v>
       </c>
       <c r="E593">
-        <v>99</v>
+        <v>108.89</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>597</v>
       </c>
       <c r="B594">
         <v>0</v>
       </c>
       <c r="C594">
-        <v>105.11</v>
+        <v>107.07</v>
       </c>
       <c r="D594">
-        <v>107.26</v>
+        <v>109.25</v>
       </c>
       <c r="E594">
-        <v>109.41</v>
+        <v>111.44</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>598</v>
       </c>
       <c r="B595">
         <v>0</v>
       </c>
       <c r="C595">
-        <v>107.73</v>
+        <v>95.19</v>
       </c>
       <c r="D595">
-        <v>109.93</v>
+        <v>97.13</v>
       </c>
       <c r="E595">
-        <v>112.13</v>
+        <v>99.06999999999999</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>599</v>
       </c>
       <c r="B596">
         <v>0</v>
       </c>
       <c r="C596">
-        <v>95.27</v>
+        <v>105.47</v>
       </c>
       <c r="D596">
-        <v>97.20999999999999</v>
+        <v>107.62</v>
       </c>
       <c r="E596">
-        <v>99.15000000000001</v>
+        <v>109.77</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>600</v>
       </c>
       <c r="B597">
         <v>0</v>
       </c>
       <c r="C597">
-        <v>106.09</v>
+        <v>94.64</v>
       </c>
       <c r="D597">
-        <v>108.25</v>
+        <v>96.56999999999999</v>
       </c>
       <c r="E597">
-        <v>110.42</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>601</v>
       </c>
       <c r="B598">
         <v>0</v>
       </c>
       <c r="C598">
-        <v>94.40000000000001</v>
+        <v>95.62</v>
       </c>
       <c r="D598">
-        <v>96.33</v>
+        <v>97.56999999999999</v>
       </c>
       <c r="E598">
-        <v>98.26000000000001</v>
+        <v>99.52</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" t="s">
         <v>602</v>
       </c>
       <c r="B599">
         <v>0</v>
       </c>
       <c r="C599">
-        <v>96.03</v>
+        <v>107.28</v>
       </c>
       <c r="D599">
-        <v>97.98999999999999</v>
+        <v>109.47</v>
       </c>
       <c r="E599">
-        <v>99.95</v>
+        <v>111.66</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" t="s">
         <v>603</v>
       </c>
       <c r="B600">
         <v>0</v>
       </c>
       <c r="C600">
-        <v>108.09</v>
+        <v>95.17</v>
       </c>
       <c r="D600">
-        <v>110.3</v>
+        <v>97.11</v>
       </c>
       <c r="E600">
-        <v>112.51</v>
+        <v>99.05</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>604</v>
       </c>
       <c r="B601">
         <v>0</v>
       </c>
       <c r="C601">
-        <v>95.31</v>
+        <v>96.09999999999999</v>
       </c>
       <c r="D601">
-        <v>97.26000000000001</v>
+        <v>98.06</v>
       </c>
       <c r="E601">
-        <v>99.20999999999999</v>
+        <v>100.02</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>605</v>
       </c>
       <c r="B602">
         <v>0</v>
       </c>
       <c r="C602">
-        <v>96.53</v>
+        <v>94.25</v>
       </c>
       <c r="D602">
-        <v>98.5</v>
+        <v>96.17</v>
       </c>
       <c r="E602">
-        <v>100.47</v>
+        <v>98.09</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>606</v>
       </c>
       <c r="B603">
         <v>0</v>
       </c>
       <c r="C603">
-        <v>94.09999999999999</v>
+        <v>96.3</v>
       </c>
       <c r="D603">
-        <v>96.02</v>
+        <v>98.27</v>
       </c>
       <c r="E603">
-        <v>97.94</v>
+        <v>100.24</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>607</v>
       </c>
       <c r="B604">
         <v>0</v>
       </c>
       <c r="C604">
-        <v>96.73999999999999</v>
+        <v>98.81999999999999</v>
       </c>
       <c r="D604">
-        <v>98.70999999999999</v>
+        <v>100.84</v>
       </c>
       <c r="E604">
-        <v>100.68</v>
+        <v>102.86</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>608</v>
       </c>
       <c r="B605">
         <v>0</v>
       </c>
       <c r="C605">
-        <v>99.56999999999999</v>
+        <v>104.9</v>
       </c>
       <c r="D605">
-        <v>101.6</v>
+        <v>107.04</v>
       </c>
       <c r="E605">
-        <v>103.63</v>
+        <v>109.18</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>609</v>
       </c>
       <c r="B606">
         <v>0</v>
       </c>
       <c r="C606">
-        <v>97.91</v>
+        <v>95.05</v>
       </c>
       <c r="D606">
-        <v>99.91</v>
+        <v>96.98999999999999</v>
       </c>
       <c r="E606">
-        <v>101.91</v>
+        <v>98.93000000000001</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>610</v>
       </c>
       <c r="B607">
         <v>0</v>
       </c>
       <c r="C607">
-        <v>106.37</v>
+        <v>94.48</v>
       </c>
       <c r="D607">
-        <v>108.54</v>
+        <v>96.41</v>
       </c>
       <c r="E607">
-        <v>110.71</v>
+        <v>98.34</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>611</v>
       </c>
       <c r="B608">
         <v>0</v>
       </c>
       <c r="C608">
-        <v>94.98999999999999</v>
+        <v>101.04</v>
       </c>
       <c r="D608">
-        <v>96.93000000000001</v>
+        <v>103.1</v>
       </c>
       <c r="E608">
-        <v>98.87</v>
+        <v>105.16</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>612</v>
       </c>
       <c r="B609">
         <v>0</v>
       </c>
       <c r="C609">
-        <v>94.79000000000001</v>
+        <v>97.47</v>
       </c>
       <c r="D609">
-        <v>96.72</v>
+        <v>99.45999999999999</v>
       </c>
       <c r="E609">
-        <v>98.65000000000001</v>
+        <v>101.45</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>613</v>
       </c>
       <c r="B610">
         <v>0</v>
       </c>
       <c r="C610">
-        <v>101.53</v>
+        <v>99.45999999999999</v>
       </c>
       <c r="D610">
-        <v>103.6</v>
+        <v>101.49</v>
       </c>
       <c r="E610">
-        <v>105.67</v>
+        <v>103.52</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>614</v>
       </c>
       <c r="B611">
         <v>0</v>
       </c>
       <c r="C611">
-        <v>97.18000000000001</v>
+        <v>106.43</v>
       </c>
       <c r="D611">
-        <v>99.16</v>
+        <v>108.6</v>
       </c>
       <c r="E611">
-        <v>101.14</v>
+        <v>110.77</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>615</v>
       </c>
       <c r="B612">
         <v>0</v>
       </c>
       <c r="C612">
-        <v>99.91</v>
+        <v>30.6</v>
       </c>
       <c r="D612">
-        <v>101.95</v>
+        <v>34</v>
       </c>
       <c r="E612">
-        <v>103.99</v>
+        <v>37.4</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>616</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>106.82</v>
+        <v>41.8</v>
       </c>
       <c r="D613">
-        <v>109</v>
+        <v>46.4</v>
       </c>
       <c r="E613">
-        <v>111.18</v>
+        <v>51</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>617</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>32.4</v>
+        <v>16.1</v>
       </c>
       <c r="D614">
-        <v>36</v>
+        <v>17.8</v>
       </c>
       <c r="E614">
-        <v>39.6</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" t="s">
         <v>618</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
-        <v>52.7</v>
+        <v>17.1</v>
       </c>
       <c r="D615">
-        <v>58.5</v>
+        <v>18.9</v>
       </c>
       <c r="E615">
-        <v>64.3</v>
+        <v>20.7</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>619</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
-        <v>17.7</v>
+        <v>2.7</v>
       </c>
       <c r="D616">
-        <v>19.6</v>
+        <v>3</v>
       </c>
       <c r="E616">
-        <v>21.5</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>620</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
-        <v>17.6</v>
+        <v>15.6</v>
       </c>
       <c r="D617">
-        <v>19.5</v>
+        <v>17.3</v>
       </c>
       <c r="E617">
-        <v>21.4</v>
+        <v>19</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>621</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
-        <v>3</v>
+        <v>1.5</v>
       </c>
       <c r="D618">
-        <v>3.3</v>
+        <v>1.6</v>
       </c>
       <c r="E618">
-        <v>3.6</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>622</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>16.2</v>
+        <v>8.9</v>
       </c>
       <c r="D619">
-        <v>17.9</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="E619">
-        <v>19.6</v>
+        <v>10.7</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>623</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
-        <v>1.8</v>
+        <v>4750</v>
       </c>
       <c r="D620">
-        <v>1.9</v>
+        <v>5000</v>
       </c>
       <c r="E620">
-        <v>2</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>624</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
-        <v>9.199999999999999</v>
+        <v>1.5</v>
       </c>
       <c r="D621">
-        <v>10.2</v>
+        <v>1.6</v>
       </c>
       <c r="E621">
-        <v>11.2</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>625</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
-        <v>4750</v>
+        <v>3.3</v>
       </c>
       <c r="D622">
-        <v>5000</v>
+        <v>3.6</v>
       </c>
       <c r="E622">
-        <v>5250</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>626</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
-        <v>2.1</v>
+        <v>28.6</v>
       </c>
       <c r="D623">
-        <v>2.3</v>
+        <v>31.7</v>
       </c>
       <c r="E623">
-        <v>2.5</v>
+        <v>34.8</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
         <v>627</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
-        <v>3.3</v>
+        <v>35.2</v>
       </c>
       <c r="D624">
-        <v>3.6</v>
+        <v>39.1</v>
       </c>
       <c r="E624">
-        <v>3.9</v>
+        <v>43</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" t="s">
         <v>628</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
-        <v>31.1</v>
+        <v>126.4</v>
       </c>
       <c r="D625">
-        <v>34.5</v>
+        <v>140.4</v>
       </c>
       <c r="E625">
-        <v>37.9</v>
+        <v>154.4</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" t="s">
         <v>629</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
-        <v>36.2</v>
+        <v>29.7</v>
       </c>
       <c r="D626">
-        <v>40.2</v>
+        <v>33</v>
       </c>
       <c r="E626">
-        <v>44.2</v>
+        <v>36.3</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" t="s">
         <v>630</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
-        <v>128.7</v>
+        <v>19.3</v>
       </c>
       <c r="D627">
-        <v>143</v>
+        <v>21.4</v>
       </c>
       <c r="E627">
-        <v>157.3</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" t="s">
         <v>631</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
-        <v>29.2</v>
+        <v>10.7</v>
       </c>
       <c r="D628">
-        <v>32.4</v>
+        <v>11.8</v>
       </c>
       <c r="E628">
-        <v>35.6</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" t="s">
         <v>632</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
-        <v>19.2</v>
+        <v>6.9</v>
       </c>
       <c r="D629">
-        <v>21.3</v>
+        <v>7.6</v>
       </c>
       <c r="E629">
-        <v>23.4</v>
+        <v>8.300000000000001</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" t="s">
         <v>633</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
-        <v>13.1</v>
+        <v>6.2</v>
       </c>
       <c r="D630">
-        <v>14.5</v>
+        <v>6.8</v>
       </c>
       <c r="E630">
-        <v>15.9</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
         <v>634</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
-        <v>6.3</v>
+        <v>8.1</v>
       </c>
       <c r="D631">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E631">
-        <v>7.7</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
         <v>635</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
-        <v>5.4</v>
+        <v>347.6</v>
       </c>
       <c r="D632">
-        <v>6</v>
+        <v>380.9</v>
       </c>
       <c r="E632">
-        <v>6.6</v>
+        <v>414.2</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" t="s">
         <v>636</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
-        <v>6.9</v>
+        <v>112.5</v>
       </c>
       <c r="D633">
-        <v>7.6</v>
+        <v>125</v>
       </c>
       <c r="E633">
-        <v>8.300000000000001</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" t="s">
         <v>637</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
-        <v>383.4</v>
+        <v>12.6</v>
       </c>
       <c r="D634">
-        <v>420.1</v>
+        <v>13.9</v>
       </c>
       <c r="E634">
-        <v>456.8</v>
+        <v>15.2</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" t="s">
         <v>638</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
-        <v>130.5</v>
+        <v>7.4</v>
       </c>
       <c r="D635">
-        <v>145</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="E635">
-        <v>159.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" t="s">
         <v>639</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
-        <v>10.5</v>
+        <v>21.9</v>
       </c>
       <c r="D636">
-        <v>11.6</v>
+        <v>24.3</v>
       </c>
       <c r="E636">
-        <v>12.7</v>
+        <v>26.7</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" t="s">
         <v>640</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
-        <v>7.9</v>
+        <v>13.6</v>
       </c>
       <c r="D637">
-        <v>8.699999999999999</v>
+        <v>15.1</v>
       </c>
       <c r="E637">
-        <v>9.5</v>
+        <v>16.6</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" t="s">
         <v>641</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
-        <v>21.9</v>
+        <v>3.5</v>
       </c>
       <c r="D638">
-        <v>24.3</v>
+        <v>3.8</v>
       </c>
       <c r="E638">
-        <v>26.7</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" t="s">
         <v>642</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
-        <v>15.3</v>
+        <v>4.7</v>
       </c>
       <c r="D639">
-        <v>17</v>
+        <v>5.2</v>
       </c>
       <c r="E639">
-        <v>18.7</v>
-[...33 lines deleted...]
-        <v>6.6</v>
+        <v>5.7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">