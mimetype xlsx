--- v1 (2025-10-30)
+++ v2 (2025-11-29)
@@ -1253,50 +1253,53 @@
   <si>
     <t>TB10Y0735</t>
   </si>
   <si>
     <t>TB10Y0829</t>
   </si>
   <si>
     <t>TB10Y0833</t>
   </si>
   <si>
     <t>TB10Y0932</t>
   </si>
   <si>
     <t>TB10Y1027</t>
   </si>
   <si>
     <t>TB10Y1030</t>
   </si>
   <si>
     <t>TB10Y1031</t>
   </si>
   <si>
     <t>TB10Y1128</t>
   </si>
   <si>
+    <t>TB10Y1135</t>
+  </si>
+  <si>
     <t>TB10Y1229</t>
   </si>
   <si>
     <t>TB10Y1232</t>
   </si>
   <si>
     <t>TB15Y0127</t>
   </si>
   <si>
     <t>TB15Y0128</t>
   </si>
   <si>
     <t>TB15Y0129</t>
   </si>
   <si>
     <t>TB15Y0226</t>
   </si>
   <si>
     <t>TB15Y0227</t>
   </si>
   <si>
     <t>TB15Y0228</t>
   </si>
   <si>
     <t>TB15Y0229</t>
@@ -1406,53 +1409,50 @@
   <si>
     <t>TB15Y0928</t>
   </si>
   <si>
     <t>TB15Y0929</t>
   </si>
   <si>
     <t>TB15Y0930</t>
   </si>
   <si>
     <t>TB15Y0933</t>
   </si>
   <si>
     <t>TB15Y1026</t>
   </si>
   <si>
     <t>TB15Y1027</t>
   </si>
   <si>
     <t>TB15Y1028</t>
   </si>
   <si>
     <t>TB15Y1029</t>
   </si>
   <si>
-    <t>TB15Y1125</t>
-[...1 lines deleted...]
-  <si>
     <t>TB15Y1126</t>
   </si>
   <si>
     <t>TB15Y1127</t>
   </si>
   <si>
     <t>TB15Y1128</t>
   </si>
   <si>
     <t>TB15Y1129</t>
   </si>
   <si>
     <t>TB15Y1133</t>
   </si>
   <si>
     <t>TB15Y1225</t>
   </si>
   <si>
     <t>TB15Y1226</t>
   </si>
   <si>
     <t>TB15Y1227</t>
   </si>
   <si>
     <t>TB15Y1228</t>
@@ -1781,54 +1781,54 @@
   <si>
     <t>TB2Y0526</t>
   </si>
   <si>
     <t>TB2Y0527</t>
   </si>
   <si>
     <t>TB2Y0626</t>
   </si>
   <si>
     <t>TB2Y0627</t>
   </si>
   <si>
     <t>TB2Y0727</t>
   </si>
   <si>
     <t>TB2Y0826</t>
   </si>
   <si>
     <t>TB2Y0927</t>
   </si>
   <si>
     <t>TB2Y1026</t>
   </si>
   <si>
-    <t>TB2Y1125</t>
-[...1 lines deleted...]
-  <si>
     <t>TB2Y1126</t>
+  </si>
+  <si>
+    <t>TB2Y1127</t>
   </si>
   <si>
     <t>TB5Y0128</t>
   </si>
   <si>
     <t>TB5Y0230</t>
   </si>
   <si>
     <t>TB5Y0326</t>
   </si>
   <si>
     <t>TB5Y0327</t>
   </si>
   <si>
     <t>TB5Y0428</t>
   </si>
   <si>
     <t>TB5Y0429</t>
   </si>
   <si>
     <t>TB5Y0430</t>
   </si>
   <si>
     <t>TB5Y0527</t>
   </si>
@@ -2332,2624 +2332,2624 @@
     <row r="1" spans="1:5" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
+        <v>2.5</v>
+      </c>
+      <c r="D2">
         <v>2.7</v>
       </c>
-      <c r="D2">
+      <c r="E2">
         <v>2.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.1</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
-        <v>19</v>
+        <v>16.1</v>
       </c>
       <c r="D3">
-        <v>21.1</v>
+        <v>17.8</v>
       </c>
       <c r="E3">
-        <v>23.2</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="C4">
-        <v>17.7</v>
+        <v>16.2</v>
       </c>
       <c r="D4">
-        <v>19.6</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>21.5</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>0</v>
       </c>
       <c r="C5">
-        <v>10.8</v>
+        <v>9.9</v>
       </c>
       <c r="D5">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E5">
-        <v>13.2</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
         <v>2.7</v>
       </c>
       <c r="D6">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="E6">
-        <v>3.3</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>0</v>
       </c>
       <c r="C7">
+        <v>4.3</v>
+      </c>
+      <c r="D7">
         <v>4.7</v>
       </c>
-      <c r="D7">
-[...1 lines deleted...]
-      </c>
       <c r="E7">
-        <v>5.7</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="C8">
-        <v>753</v>
+        <v>879</v>
       </c>
       <c r="D8">
-        <v>814</v>
+        <v>950</v>
       </c>
       <c r="E8">
-        <v>875</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
         <v>0</v>
       </c>
       <c r="C9">
-        <v>18.5</v>
+        <v>16.2</v>
       </c>
       <c r="D9">
-        <v>20.5</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>22.5</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="C10">
         <v>36.9</v>
       </c>
       <c r="D10">
         <v>41</v>
       </c>
       <c r="E10">
         <v>45.1</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>0</v>
       </c>
       <c r="C11">
-        <v>152.2</v>
+        <v>159.3</v>
       </c>
       <c r="D11">
-        <v>169.1</v>
+        <v>177</v>
       </c>
       <c r="E11">
-        <v>186</v>
+        <v>194.7</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
-        <v>127.8</v>
+        <v>121.5</v>
       </c>
       <c r="D12">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="E12">
-        <v>156.2</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="C13">
-        <v>67.5</v>
+        <v>65.7</v>
       </c>
       <c r="D13">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E13">
-        <v>82.5</v>
+        <v>80.3</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
         <v>0</v>
       </c>
       <c r="C14">
-        <v>13.8</v>
+        <v>14.1</v>
       </c>
       <c r="D14">
-        <v>15.3</v>
+        <v>15.6</v>
       </c>
       <c r="E14">
-        <v>16.8</v>
+        <v>17.1</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="C15">
-        <v>6.5</v>
+        <v>6.2</v>
       </c>
       <c r="D15">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
       <c r="E15">
-        <v>7.9</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>0</v>
       </c>
       <c r="C16">
-        <v>56.7</v>
+        <v>46.7</v>
       </c>
       <c r="D16">
-        <v>63</v>
+        <v>51.8</v>
       </c>
       <c r="E16">
-        <v>69.3</v>
+        <v>56.9</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>0</v>
       </c>
       <c r="C17">
-        <v>12.6</v>
+        <v>11.3</v>
       </c>
       <c r="D17">
-        <v>14</v>
+        <v>12.5</v>
       </c>
       <c r="E17">
-        <v>15.4</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>0</v>
       </c>
       <c r="C18">
-        <v>5.6</v>
+        <v>4.8</v>
       </c>
       <c r="D18">
-        <v>6.2</v>
+        <v>5.3</v>
       </c>
       <c r="E18">
-        <v>6.8</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>0</v>
       </c>
       <c r="C19">
-        <v>32.4</v>
+        <v>33.9</v>
       </c>
       <c r="D19">
-        <v>36</v>
+        <v>37.6</v>
       </c>
       <c r="E19">
-        <v>39.6</v>
+        <v>41.3</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>0</v>
       </c>
       <c r="C20">
-        <v>21.4</v>
+        <v>19.6</v>
       </c>
       <c r="D20">
-        <v>23.7</v>
+        <v>21.7</v>
       </c>
       <c r="E20">
-        <v>26</v>
+        <v>23.8</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
+        <v>3.4</v>
+      </c>
+      <c r="D21">
         <v>3.7</v>
       </c>
-      <c r="D21">
-[...1 lines deleted...]
-      </c>
       <c r="E21">
-        <v>4.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="C22">
-        <v>4370</v>
+        <v>3610</v>
       </c>
       <c r="D22">
-        <v>4600</v>
+        <v>3800</v>
       </c>
       <c r="E22">
-        <v>4830</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="C23">
-        <v>44.3</v>
+        <v>43.2</v>
       </c>
       <c r="D23">
-        <v>49.2</v>
+        <v>48</v>
       </c>
       <c r="E23">
-        <v>54.1</v>
+        <v>52.8</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="C24">
-        <v>13.5</v>
+        <v>15.1</v>
       </c>
       <c r="D24">
-        <v>15</v>
+        <v>16.7</v>
       </c>
       <c r="E24">
-        <v>16.5</v>
+        <v>18.3</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25">
-        <v>11.7</v>
+        <v>11.3</v>
       </c>
       <c r="D25">
-        <v>13</v>
+        <v>12.5</v>
       </c>
       <c r="E25">
-        <v>14.3</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
       <c r="C26">
-        <v>21.7</v>
+        <v>22.8</v>
       </c>
       <c r="D26">
-        <v>24.1</v>
+        <v>25.3</v>
       </c>
       <c r="E26">
-        <v>26.5</v>
+        <v>27.8</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="C27">
         <v>742.4</v>
       </c>
       <c r="D27">
         <v>802.5</v>
       </c>
       <c r="E27">
         <v>862.6</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="C28">
+        <v>190.1</v>
+      </c>
+      <c r="D28">
         <v>208.3</v>
       </c>
-      <c r="D28">
-[...1 lines deleted...]
-      </c>
       <c r="E28">
-        <v>248.1</v>
+        <v>226.5</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="C29">
         <v>28.1</v>
       </c>
       <c r="D29">
         <v>31.2</v>
       </c>
       <c r="E29">
         <v>34.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
+        <v>15.8</v>
+      </c>
+      <c r="D30">
         <v>17.5</v>
       </c>
-      <c r="D30">
-[...1 lines deleted...]
-      </c>
       <c r="E30">
-        <v>21.3</v>
+        <v>19.2</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="C31">
-        <v>79</v>
+        <v>87.09999999999999</v>
       </c>
       <c r="D31">
-        <v>87.7</v>
+        <v>96.7</v>
       </c>
       <c r="E31">
-        <v>96.40000000000001</v>
+        <v>106.3</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="C32">
-        <v>12.9</v>
+        <v>13.5</v>
       </c>
       <c r="D32">
-        <v>14.3</v>
+        <v>15</v>
       </c>
       <c r="E32">
-        <v>15.7</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="C33">
         <v>9</v>
       </c>
       <c r="D33">
         <v>10</v>
       </c>
       <c r="E33">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="C34">
-        <v>193.5</v>
+        <v>210.4</v>
       </c>
       <c r="D34">
-        <v>212</v>
+        <v>230.5</v>
       </c>
       <c r="E34">
-        <v>230.5</v>
+        <v>250.6</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="C35">
-        <v>174.6</v>
+        <v>173.7</v>
       </c>
       <c r="D35">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E35">
-        <v>213.4</v>
+        <v>212.3</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="C36">
-        <v>124.2</v>
+        <v>145.8</v>
       </c>
       <c r="D36">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="E36">
-        <v>151.8</v>
+        <v>178.2</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37">
-        <v>54</v>
+        <v>52.9</v>
       </c>
       <c r="D37">
-        <v>60</v>
+        <v>58.7</v>
       </c>
       <c r="E37">
-        <v>66</v>
+        <v>64.5</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="C38">
-        <v>5.8</v>
+        <v>4.5</v>
       </c>
       <c r="D38">
-        <v>6.4</v>
+        <v>5</v>
       </c>
       <c r="E38">
-        <v>7</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39">
-        <v>2.1</v>
+        <v>2.2</v>
       </c>
       <c r="D39">
-        <v>2.3</v>
+        <v>2.4</v>
       </c>
       <c r="E39">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40">
         <v>2672</v>
       </c>
       <c r="D40">
         <v>2812.5</v>
       </c>
       <c r="E40">
         <v>2953</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41">
-        <v>190.8</v>
+        <v>171</v>
       </c>
       <c r="D41">
+        <v>190</v>
+      </c>
+      <c r="E41">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>227.2</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42">
-        <v>9.300000000000001</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="D42">
-        <v>10.3</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="E42">
-        <v>11.3</v>
+        <v>10.1</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43">
-        <v>16.5</v>
+        <v>16.7</v>
       </c>
       <c r="D43">
-        <v>18.3</v>
+        <v>18.5</v>
       </c>
       <c r="E43">
-        <v>20.1</v>
+        <v>20.3</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
         <v>0</v>
       </c>
       <c r="C44">
-        <v>26.8</v>
+        <v>26.1</v>
       </c>
       <c r="D44">
-        <v>29.7</v>
+        <v>29</v>
       </c>
       <c r="E44">
-        <v>32.6</v>
+        <v>31.9</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45">
-        <v>29.8</v>
+        <v>29</v>
       </c>
       <c r="D45">
-        <v>33.1</v>
+        <v>32.2</v>
       </c>
       <c r="E45">
-        <v>36.4</v>
+        <v>35.4</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46">
-        <v>50.6</v>
+        <v>46.7</v>
       </c>
       <c r="D46">
-        <v>56.2</v>
+        <v>51.8</v>
       </c>
       <c r="E46">
-        <v>61.8</v>
+        <v>56.9</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47">
         <v>6.2</v>
       </c>
       <c r="D47">
         <v>6.8</v>
       </c>
       <c r="E47">
         <v>7.4</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="C48">
-        <v>50.3</v>
+        <v>39.6</v>
       </c>
       <c r="D48">
-        <v>55.8</v>
+        <v>44</v>
       </c>
       <c r="E48">
-        <v>61.3</v>
+        <v>48.4</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49">
-        <v>99</v>
+        <v>86.40000000000001</v>
       </c>
       <c r="D49">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="E49">
-        <v>121</v>
+        <v>105.6</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50">
         <v>4750</v>
       </c>
       <c r="D50">
         <v>5000</v>
       </c>
       <c r="E50">
         <v>5250</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51">
-        <v>16.1</v>
+        <v>16.7</v>
       </c>
       <c r="D51">
-        <v>17.8</v>
+        <v>18.5</v>
       </c>
       <c r="E51">
-        <v>19.5</v>
+        <v>20.3</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52">
-        <v>5.6</v>
+        <v>7.2</v>
       </c>
       <c r="D52">
-        <v>6.2</v>
+        <v>7.9</v>
       </c>
       <c r="E52">
-        <v>6.8</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53">
-        <v>832.5</v>
+        <v>770.6</v>
       </c>
       <c r="D53">
-        <v>900</v>
+        <v>833</v>
       </c>
       <c r="E53">
-        <v>967.5</v>
+        <v>895.4</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="C54">
-        <v>231.8</v>
+        <v>233.2</v>
       </c>
       <c r="D54">
-        <v>254</v>
+        <v>255.5</v>
       </c>
       <c r="E54">
-        <v>276.2</v>
+        <v>277.8</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55">
-        <v>3.6</v>
+        <v>2.8</v>
       </c>
       <c r="D55">
-        <v>3.9</v>
+        <v>3.1</v>
       </c>
       <c r="E55">
-        <v>4.2</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56">
-        <v>8.1</v>
+        <v>8</v>
       </c>
       <c r="D56">
-        <v>9</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="E56">
-        <v>9.9</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57">
         <v>13.6</v>
       </c>
       <c r="D57">
         <v>15.1</v>
       </c>
       <c r="E57">
         <v>16.6</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58">
         <v>33.9</v>
       </c>
       <c r="D58">
         <v>37.6</v>
       </c>
       <c r="E58">
         <v>41.3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
-        <v>23.3</v>
+        <v>24.7</v>
       </c>
       <c r="D59">
-        <v>25.8</v>
+        <v>27.4</v>
       </c>
       <c r="E59">
-        <v>28.3</v>
+        <v>30.1</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="C60">
-        <v>14.4</v>
+        <v>13.5</v>
       </c>
       <c r="D60">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E60">
-        <v>17.6</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61">
-        <v>119.7</v>
+        <v>103.5</v>
       </c>
       <c r="D61">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="E61">
-        <v>146.3</v>
+        <v>126.5</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
         <v>0</v>
       </c>
       <c r="C62">
-        <v>42.1</v>
+        <v>25.7</v>
       </c>
       <c r="D62">
-        <v>46.7</v>
+        <v>28.5</v>
       </c>
       <c r="E62">
-        <v>51.3</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
-        <v>9.6</v>
+        <v>9.5</v>
       </c>
       <c r="D63">
-        <v>10.6</v>
+        <v>10.5</v>
       </c>
       <c r="E63">
-        <v>11.6</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64">
-        <v>10.5</v>
+        <v>9.4</v>
       </c>
       <c r="D64">
-        <v>11.6</v>
+        <v>10.4</v>
       </c>
       <c r="E64">
-        <v>12.7</v>
+        <v>11.4</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="C65">
-        <v>8.1</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="D65">
-        <v>8.9</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="E65">
-        <v>9.699999999999999</v>
+        <v>10.1</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>69</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="C66">
-        <v>45.9</v>
+        <v>46.1</v>
       </c>
       <c r="D66">
-        <v>51</v>
+        <v>51.2</v>
       </c>
       <c r="E66">
-        <v>56.1</v>
+        <v>56.3</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67">
-        <v>104.4</v>
+        <v>99.59999999999999</v>
       </c>
       <c r="D67">
-        <v>116</v>
+        <v>110.6</v>
       </c>
       <c r="E67">
-        <v>127.6</v>
+        <v>121.6</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68">
-        <v>56.3</v>
+        <v>43.2</v>
       </c>
       <c r="D68">
-        <v>62.5</v>
+        <v>48</v>
       </c>
       <c r="E68">
-        <v>68.7</v>
+        <v>52.8</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="C69">
-        <v>15.9</v>
+        <v>16.2</v>
       </c>
       <c r="D69">
-        <v>17.6</v>
+        <v>18</v>
       </c>
       <c r="E69">
-        <v>19.3</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70">
-        <v>1331.3</v>
+        <v>1315.5</v>
       </c>
       <c r="D70">
-        <v>1420</v>
+        <v>1403.1</v>
       </c>
       <c r="E70">
-        <v>1508.7</v>
+        <v>1490.7</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="C71">
-        <v>12.8</v>
+        <v>12.9</v>
       </c>
       <c r="D71">
-        <v>14.2</v>
+        <v>14.3</v>
       </c>
       <c r="E71">
-        <v>15.6</v>
+        <v>15.7</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72">
-        <v>50.4</v>
+        <v>49.5</v>
       </c>
       <c r="D72">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E72">
-        <v>61.6</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
         <v>110.2</v>
       </c>
       <c r="C73">
         <v>110.2</v>
       </c>
       <c r="D73">
         <v>110.2</v>
       </c>
       <c r="E73">
         <v>121.2</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>77</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74">
-        <v>29.2</v>
+        <v>27.2</v>
       </c>
       <c r="D74">
-        <v>32.4</v>
+        <v>30.2</v>
       </c>
       <c r="E74">
-        <v>35.6</v>
+        <v>33.2</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="C75">
-        <v>2.9</v>
+        <v>2.7</v>
       </c>
       <c r="D75">
-        <v>3.2</v>
+        <v>3</v>
       </c>
       <c r="E75">
-        <v>3.5</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>79</v>
       </c>
       <c r="B76">
         <v>0</v>
       </c>
       <c r="C76">
-        <v>41.9</v>
+        <v>37.9</v>
       </c>
       <c r="D76">
-        <v>46.5</v>
+        <v>42.1</v>
       </c>
       <c r="E76">
-        <v>51.1</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>80</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="C77">
-        <v>23.5</v>
+        <v>23.3</v>
       </c>
       <c r="D77">
-        <v>26.1</v>
+        <v>25.8</v>
       </c>
       <c r="E77">
-        <v>28.7</v>
+        <v>28.3</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
         <v>0</v>
       </c>
       <c r="C78">
-        <v>11.7</v>
+        <v>15.5</v>
       </c>
       <c r="D78">
-        <v>12.9</v>
+        <v>17.2</v>
       </c>
       <c r="E78">
-        <v>14.1</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
         <v>0</v>
       </c>
       <c r="C79">
-        <v>62.2</v>
+        <v>59.6</v>
       </c>
       <c r="D79">
-        <v>69.09999999999999</v>
+        <v>66.2</v>
       </c>
       <c r="E79">
-        <v>76</v>
+        <v>72.8</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
         <v>0</v>
       </c>
       <c r="C80">
-        <v>99.40000000000001</v>
+        <v>96.40000000000001</v>
       </c>
       <c r="D80">
-        <v>110.4</v>
+        <v>107.1</v>
       </c>
       <c r="E80">
-        <v>121.4</v>
+        <v>117.8</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
         <v>0</v>
       </c>
       <c r="C81">
-        <v>117.5</v>
+        <v>119.7</v>
       </c>
       <c r="D81">
-        <v>130.5</v>
+        <v>133</v>
       </c>
       <c r="E81">
-        <v>143.5</v>
+        <v>146.3</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
         <v>0</v>
       </c>
       <c r="C82">
-        <v>75.8</v>
+        <v>68.90000000000001</v>
       </c>
       <c r="D82">
-        <v>84.2</v>
+        <v>76.5</v>
       </c>
       <c r="E82">
-        <v>92.59999999999999</v>
+        <v>84.09999999999999</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>0</v>
       </c>
       <c r="C83">
-        <v>61.3</v>
+        <v>56.7</v>
       </c>
       <c r="D83">
-        <v>68.09999999999999</v>
+        <v>62.9</v>
       </c>
       <c r="E83">
-        <v>74.90000000000001</v>
+        <v>69.09999999999999</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84">
         <v>0</v>
       </c>
       <c r="C84">
-        <v>104.4</v>
+        <v>98.90000000000001</v>
       </c>
       <c r="D84">
-        <v>116</v>
+        <v>109.8</v>
       </c>
       <c r="E84">
-        <v>127.6</v>
+        <v>120.7</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>88</v>
       </c>
       <c r="B85">
         <v>0</v>
       </c>
       <c r="C85">
-        <v>7.6</v>
+        <v>6.4</v>
       </c>
       <c r="D85">
-        <v>8.4</v>
+        <v>7.1</v>
       </c>
       <c r="E85">
-        <v>9.199999999999999</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>89</v>
       </c>
       <c r="B86">
         <v>0</v>
       </c>
       <c r="C86">
-        <v>8.5</v>
+        <v>9.9</v>
       </c>
       <c r="D86">
-        <v>9.4</v>
+        <v>11</v>
       </c>
       <c r="E86">
-        <v>10.3</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>90</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
       <c r="C87">
-        <v>8.4</v>
+        <v>6.2</v>
       </c>
       <c r="D87">
-        <v>9.300000000000001</v>
+        <v>6.8</v>
       </c>
       <c r="E87">
-        <v>10.2</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
         <v>998594</v>
       </c>
       <c r="D88">
         <v>1037500</v>
       </c>
       <c r="E88">
         <v>1076406</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89">
         <v>0</v>
       </c>
       <c r="C89">
         <v>36</v>
       </c>
       <c r="D89">
         <v>40</v>
       </c>
       <c r="E89">
         <v>44</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
       <c r="C90">
-        <v>7.7</v>
+        <v>8.4</v>
       </c>
       <c r="D90">
-        <v>8.5</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E90">
-        <v>9.300000000000001</v>
+        <v>10.2</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
       <c r="C91">
-        <v>22.2</v>
+        <v>22.3</v>
       </c>
       <c r="D91">
-        <v>24.6</v>
+        <v>24.7</v>
       </c>
       <c r="E91">
-        <v>27</v>
+        <v>27.1</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
         <v>0</v>
       </c>
       <c r="C92">
         <v>67.5</v>
       </c>
       <c r="D92">
         <v>75</v>
       </c>
       <c r="E92">
         <v>82.5</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
         <v>0</v>
       </c>
       <c r="C93">
-        <v>46.8</v>
+        <v>35.6</v>
       </c>
       <c r="D93">
-        <v>52</v>
+        <v>39.5</v>
       </c>
       <c r="E93">
-        <v>57.2</v>
+        <v>43.4</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
         <v>0</v>
       </c>
       <c r="C94">
         <v>2.5</v>
       </c>
       <c r="D94">
         <v>2.7</v>
       </c>
       <c r="E94">
         <v>2.9</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
         <v>0</v>
       </c>
       <c r="C95">
-        <v>48.2</v>
+        <v>46</v>
       </c>
       <c r="D95">
-        <v>53.5</v>
+        <v>51.1</v>
       </c>
       <c r="E95">
-        <v>58.8</v>
+        <v>56.2</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
         <v>0</v>
       </c>
       <c r="C96">
-        <v>22.7</v>
+        <v>21.6</v>
       </c>
       <c r="D96">
-        <v>25.2</v>
+        <v>23.9</v>
       </c>
       <c r="E96">
-        <v>27.7</v>
+        <v>26.2</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
         <v>0</v>
       </c>
       <c r="C97">
-        <v>17.2</v>
+        <v>18.3</v>
       </c>
       <c r="D97">
-        <v>19.1</v>
+        <v>20.3</v>
       </c>
       <c r="E97">
-        <v>21</v>
+        <v>22.3</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98">
-        <v>27</v>
+        <v>25.2</v>
       </c>
       <c r="D98">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="E98">
-        <v>33</v>
+        <v>30.8</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>0</v>
       </c>
       <c r="C99">
-        <v>46.8</v>
+        <v>42</v>
       </c>
       <c r="D99">
-        <v>52</v>
+        <v>46.6</v>
       </c>
       <c r="E99">
-        <v>57.2</v>
+        <v>51.2</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
       <c r="C100">
-        <v>48.6</v>
+        <v>44.3</v>
       </c>
       <c r="D100">
-        <v>54</v>
+        <v>49.2</v>
       </c>
       <c r="E100">
-        <v>59.4</v>
+        <v>54.1</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
         <v>0</v>
       </c>
       <c r="C101">
-        <v>162</v>
+        <v>141.7</v>
       </c>
       <c r="D101">
-        <v>179.9</v>
+        <v>157.4</v>
       </c>
       <c r="E101">
-        <v>197.8</v>
+        <v>173.1</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>0</v>
       </c>
       <c r="C102">
-        <v>17.4</v>
+        <v>18.4</v>
       </c>
       <c r="D102">
-        <v>19.3</v>
+        <v>20.4</v>
       </c>
       <c r="E102">
-        <v>21.2</v>
+        <v>22.4</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
       <c r="C103">
-        <v>44.1</v>
+        <v>34.6</v>
       </c>
       <c r="D103">
-        <v>48.9</v>
+        <v>38.4</v>
       </c>
       <c r="E103">
-        <v>53.7</v>
+        <v>42.2</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
       <c r="C104">
-        <v>30.6</v>
+        <v>33.3</v>
       </c>
       <c r="D104">
-        <v>34</v>
+        <v>36.9</v>
       </c>
       <c r="E104">
-        <v>37.4</v>
+        <v>40.5</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
       <c r="C105">
-        <v>5.1</v>
+        <v>4.8</v>
       </c>
       <c r="D105">
-        <v>5.6</v>
+        <v>5.3</v>
       </c>
       <c r="E105">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>0</v>
       </c>
       <c r="C106">
         <v>4750</v>
       </c>
       <c r="D106">
         <v>5000</v>
       </c>
       <c r="E106">
         <v>5250</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>0</v>
       </c>
       <c r="C107">
-        <v>71.09999999999999</v>
+        <v>60.5</v>
       </c>
       <c r="D107">
-        <v>79</v>
+        <v>67.2</v>
       </c>
       <c r="E107">
-        <v>86.90000000000001</v>
+        <v>73.90000000000001</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
         <v>0</v>
       </c>
       <c r="C108">
-        <v>3.8</v>
+        <v>4.6</v>
       </c>
       <c r="D108">
-        <v>4.2</v>
+        <v>5.1</v>
       </c>
       <c r="E108">
-        <v>4.6</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
         <v>0</v>
       </c>
       <c r="C109">
-        <v>16.5</v>
+        <v>19.5</v>
       </c>
       <c r="D109">
-        <v>18.3</v>
+        <v>21.6</v>
       </c>
       <c r="E109">
-        <v>20.1</v>
+        <v>23.7</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
-        <v>14.5</v>
+        <v>14.3</v>
       </c>
       <c r="D110">
-        <v>16.1</v>
+        <v>15.8</v>
       </c>
       <c r="E110">
-        <v>17.7</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
         <v>0</v>
       </c>
       <c r="C111">
-        <v>18</v>
+        <v>19.6</v>
       </c>
       <c r="D111">
-        <v>20</v>
+        <v>21.7</v>
       </c>
       <c r="E111">
-        <v>22</v>
+        <v>23.8</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
         <v>0</v>
       </c>
       <c r="C112">
-        <v>10</v>
+        <v>11.5</v>
       </c>
       <c r="D112">
-        <v>11.1</v>
+        <v>12.7</v>
       </c>
       <c r="E112">
-        <v>12.2</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
         <v>0</v>
       </c>
       <c r="C113">
-        <v>33.6</v>
+        <v>32</v>
       </c>
       <c r="D113">
-        <v>37.3</v>
+        <v>35.5</v>
       </c>
       <c r="E113">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
         <v>0</v>
       </c>
       <c r="C114">
-        <v>20.8</v>
+        <v>21</v>
       </c>
       <c r="D114">
-        <v>23.1</v>
+        <v>23.3</v>
       </c>
       <c r="E114">
-        <v>25.4</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
         <v>0</v>
       </c>
       <c r="C115">
-        <v>24.2</v>
+        <v>29.3</v>
       </c>
       <c r="D115">
-        <v>26.8</v>
+        <v>32.5</v>
       </c>
       <c r="E115">
-        <v>29.4</v>
+        <v>35.7</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
         <v>0</v>
       </c>
       <c r="C116">
-        <v>8.4</v>
+        <v>7.5</v>
       </c>
       <c r="D116">
-        <v>9.300000000000001</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="E116">
-        <v>10.2</v>
+        <v>9.1</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
       <c r="C117">
         <v>9.199999999999999</v>
       </c>
       <c r="D117">
         <v>10.2</v>
       </c>
       <c r="E117">
         <v>11.2</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
         <v>0</v>
       </c>
       <c r="C118">
-        <v>35.1</v>
+        <v>36</v>
       </c>
       <c r="D118">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E118">
-        <v>42.9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
         <v>0</v>
       </c>
       <c r="C119">
-        <v>45.9</v>
+        <v>41.6</v>
       </c>
       <c r="D119">
-        <v>51</v>
+        <v>46.2</v>
       </c>
       <c r="E119">
-        <v>56.1</v>
+        <v>50.8</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
       <c r="C120">
-        <v>18.6</v>
+        <v>16.9</v>
       </c>
       <c r="D120">
-        <v>20.6</v>
+        <v>18.7</v>
       </c>
       <c r="E120">
-        <v>22.6</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
         <v>0</v>
       </c>
       <c r="C121">
         <v>20.7</v>
       </c>
       <c r="D121">
-        <v>23</v>
+        <v>22.9</v>
       </c>
       <c r="E121">
-        <v>25.3</v>
+        <v>25.1</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>125</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
       <c r="C122">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="D122">
-        <v>4</v>
+        <v>3.8</v>
       </c>
       <c r="E122">
-        <v>4.4</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>126</v>
       </c>
       <c r="B123">
         <v>0</v>
       </c>
       <c r="C123">
-        <v>2.7</v>
+        <v>2.1</v>
       </c>
       <c r="D123">
-        <v>3</v>
+        <v>2.3</v>
       </c>
       <c r="E123">
-        <v>3.3</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
         <v>0</v>
       </c>
       <c r="C124">
-        <v>106.3</v>
+        <v>97.2</v>
       </c>
       <c r="D124">
-        <v>118.1</v>
+        <v>108</v>
       </c>
       <c r="E124">
-        <v>129.9</v>
+        <v>118.8</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
         <v>0</v>
       </c>
       <c r="C125">
-        <v>0</v>
+        <v>18.7</v>
       </c>
       <c r="D125">
-        <v>22.8</v>
+        <v>20.7</v>
       </c>
       <c r="E125">
-        <v>0</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
         <v>0</v>
       </c>
       <c r="C126">
-        <v>67.90000000000001</v>
+        <v>67.5</v>
       </c>
       <c r="D126">
-        <v>75.40000000000001</v>
+        <v>75</v>
       </c>
       <c r="E126">
-        <v>82.90000000000001</v>
+        <v>82.5</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
         <v>0</v>
       </c>
       <c r="C127">
-        <v>29.7</v>
+        <v>25</v>
       </c>
       <c r="D127">
-        <v>32.9</v>
+        <v>27.7</v>
       </c>
       <c r="E127">
-        <v>36.1</v>
+        <v>30.4</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
         <v>0</v>
       </c>
       <c r="C128">
-        <v>14</v>
+        <v>13.7</v>
       </c>
       <c r="D128">
-        <v>15.5</v>
+        <v>15.2</v>
       </c>
       <c r="E128">
-        <v>17</v>
+        <v>16.7</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129">
-        <v>48.3</v>
+        <v>43.9</v>
       </c>
       <c r="D129">
-        <v>53.6</v>
+        <v>48.7</v>
       </c>
       <c r="E129">
-        <v>58.9</v>
+        <v>53.5</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
         <v>0</v>
       </c>
       <c r="C130">
-        <v>14.7</v>
+        <v>14.8</v>
       </c>
       <c r="D130">
-        <v>16.3</v>
+        <v>16.4</v>
       </c>
       <c r="E130">
-        <v>17.9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
         <v>0</v>
       </c>
       <c r="C131">
-        <v>22.1</v>
+        <v>20.7</v>
       </c>
       <c r="D131">
-        <v>24.5</v>
+        <v>22.9</v>
       </c>
       <c r="E131">
-        <v>26.9</v>
+        <v>25.1</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
         <v>0</v>
       </c>
       <c r="C132">
-        <v>8.4</v>
+        <v>9</v>
       </c>
       <c r="D132">
-        <v>9.300000000000001</v>
+        <v>10</v>
       </c>
       <c r="E132">
-        <v>10.2</v>
+        <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
       <c r="C133">
-        <v>3.6</v>
+        <v>2.7</v>
       </c>
       <c r="D133">
-        <v>3.9</v>
+        <v>3</v>
       </c>
       <c r="E133">
-        <v>4.2</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
         <v>0</v>
       </c>
       <c r="C134">
         <v>2.8</v>
       </c>
       <c r="D134">
         <v>3.1</v>
       </c>
       <c r="E134">
         <v>3.4</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
         <v>1.4</v>
       </c>
       <c r="D135">
         <v>1.5</v>
       </c>
       <c r="E135">
         <v>1.6</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
       <c r="C136">
-        <v>16.1</v>
+        <v>13.5</v>
       </c>
       <c r="D136">
-        <v>17.8</v>
+        <v>15</v>
       </c>
       <c r="E136">
-        <v>19.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
       <c r="C137">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="D137">
-        <v>0.9</v>
+        <v>1.1</v>
       </c>
       <c r="E137">
-        <v>0.9</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
       <c r="C138">
-        <v>21.1</v>
+        <v>20.3</v>
       </c>
       <c r="D138">
-        <v>23.4</v>
+        <v>22.5</v>
       </c>
       <c r="E138">
-        <v>25.7</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
         <v>0</v>
       </c>
       <c r="C139">
-        <v>0.9</v>
+        <v>1.2</v>
       </c>
       <c r="D139">
-        <v>1</v>
+        <v>1.3</v>
       </c>
       <c r="E139">
-        <v>1.1</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
         <v>0</v>
       </c>
       <c r="C140">
-        <v>2.7</v>
+        <v>2.6</v>
       </c>
       <c r="D140">
-        <v>2.9</v>
+        <v>2.8</v>
       </c>
       <c r="E140">
-        <v>3.1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
       <c r="C141">
-        <v>19.8</v>
+        <v>17.4</v>
       </c>
       <c r="D141">
-        <v>22</v>
+        <v>19.3</v>
       </c>
       <c r="E141">
-        <v>24.2</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
         <v>0</v>
       </c>
       <c r="C142">
-        <v>16.7</v>
+        <v>13.9</v>
       </c>
       <c r="D142">
-        <v>18.5</v>
+        <v>15.4</v>
       </c>
       <c r="E142">
-        <v>20.3</v>
+        <v>16.9</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>0</v>
       </c>
       <c r="C143">
-        <v>285.7</v>
+        <v>269.8</v>
       </c>
       <c r="D143">
-        <v>313</v>
+        <v>295.6</v>
       </c>
       <c r="E143">
-        <v>340.3</v>
+        <v>321.4</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>0</v>
       </c>
       <c r="C144">
-        <v>2.3</v>
+        <v>2.5</v>
       </c>
       <c r="D144">
-        <v>2.5</v>
+        <v>2.7</v>
       </c>
       <c r="E144">
-        <v>2.7</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
         <v>0</v>
       </c>
       <c r="C145">
-        <v>2.2</v>
+        <v>1.8</v>
       </c>
       <c r="D145">
-        <v>2.4</v>
+        <v>1.9</v>
       </c>
       <c r="E145">
-        <v>2.6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>149</v>
       </c>
       <c r="B146">
         <v>0</v>
       </c>
       <c r="C146">
-        <v>12.2</v>
+        <v>12.6</v>
       </c>
       <c r="D146">
-        <v>13.5</v>
+        <v>14</v>
       </c>
       <c r="E146">
-        <v>14.8</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>0</v>
       </c>
       <c r="C147">
         <v>10.3</v>
       </c>
       <c r="D147">
         <v>11.4</v>
       </c>
       <c r="E147">
         <v>12.5</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
         <v>0</v>
       </c>
       <c r="C148">
-        <v>10</v>
+        <v>9.9</v>
       </c>
       <c r="D148">
-        <v>11.1</v>
+        <v>11</v>
       </c>
       <c r="E148">
-        <v>12.2</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>0</v>
       </c>
       <c r="C149">
-        <v>5.6</v>
+        <v>5.4</v>
       </c>
       <c r="D149">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="E149">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>0</v>
       </c>
       <c r="C150">
-        <v>23.5</v>
+        <v>22.7</v>
       </c>
       <c r="D150">
-        <v>26.1</v>
+        <v>25.2</v>
       </c>
       <c r="E150">
-        <v>28.7</v>
+        <v>27.7</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
         <v>0</v>
       </c>
       <c r="C151">
+        <v>2.3</v>
+      </c>
+      <c r="D151">
         <v>2.5</v>
       </c>
-      <c r="D151">
+      <c r="E151">
         <v>2.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.9</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>0</v>
       </c>
       <c r="C152">
-        <v>10.5</v>
+        <v>10.7</v>
       </c>
       <c r="D152">
-        <v>11.6</v>
+        <v>11.8</v>
       </c>
       <c r="E152">
-        <v>12.7</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153">
-        <v>20.4</v>
+        <v>18.5</v>
       </c>
       <c r="D153">
-        <v>22.6</v>
+        <v>20.5</v>
       </c>
       <c r="E153">
-        <v>24.8</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
         <v>0</v>
       </c>
       <c r="C154">
         <v>1.6</v>
       </c>
       <c r="D154">
         <v>1.7</v>
       </c>
       <c r="E154">
         <v>1.8</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>0</v>
@@ -4984,533 +4984,533 @@
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>0</v>
       </c>
       <c r="C157">
         <v>9.199999999999999</v>
       </c>
       <c r="D157">
         <v>10.2</v>
       </c>
       <c r="E157">
         <v>11.2</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
         <v>0</v>
       </c>
       <c r="C158">
-        <v>254.9</v>
+        <v>252.8</v>
       </c>
       <c r="D158">
-        <v>279.3</v>
+        <v>277</v>
       </c>
       <c r="E158">
-        <v>303.7</v>
+        <v>301.2</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>0</v>
       </c>
       <c r="C159">
-        <v>16.1</v>
+        <v>16.2</v>
       </c>
       <c r="D159">
-        <v>17.8</v>
+        <v>17.9</v>
       </c>
       <c r="E159">
-        <v>19.5</v>
+        <v>19.6</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
         <v>0</v>
       </c>
       <c r="C160">
-        <v>490.3</v>
+        <v>381.1</v>
       </c>
       <c r="D160">
-        <v>530</v>
+        <v>417.6</v>
       </c>
       <c r="E160">
-        <v>569.7</v>
+        <v>454.1</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
         <v>0</v>
       </c>
       <c r="C161">
-        <v>10.6</v>
+        <v>10.4</v>
       </c>
       <c r="D161">
-        <v>11.7</v>
+        <v>11.5</v>
       </c>
       <c r="E161">
-        <v>12.8</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
         <v>0</v>
       </c>
       <c r="C162">
         <v>2.9</v>
       </c>
       <c r="D162">
         <v>3.2</v>
       </c>
       <c r="E162">
         <v>3.5</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
         <v>0</v>
       </c>
       <c r="C163">
-        <v>50.4</v>
+        <v>48.6</v>
       </c>
       <c r="D163">
-        <v>56</v>
+        <v>53.9</v>
       </c>
       <c r="E163">
-        <v>61.6</v>
+        <v>59.2</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>0</v>
       </c>
       <c r="C164">
-        <v>1.9</v>
+        <v>2.3</v>
       </c>
       <c r="D164">
-        <v>2.1</v>
+        <v>2.5</v>
       </c>
       <c r="E164">
-        <v>2.3</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>0</v>
       </c>
       <c r="C165">
-        <v>65.09999999999999</v>
+        <v>60.6</v>
       </c>
       <c r="D165">
-        <v>72.3</v>
+        <v>67.3</v>
       </c>
       <c r="E165">
-        <v>79.5</v>
+        <v>74</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
         <v>0</v>
       </c>
       <c r="C166">
-        <v>102.7</v>
+        <v>100.8</v>
       </c>
       <c r="D166">
-        <v>114.1</v>
+        <v>112</v>
       </c>
       <c r="E166">
-        <v>125.5</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
         <v>0</v>
       </c>
       <c r="C167">
         <v>205.4</v>
       </c>
       <c r="D167">
         <v>225</v>
       </c>
       <c r="E167">
         <v>244.6</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
-        <v>5.2</v>
+        <v>5.6</v>
       </c>
       <c r="D168">
-        <v>5.7</v>
+        <v>6.2</v>
       </c>
       <c r="E168">
-        <v>6.2</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
         <v>0</v>
       </c>
       <c r="C169">
-        <v>934.2</v>
+        <v>586.6</v>
       </c>
       <c r="D169">
-        <v>1037.9</v>
+        <v>651.7</v>
       </c>
       <c r="E169">
-        <v>1141.6</v>
+        <v>716.8</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
         <v>0</v>
       </c>
       <c r="C170">
-        <v>17</v>
+        <v>14.5</v>
       </c>
       <c r="D170">
-        <v>18.8</v>
+        <v>16.1</v>
       </c>
       <c r="E170">
-        <v>20.6</v>
+        <v>17.7</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
         <v>0</v>
       </c>
       <c r="C171">
-        <v>42.7</v>
+        <v>34.4</v>
       </c>
       <c r="D171">
-        <v>47.4</v>
+        <v>38.2</v>
       </c>
       <c r="E171">
-        <v>52.1</v>
+        <v>42</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
       <c r="C172">
         <v>3817</v>
       </c>
       <c r="D172">
         <v>4017.5</v>
       </c>
       <c r="E172">
         <v>4218</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>176</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
       <c r="C173">
         <v>573.5</v>
       </c>
       <c r="D173">
         <v>620</v>
       </c>
       <c r="E173">
         <v>666.5</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
         <v>0</v>
       </c>
       <c r="C174">
-        <v>264.7</v>
+        <v>290</v>
       </c>
       <c r="D174">
-        <v>290</v>
+        <v>317.8</v>
       </c>
       <c r="E174">
-        <v>315.3</v>
+        <v>345.6</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
       <c r="C175">
-        <v>10.2</v>
+        <v>10.7</v>
       </c>
       <c r="D175">
-        <v>11.3</v>
+        <v>11.8</v>
       </c>
       <c r="E175">
-        <v>12.4</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
-        <v>37.4</v>
+        <v>37.5</v>
       </c>
       <c r="D176">
-        <v>41.5</v>
+        <v>41.6</v>
       </c>
       <c r="E176">
-        <v>45.6</v>
+        <v>45.7</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
       <c r="C177">
-        <v>3.6</v>
+        <v>3.8</v>
       </c>
       <c r="D177">
-        <v>4</v>
+        <v>4.2</v>
       </c>
       <c r="E177">
-        <v>4.4</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
       <c r="C178">
         <v>6.4</v>
       </c>
       <c r="D178">
         <v>7.1</v>
       </c>
       <c r="E178">
         <v>7.8</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>0</v>
       </c>
       <c r="C179">
         <v>4.6</v>
       </c>
       <c r="D179">
         <v>5.1</v>
       </c>
       <c r="E179">
         <v>5.6</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
       <c r="C180">
+        <v>3.4</v>
+      </c>
+      <c r="D180">
+        <v>3.7</v>
+      </c>
+      <c r="E180">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.8</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181">
+        <v>3.7</v>
+      </c>
+      <c r="D181">
+        <v>4.1</v>
+      </c>
+      <c r="E181">
         <v>4.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>5.5</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>185</v>
       </c>
       <c r="B182">
         <v>0</v>
       </c>
       <c r="C182">
-        <v>20.3</v>
+        <v>21.4</v>
       </c>
       <c r="D182">
-        <v>22.5</v>
+        <v>23.7</v>
       </c>
       <c r="E182">
-        <v>24.7</v>
+        <v>26</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>186</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183">
-        <v>33.1</v>
+        <v>33.6</v>
       </c>
       <c r="D183">
-        <v>36.7</v>
+        <v>37.3</v>
       </c>
       <c r="E183">
-        <v>40.3</v>
+        <v>41</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>187</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D184">
-        <v>20</v>
+        <v>23.3</v>
       </c>
       <c r="E184">
-        <v>22</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>188</v>
       </c>
       <c r="B185">
         <v>0</v>
       </c>
       <c r="C185">
-        <v>4.6</v>
+        <v>4.9</v>
       </c>
       <c r="D185">
-        <v>5.1</v>
+        <v>5.4</v>
       </c>
       <c r="E185">
-        <v>5.6</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>189</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186">
         <v>2.7</v>
       </c>
       <c r="D186">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="E186">
-        <v>3.3</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>190</v>
       </c>
       <c r="B187">
         <v>0</v>
       </c>
       <c r="C187">
         <v>5600430</v>
       </c>
       <c r="D187">
         <v>5895189</v>
       </c>
       <c r="E187">
         <v>6189948</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>191</v>
       </c>
       <c r="B188">
         <v>0</v>
@@ -5545,2607 +5545,2607 @@
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>193</v>
       </c>
       <c r="B190">
         <v>0</v>
       </c>
       <c r="C190">
         <v>1</v>
       </c>
       <c r="D190">
         <v>1.1</v>
       </c>
       <c r="E190">
         <v>1.2</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>194</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191">
-        <v>62.1</v>
+        <v>61.1</v>
       </c>
       <c r="D191">
-        <v>69</v>
+        <v>67.8</v>
       </c>
       <c r="E191">
-        <v>75.90000000000001</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>195</v>
       </c>
       <c r="B192">
         <v>0</v>
       </c>
       <c r="C192">
-        <v>24.7</v>
+        <v>27.4</v>
       </c>
       <c r="D192">
-        <v>27.4</v>
+        <v>30.4</v>
       </c>
       <c r="E192">
-        <v>30.1</v>
+        <v>33.4</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>196</v>
       </c>
       <c r="B193">
         <v>0</v>
       </c>
       <c r="C193">
-        <v>23</v>
+        <v>20.1</v>
       </c>
       <c r="D193">
-        <v>25.5</v>
+        <v>22.3</v>
       </c>
       <c r="E193">
-        <v>28</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>197</v>
       </c>
       <c r="B194">
         <v>0</v>
       </c>
       <c r="C194">
-        <v>19.4</v>
+        <v>18.4</v>
       </c>
       <c r="D194">
-        <v>21.5</v>
+        <v>20.4</v>
       </c>
       <c r="E194">
-        <v>23.6</v>
+        <v>22.4</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>198</v>
       </c>
       <c r="B195">
         <v>32.28</v>
       </c>
       <c r="C195">
-        <v>32.9</v>
+        <v>33.3</v>
       </c>
       <c r="D195">
-        <v>36.5</v>
+        <v>36.9</v>
       </c>
       <c r="E195">
-        <v>40.1</v>
+        <v>40.5</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>199</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196">
-        <v>6.7</v>
+        <v>6.4</v>
       </c>
       <c r="D196">
-        <v>7.4</v>
+        <v>7.1</v>
       </c>
       <c r="E196">
-        <v>8.1</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>200</v>
       </c>
       <c r="B197">
         <v>0</v>
       </c>
       <c r="C197">
         <v>37.6</v>
       </c>
       <c r="D197">
         <v>41.7</v>
       </c>
       <c r="E197">
         <v>45.8</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>201</v>
       </c>
       <c r="B198">
         <v>0</v>
       </c>
       <c r="C198">
-        <v>83.7</v>
+        <v>80.09999999999999</v>
       </c>
       <c r="D198">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="E198">
-        <v>102.3</v>
+        <v>97.90000000000001</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>202</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199">
-        <v>35.9</v>
+        <v>36.9</v>
       </c>
       <c r="D199">
-        <v>39.8</v>
+        <v>41</v>
       </c>
       <c r="E199">
-        <v>43.7</v>
+        <v>45.1</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>203</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
-        <v>18.9</v>
+        <v>18.2</v>
       </c>
       <c r="D200">
-        <v>21</v>
+        <v>20.2</v>
       </c>
       <c r="E200">
-        <v>23.1</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>204</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
       <c r="C201">
-        <v>166.5</v>
+        <v>173</v>
       </c>
       <c r="D201">
-        <v>185</v>
+        <v>192.2</v>
       </c>
       <c r="E201">
-        <v>203.5</v>
+        <v>211.4</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>205</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202">
-        <v>22.4</v>
+        <v>19.7</v>
       </c>
       <c r="D202">
-        <v>24.8</v>
+        <v>21.8</v>
       </c>
       <c r="E202">
-        <v>27.2</v>
+        <v>23.9</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>206</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203">
-        <v>41.5</v>
+        <v>40.5</v>
       </c>
       <c r="D203">
-        <v>46.1</v>
+        <v>45</v>
       </c>
       <c r="E203">
-        <v>50.7</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>207</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
-        <v>117</v>
+        <v>104.4</v>
       </c>
       <c r="D204">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="E204">
-        <v>143</v>
+        <v>127.6</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>208</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
       <c r="C205">
-        <v>346.8</v>
+        <v>408.1</v>
       </c>
       <c r="D205">
-        <v>380</v>
+        <v>447.2</v>
       </c>
       <c r="E205">
-        <v>413.2</v>
+        <v>486.3</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>209</v>
       </c>
       <c r="B206">
         <v>0</v>
       </c>
       <c r="C206">
-        <v>79.7</v>
+        <v>62.2</v>
       </c>
       <c r="D206">
-        <v>88.5</v>
+        <v>69.09999999999999</v>
       </c>
       <c r="E206">
-        <v>97.3</v>
+        <v>76</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>210</v>
       </c>
       <c r="B207">
         <v>0</v>
       </c>
       <c r="C207">
-        <v>7.2</v>
+        <v>5.8</v>
       </c>
       <c r="D207">
-        <v>7.9</v>
+        <v>6.4</v>
       </c>
       <c r="E207">
-        <v>8.6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>211</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208">
-        <v>37.8</v>
+        <v>37.1</v>
       </c>
       <c r="D208">
-        <v>42</v>
+        <v>41.2</v>
       </c>
       <c r="E208">
-        <v>46.2</v>
+        <v>45.3</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>212</v>
       </c>
       <c r="B209">
         <v>0</v>
       </c>
       <c r="C209">
-        <v>4</v>
+        <v>4.1</v>
       </c>
       <c r="D209">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
       <c r="E209">
-        <v>4.8</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>213</v>
       </c>
       <c r="B210">
         <v>0</v>
       </c>
       <c r="C210">
+        <v>7.6</v>
+      </c>
+      <c r="D210">
+        <v>8.4</v>
+      </c>
+      <c r="E210">
         <v>9.199999999999999</v>
-      </c>
-[...4 lines deleted...]
-        <v>11.2</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>214</v>
       </c>
       <c r="B211">
         <v>0</v>
       </c>
       <c r="C211">
-        <v>523.4</v>
+        <v>469</v>
       </c>
       <c r="D211">
-        <v>565.8</v>
+        <v>507</v>
       </c>
       <c r="E211">
-        <v>608.2</v>
+        <v>545</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>215</v>
       </c>
       <c r="B212">
         <v>0</v>
       </c>
       <c r="C212">
-        <v>9.5</v>
+        <v>10.1</v>
       </c>
       <c r="D212">
-        <v>10.5</v>
+        <v>11.2</v>
       </c>
       <c r="E212">
-        <v>11.5</v>
+        <v>12.3</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>216</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213">
-        <v>11.4</v>
+        <v>14.8</v>
       </c>
       <c r="D213">
-        <v>12.6</v>
+        <v>16.4</v>
       </c>
       <c r="E213">
-        <v>13.8</v>
+        <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>217</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214">
-        <v>9.800000000000001</v>
+        <v>8.4</v>
       </c>
       <c r="D214">
-        <v>10.8</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E214">
-        <v>11.8</v>
+        <v>10.2</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>218</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215">
-        <v>12.8</v>
+        <v>12</v>
       </c>
       <c r="D215">
-        <v>14.2</v>
+        <v>13.3</v>
       </c>
       <c r="E215">
-        <v>15.6</v>
+        <v>14.6</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>219</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216">
-        <v>50.9</v>
+        <v>50.2</v>
       </c>
       <c r="D216">
-        <v>56.5</v>
+        <v>55.7</v>
       </c>
       <c r="E216">
-        <v>62.1</v>
+        <v>61.2</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>220</v>
       </c>
       <c r="B217">
         <v>0</v>
       </c>
       <c r="C217">
-        <v>47.6</v>
+        <v>45.9</v>
       </c>
       <c r="D217">
-        <v>52.8</v>
+        <v>51</v>
       </c>
       <c r="E217">
-        <v>58</v>
+        <v>56.1</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>221</v>
       </c>
       <c r="B218">
         <v>0</v>
       </c>
       <c r="C218">
-        <v>625.3</v>
+        <v>621.6</v>
       </c>
       <c r="D218">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="E218">
-        <v>726.7</v>
+        <v>722.4</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>222</v>
       </c>
       <c r="B219">
         <v>0</v>
       </c>
       <c r="C219">
-        <v>731.7</v>
+        <v>708.4</v>
       </c>
       <c r="D219">
-        <v>791</v>
+        <v>765.8</v>
       </c>
       <c r="E219">
-        <v>850.3</v>
+        <v>823.2</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>223</v>
       </c>
       <c r="B220">
         <v>0</v>
       </c>
       <c r="C220">
-        <v>90.5</v>
+        <v>69.40000000000001</v>
       </c>
       <c r="D220">
-        <v>100.5</v>
+        <v>77.09999999999999</v>
       </c>
       <c r="E220">
-        <v>110.5</v>
+        <v>84.8</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>224</v>
       </c>
       <c r="B221">
         <v>0</v>
       </c>
       <c r="C221">
-        <v>11.5</v>
+        <v>11.1</v>
       </c>
       <c r="D221">
-        <v>12.7</v>
+        <v>12.3</v>
       </c>
       <c r="E221">
-        <v>13.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>225</v>
       </c>
       <c r="B222">
         <v>0</v>
       </c>
       <c r="C222">
+        <v>2.5</v>
+      </c>
+      <c r="D222">
+        <v>2.7</v>
+      </c>
+      <c r="E222">
         <v>2.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.5</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>226</v>
       </c>
       <c r="B223">
         <v>0</v>
       </c>
       <c r="C223">
-        <v>83.5</v>
+        <v>78.3</v>
       </c>
       <c r="D223">
-        <v>92.7</v>
+        <v>87</v>
       </c>
       <c r="E223">
-        <v>101.9</v>
+        <v>95.7</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>227</v>
       </c>
       <c r="B224">
         <v>0</v>
       </c>
       <c r="C224">
-        <v>5</v>
+        <v>5.6</v>
       </c>
       <c r="D224">
-        <v>5.5</v>
+        <v>6.2</v>
       </c>
       <c r="E224">
-        <v>6</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>228</v>
       </c>
       <c r="B225">
         <v>0</v>
       </c>
       <c r="C225">
-        <v>25</v>
+        <v>26.4</v>
       </c>
       <c r="D225">
-        <v>27.7</v>
+        <v>29.3</v>
       </c>
       <c r="E225">
-        <v>30.4</v>
+        <v>32.2</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>229</v>
       </c>
       <c r="B226">
         <v>0</v>
       </c>
       <c r="C226">
-        <v>21.6</v>
+        <v>12.6</v>
       </c>
       <c r="D226">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="E226">
-        <v>26.4</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>230</v>
       </c>
       <c r="B227">
         <v>0</v>
       </c>
       <c r="C227">
-        <v>2670.6</v>
+        <v>2612.5</v>
       </c>
       <c r="D227">
-        <v>2811.1</v>
+        <v>2750</v>
       </c>
       <c r="E227">
-        <v>2951.6</v>
+        <v>2887.5</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>231</v>
       </c>
       <c r="B228">
         <v>0</v>
       </c>
       <c r="C228">
-        <v>5.4</v>
+        <v>3.7</v>
       </c>
       <c r="D228">
-        <v>5.9</v>
+        <v>4.1</v>
       </c>
       <c r="E228">
-        <v>6.4</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>232</v>
       </c>
       <c r="B229">
         <v>0</v>
       </c>
       <c r="C229">
-        <v>45.9</v>
+        <v>42.3</v>
       </c>
       <c r="D229">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E229">
-        <v>56.1</v>
+        <v>51.7</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>233</v>
       </c>
       <c r="B230">
         <v>0</v>
       </c>
       <c r="C230">
-        <v>3.7</v>
+        <v>3.6</v>
       </c>
       <c r="D230">
-        <v>4.1</v>
+        <v>4</v>
       </c>
       <c r="E230">
-        <v>4.5</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>234</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
       <c r="C231">
         <v>4750</v>
       </c>
       <c r="D231">
         <v>5000</v>
       </c>
       <c r="E231">
         <v>5250</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>235</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
       <c r="C232">
-        <v>37.4</v>
+        <v>28.8</v>
       </c>
       <c r="D232">
-        <v>41.5</v>
+        <v>31.9</v>
       </c>
       <c r="E232">
-        <v>45.6</v>
+        <v>35</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>236</v>
       </c>
       <c r="B233">
         <v>0</v>
       </c>
       <c r="C233">
-        <v>25.2</v>
+        <v>24</v>
       </c>
       <c r="D233">
-        <v>27.9</v>
+        <v>26.6</v>
       </c>
       <c r="E233">
-        <v>30.6</v>
+        <v>29.2</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>237</v>
       </c>
       <c r="B234">
         <v>0</v>
       </c>
       <c r="C234">
-        <v>49.6</v>
+        <v>43.2</v>
       </c>
       <c r="D234">
-        <v>55.1</v>
+        <v>48</v>
       </c>
       <c r="E234">
-        <v>60.6</v>
+        <v>52.8</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>238</v>
       </c>
       <c r="B235">
         <v>0</v>
       </c>
       <c r="C235">
-        <v>7.3</v>
+        <v>7.7</v>
       </c>
       <c r="D235">
-        <v>8.1</v>
+        <v>8.5</v>
       </c>
       <c r="E235">
-        <v>8.9</v>
+        <v>9.300000000000001</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>239</v>
       </c>
       <c r="B236">
         <v>0</v>
       </c>
       <c r="C236">
         <v>23.4</v>
       </c>
       <c r="D236">
         <v>26</v>
       </c>
       <c r="E236">
         <v>28.6</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>240</v>
       </c>
       <c r="B237">
         <v>0</v>
       </c>
       <c r="C237">
+        <v>7.4</v>
+      </c>
+      <c r="D237">
+        <v>8.199999999999999</v>
+      </c>
+      <c r="E237">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>241</v>
       </c>
       <c r="B238">
         <v>0</v>
       </c>
       <c r="C238">
-        <v>12.6</v>
+        <v>12.5</v>
       </c>
       <c r="D238">
-        <v>13.9</v>
+        <v>13.8</v>
       </c>
       <c r="E238">
-        <v>15.2</v>
+        <v>15.1</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>242</v>
       </c>
       <c r="B239">
         <v>0</v>
       </c>
       <c r="C239">
-        <v>5.8</v>
+        <v>4.5</v>
       </c>
       <c r="D239">
-        <v>6.4</v>
+        <v>4.9</v>
       </c>
       <c r="E239">
-        <v>7</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>243</v>
       </c>
       <c r="B240">
         <v>0</v>
       </c>
       <c r="C240">
+        <v>16</v>
+      </c>
+      <c r="D240">
+        <v>17.7</v>
+      </c>
+      <c r="E240">
         <v>19.4</v>
-      </c>
-[...4 lines deleted...]
-        <v>23.6</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>244</v>
       </c>
       <c r="B241">
         <v>0</v>
       </c>
       <c r="C241">
-        <v>28.8</v>
+        <v>28.5</v>
       </c>
       <c r="D241">
-        <v>32</v>
+        <v>31.6</v>
       </c>
       <c r="E241">
-        <v>35.2</v>
+        <v>34.7</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>245</v>
       </c>
       <c r="B242">
         <v>0</v>
       </c>
       <c r="C242">
-        <v>26.8</v>
+        <v>25.2</v>
       </c>
       <c r="D242">
-        <v>29.7</v>
+        <v>27.9</v>
       </c>
       <c r="E242">
-        <v>32.6</v>
+        <v>30.6</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>246</v>
       </c>
       <c r="B243">
         <v>0</v>
       </c>
       <c r="C243">
         <v>11.8</v>
       </c>
       <c r="D243">
         <v>13.1</v>
       </c>
       <c r="E243">
         <v>14.4</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>247</v>
       </c>
       <c r="B244">
         <v>0</v>
       </c>
       <c r="C244">
-        <v>84.59999999999999</v>
+        <v>81</v>
       </c>
       <c r="D244">
-        <v>94</v>
+        <v>89.90000000000001</v>
       </c>
       <c r="E244">
-        <v>103.4</v>
+        <v>98.8</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>248</v>
       </c>
       <c r="B245">
         <v>0</v>
       </c>
       <c r="C245">
         <v>52.1</v>
       </c>
       <c r="D245">
         <v>57.8</v>
       </c>
       <c r="E245">
         <v>63.5</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>249</v>
       </c>
       <c r="B246">
         <v>0</v>
       </c>
       <c r="C246">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
       <c r="D246">
-        <v>8.300000000000001</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="E246">
-        <v>9.1</v>
+        <v>9</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>250</v>
       </c>
       <c r="B247">
         <v>0</v>
       </c>
       <c r="C247">
-        <v>71.09999999999999</v>
+        <v>72.59999999999999</v>
       </c>
       <c r="D247">
-        <v>79</v>
+        <v>80.59999999999999</v>
       </c>
       <c r="E247">
-        <v>86.90000000000001</v>
+        <v>88.59999999999999</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>251</v>
       </c>
       <c r="B248">
         <v>0</v>
       </c>
       <c r="C248">
-        <v>16.4</v>
+        <v>18.8</v>
       </c>
       <c r="D248">
-        <v>18.2</v>
+        <v>20.8</v>
       </c>
       <c r="E248">
-        <v>20</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>252</v>
       </c>
       <c r="B249">
         <v>0</v>
       </c>
       <c r="C249">
-        <v>85.5</v>
+        <v>92.09999999999999</v>
       </c>
       <c r="D249">
-        <v>95</v>
+        <v>102.3</v>
       </c>
       <c r="E249">
-        <v>104.5</v>
+        <v>112.5</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>253</v>
       </c>
       <c r="B250">
         <v>0</v>
       </c>
       <c r="C250">
-        <v>6.5</v>
+        <v>4.7</v>
       </c>
       <c r="D250">
-        <v>7.2</v>
+        <v>5.2</v>
       </c>
       <c r="E250">
-        <v>7.9</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>254</v>
       </c>
       <c r="B251">
         <v>0</v>
       </c>
       <c r="C251">
-        <v>190</v>
+        <v>197.6</v>
       </c>
       <c r="D251">
-        <v>208.2</v>
+        <v>216.5</v>
       </c>
       <c r="E251">
-        <v>226.4</v>
+        <v>235.4</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
         <v>255</v>
       </c>
       <c r="B252">
         <v>0</v>
       </c>
       <c r="C252">
-        <v>11</v>
+        <v>11.7</v>
       </c>
       <c r="D252">
-        <v>12.2</v>
+        <v>13</v>
       </c>
       <c r="E252">
-        <v>13.4</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>256</v>
       </c>
       <c r="B253">
         <v>0</v>
       </c>
       <c r="C253">
         <v>962500</v>
       </c>
       <c r="D253">
         <v>1000000</v>
       </c>
       <c r="E253">
         <v>1037500</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>257</v>
       </c>
       <c r="B254">
         <v>0</v>
       </c>
       <c r="C254">
-        <v>16.2</v>
+        <v>15.3</v>
       </c>
       <c r="D254">
-        <v>17.9</v>
+        <v>17</v>
       </c>
       <c r="E254">
-        <v>19.6</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>258</v>
       </c>
       <c r="B255">
         <v>0</v>
       </c>
       <c r="C255">
-        <v>92.7</v>
+        <v>81.90000000000001</v>
       </c>
       <c r="D255">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="E255">
-        <v>113.3</v>
+        <v>100.1</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>259</v>
       </c>
       <c r="B256">
         <v>0</v>
       </c>
       <c r="C256">
-        <v>20.3</v>
+        <v>20.4</v>
       </c>
       <c r="D256">
-        <v>22.5</v>
+        <v>22.6</v>
       </c>
       <c r="E256">
-        <v>24.7</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>260</v>
       </c>
       <c r="B257">
         <v>0</v>
       </c>
       <c r="C257">
-        <v>47.4</v>
+        <v>46.3</v>
       </c>
       <c r="D257">
-        <v>52.6</v>
+        <v>51.4</v>
       </c>
       <c r="E257">
-        <v>57.8</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>261</v>
       </c>
       <c r="B258">
         <v>0</v>
       </c>
       <c r="C258">
-        <v>2.7</v>
+        <v>3.1</v>
       </c>
       <c r="D258">
-        <v>3</v>
+        <v>3.4</v>
       </c>
       <c r="E258">
-        <v>3.3</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>262</v>
       </c>
       <c r="B259">
         <v>0</v>
       </c>
       <c r="C259">
-        <v>10.3</v>
+        <v>10.6</v>
       </c>
       <c r="D259">
-        <v>11.4</v>
+        <v>11.7</v>
       </c>
       <c r="E259">
-        <v>12.5</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>263</v>
       </c>
       <c r="B260">
         <v>0</v>
       </c>
       <c r="C260">
+        <v>3.5</v>
+      </c>
+      <c r="D260">
+        <v>3.8</v>
+      </c>
+      <c r="E260">
         <v>4.1</v>
-      </c>
-[...4 lines deleted...]
-        <v>4.9</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
         <v>264</v>
       </c>
       <c r="B261">
         <v>0</v>
       </c>
       <c r="C261">
-        <v>3.5</v>
+        <v>4</v>
       </c>
       <c r="D261">
-        <v>3.8</v>
+        <v>4.4</v>
       </c>
       <c r="E261">
-        <v>4.1</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
         <v>265</v>
       </c>
       <c r="B262">
         <v>0</v>
       </c>
       <c r="C262">
-        <v>11.7</v>
+        <v>12</v>
       </c>
       <c r="D262">
-        <v>13</v>
+        <v>13.3</v>
       </c>
       <c r="E262">
-        <v>14.3</v>
+        <v>14.6</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
         <v>266</v>
       </c>
       <c r="B263">
         <v>0</v>
       </c>
       <c r="C263">
-        <v>23.3</v>
+        <v>22.3</v>
       </c>
       <c r="D263">
-        <v>25.8</v>
+        <v>24.7</v>
       </c>
       <c r="E263">
-        <v>28.3</v>
+        <v>27.1</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
         <v>267</v>
       </c>
       <c r="B264">
         <v>0</v>
       </c>
       <c r="C264">
-        <v>20.5</v>
+        <v>15.5</v>
       </c>
       <c r="D264">
-        <v>22.7</v>
+        <v>17.2</v>
       </c>
       <c r="E264">
-        <v>24.9</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>268</v>
       </c>
       <c r="B265">
         <v>0</v>
       </c>
       <c r="C265">
-        <v>24.3</v>
+        <v>22.9</v>
       </c>
       <c r="D265">
-        <v>26.9</v>
+        <v>25.4</v>
       </c>
       <c r="E265">
-        <v>29.5</v>
+        <v>27.9</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>269</v>
       </c>
       <c r="B266">
         <v>0</v>
       </c>
       <c r="C266">
-        <v>27.6</v>
+        <v>25.9</v>
       </c>
       <c r="D266">
-        <v>30.6</v>
+        <v>28.7</v>
       </c>
       <c r="E266">
-        <v>33.6</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>270</v>
       </c>
       <c r="B267">
         <v>0</v>
       </c>
       <c r="C267">
-        <v>23.6</v>
+        <v>25.2</v>
       </c>
       <c r="D267">
-        <v>26.2</v>
+        <v>28</v>
       </c>
       <c r="E267">
-        <v>28.8</v>
+        <v>30.8</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>271</v>
       </c>
       <c r="B268">
         <v>0</v>
       </c>
       <c r="C268">
-        <v>5.8</v>
+        <v>6.1</v>
       </c>
       <c r="D268">
-        <v>6.4</v>
+        <v>6.7</v>
       </c>
       <c r="E268">
-        <v>7</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>272</v>
       </c>
       <c r="B269">
         <v>0</v>
       </c>
       <c r="C269">
-        <v>4.8</v>
+        <v>5.4</v>
       </c>
       <c r="D269">
-        <v>5.3</v>
+        <v>6</v>
       </c>
       <c r="E269">
-        <v>5.8</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>273</v>
       </c>
       <c r="B270">
         <v>0</v>
       </c>
       <c r="C270">
         <v>162</v>
       </c>
       <c r="D270">
         <v>180</v>
       </c>
       <c r="E270">
         <v>198</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
         <v>274</v>
       </c>
       <c r="B271">
         <v>0</v>
       </c>
       <c r="C271">
-        <v>1.8</v>
+        <v>2</v>
       </c>
       <c r="D271">
-        <v>2</v>
+        <v>2.2</v>
       </c>
       <c r="E271">
-        <v>2.2</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>275</v>
       </c>
       <c r="B272">
         <v>0</v>
       </c>
       <c r="C272">
         <v>5.4</v>
       </c>
       <c r="D272">
         <v>5.9</v>
       </c>
       <c r="E272">
         <v>6.4</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>276</v>
       </c>
       <c r="B273">
         <v>0</v>
       </c>
       <c r="C273">
-        <v>17.1</v>
+        <v>13.5</v>
       </c>
       <c r="D273">
-        <v>18.9</v>
+        <v>15</v>
       </c>
       <c r="E273">
-        <v>20.7</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>277</v>
       </c>
       <c r="B274">
         <v>0</v>
       </c>
       <c r="C274">
-        <v>135</v>
+        <v>129.2</v>
       </c>
       <c r="D274">
-        <v>150</v>
+        <v>143.5</v>
       </c>
       <c r="E274">
-        <v>165</v>
+        <v>157.8</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>278</v>
       </c>
       <c r="B275">
         <v>0</v>
       </c>
       <c r="C275">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
       <c r="D275">
-        <v>7.1</v>
+        <v>7.2</v>
       </c>
       <c r="E275">
-        <v>7.8</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>279</v>
       </c>
       <c r="B276">
         <v>0</v>
       </c>
       <c r="C276">
-        <v>463.7</v>
+        <v>356.7</v>
       </c>
       <c r="D276">
-        <v>501.2</v>
+        <v>390.9</v>
       </c>
       <c r="E276">
-        <v>538.7</v>
+        <v>425.1</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>280</v>
       </c>
       <c r="B277">
         <v>0</v>
       </c>
       <c r="C277">
-        <v>27.1</v>
+        <v>27</v>
       </c>
       <c r="D277">
-        <v>30.1</v>
+        <v>29.9</v>
       </c>
       <c r="E277">
-        <v>33.1</v>
+        <v>32.8</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>281</v>
       </c>
       <c r="B278">
         <v>0</v>
       </c>
       <c r="C278">
+        <v>7.4</v>
+      </c>
+      <c r="D278">
         <v>8.199999999999999</v>
       </c>
-      <c r="D278">
-[...1 lines deleted...]
-      </c>
       <c r="E278">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>282</v>
       </c>
       <c r="B279">
         <v>0</v>
       </c>
       <c r="C279">
-        <v>17.1</v>
+        <v>15.5</v>
       </c>
       <c r="D279">
+        <v>17.2</v>
+      </c>
+      <c r="E279">
         <v>18.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>20.7</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>283</v>
       </c>
       <c r="B280">
         <v>0</v>
       </c>
       <c r="C280">
-        <v>174.6</v>
+        <v>173.7</v>
       </c>
       <c r="D280">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E280">
-        <v>213.4</v>
+        <v>212.3</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>284</v>
       </c>
       <c r="B281">
         <v>0</v>
       </c>
       <c r="C281">
-        <v>39.6</v>
+        <v>38.7</v>
       </c>
       <c r="D281">
-        <v>44</v>
+        <v>42.9</v>
       </c>
       <c r="E281">
-        <v>48.4</v>
+        <v>47.1</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>285</v>
       </c>
       <c r="B282">
         <v>0</v>
       </c>
       <c r="C282">
         <v>4750</v>
       </c>
       <c r="D282">
         <v>5000</v>
       </c>
       <c r="E282">
         <v>5250</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>286</v>
       </c>
       <c r="B283">
         <v>0</v>
       </c>
       <c r="C283">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
       <c r="D283">
-        <v>4.8</v>
+        <v>4.9</v>
       </c>
       <c r="E283">
-        <v>5.2</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>287</v>
       </c>
       <c r="B284">
         <v>0</v>
       </c>
       <c r="C284">
-        <v>12.6</v>
+        <v>15.4</v>
       </c>
       <c r="D284">
-        <v>14</v>
+        <v>17.1</v>
       </c>
       <c r="E284">
-        <v>15.4</v>
+        <v>18.8</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>288</v>
       </c>
       <c r="B285">
         <v>0</v>
       </c>
       <c r="C285">
-        <v>34.2</v>
+        <v>32.4</v>
       </c>
       <c r="D285">
-        <v>38</v>
+        <v>35.9</v>
       </c>
       <c r="E285">
-        <v>41.8</v>
+        <v>39.4</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>289</v>
       </c>
       <c r="B286">
         <v>0</v>
       </c>
       <c r="C286">
-        <v>4.2</v>
+        <v>4.5</v>
       </c>
       <c r="D286">
-        <v>4.6</v>
+        <v>4.9</v>
       </c>
       <c r="E286">
-        <v>5</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>290</v>
       </c>
       <c r="B287">
         <v>0</v>
       </c>
       <c r="C287">
-        <v>23</v>
+        <v>25.2</v>
       </c>
       <c r="D287">
-        <v>25.5</v>
+        <v>28</v>
       </c>
       <c r="E287">
-        <v>28</v>
+        <v>30.8</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>291</v>
       </c>
       <c r="B288">
         <v>0</v>
       </c>
       <c r="C288">
+        <v>2.5</v>
+      </c>
+      <c r="D288">
+        <v>2.7</v>
+      </c>
+      <c r="E288">
         <v>2.9</v>
-      </c>
-[...4 lines deleted...]
-        <v>3.5</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>292</v>
       </c>
       <c r="B289">
         <v>0</v>
       </c>
       <c r="C289">
         <v>2.6</v>
       </c>
       <c r="D289">
         <v>2.8</v>
       </c>
       <c r="E289">
         <v>3</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>293</v>
       </c>
       <c r="B290">
         <v>0</v>
       </c>
       <c r="C290">
-        <v>45</v>
+        <v>43.2</v>
       </c>
       <c r="D290">
-        <v>50</v>
+        <v>47.9</v>
       </c>
       <c r="E290">
-        <v>55</v>
+        <v>52.6</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>294</v>
       </c>
       <c r="B291">
         <v>0</v>
       </c>
       <c r="C291">
-        <v>0.9</v>
+        <v>0.89</v>
       </c>
       <c r="D291">
-        <v>0.9</v>
+        <v>0.99</v>
       </c>
       <c r="E291">
-        <v>0.9</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>295</v>
       </c>
       <c r="B292">
         <v>0</v>
       </c>
       <c r="C292">
-        <v>2.5</v>
+        <v>2.6</v>
       </c>
       <c r="D292">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="E292">
-        <v>2.9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>296</v>
       </c>
       <c r="B293">
         <v>0</v>
       </c>
       <c r="C293">
-        <v>43.4</v>
+        <v>39.2</v>
       </c>
       <c r="D293">
-        <v>48.2</v>
+        <v>43.5</v>
       </c>
       <c r="E293">
-        <v>53</v>
+        <v>47.8</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>297</v>
       </c>
       <c r="B294">
         <v>0</v>
       </c>
       <c r="C294">
-        <v>24.8</v>
+        <v>26.6</v>
       </c>
       <c r="D294">
-        <v>27.5</v>
+        <v>29.5</v>
       </c>
       <c r="E294">
-        <v>30.2</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>298</v>
       </c>
       <c r="B295">
         <v>0</v>
       </c>
       <c r="C295">
-        <v>67.5</v>
+        <v>64.5</v>
       </c>
       <c r="D295">
-        <v>74.90000000000001</v>
+        <v>71.59999999999999</v>
       </c>
       <c r="E295">
-        <v>82.3</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>299</v>
       </c>
       <c r="B296">
         <v>0</v>
       </c>
       <c r="C296">
-        <v>233</v>
+        <v>145.4</v>
       </c>
       <c r="D296">
-        <v>255.3</v>
+        <v>161.5</v>
       </c>
       <c r="E296">
-        <v>277.6</v>
+        <v>177.6</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>300</v>
       </c>
       <c r="B297">
         <v>0</v>
       </c>
       <c r="C297">
         <v>4750</v>
       </c>
       <c r="D297">
         <v>5000</v>
       </c>
       <c r="E297">
         <v>5250</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>301</v>
       </c>
       <c r="B298">
         <v>0</v>
       </c>
       <c r="C298">
-        <v>4.5</v>
+        <v>4.8</v>
       </c>
       <c r="D298">
-        <v>5</v>
+        <v>5.3</v>
       </c>
       <c r="E298">
-        <v>5.5</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>302</v>
       </c>
       <c r="B299">
         <v>0</v>
       </c>
       <c r="C299">
-        <v>38.1</v>
+        <v>36.6</v>
       </c>
       <c r="D299">
-        <v>42.3</v>
+        <v>40.6</v>
       </c>
       <c r="E299">
-        <v>46.5</v>
+        <v>44.6</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>303</v>
       </c>
       <c r="B300">
         <v>0</v>
       </c>
       <c r="C300">
+        <v>1.1</v>
+      </c>
+      <c r="D300">
         <v>1.2</v>
       </c>
-      <c r="D300">
+      <c r="E300">
         <v>1.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.4</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>304</v>
       </c>
       <c r="B301">
         <v>0</v>
       </c>
       <c r="C301">
-        <v>3.8</v>
+        <v>3.6</v>
       </c>
       <c r="D301">
-        <v>4.2</v>
+        <v>4</v>
       </c>
       <c r="E301">
-        <v>4.6</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>305</v>
       </c>
       <c r="B302">
         <v>0</v>
       </c>
       <c r="C302">
         <v>23.9</v>
       </c>
       <c r="D302">
         <v>26.5</v>
       </c>
       <c r="E302">
         <v>29.1</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>306</v>
       </c>
       <c r="B303">
         <v>0</v>
       </c>
       <c r="C303">
         <v>1.8</v>
       </c>
       <c r="D303">
         <v>2</v>
       </c>
       <c r="E303">
         <v>2.2</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>307</v>
       </c>
       <c r="B304">
         <v>0</v>
       </c>
       <c r="C304">
+        <v>26.1</v>
+      </c>
+      <c r="D304">
         <v>29</v>
       </c>
-      <c r="D304">
-[...1 lines deleted...]
-      </c>
       <c r="E304">
-        <v>35.4</v>
+        <v>31.9</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>308</v>
       </c>
       <c r="B305">
         <v>0</v>
       </c>
       <c r="C305">
-        <v>40.5</v>
+        <v>26.6</v>
       </c>
       <c r="D305">
-        <v>44.9</v>
+        <v>29.5</v>
       </c>
       <c r="E305">
-        <v>49.3</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>309</v>
       </c>
       <c r="B306">
         <v>0</v>
       </c>
       <c r="C306">
         <v>11.6</v>
       </c>
       <c r="D306">
         <v>12.8</v>
       </c>
       <c r="E306">
         <v>14</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>310</v>
       </c>
       <c r="B307">
         <v>0</v>
       </c>
       <c r="C307">
-        <v>43.5</v>
+        <v>38.7</v>
       </c>
       <c r="D307">
-        <v>48.3</v>
+        <v>43</v>
       </c>
       <c r="E307">
-        <v>53.1</v>
+        <v>47.3</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>311</v>
       </c>
       <c r="B308">
         <v>0</v>
       </c>
       <c r="C308">
-        <v>27.9</v>
+        <v>25.7</v>
       </c>
       <c r="D308">
-        <v>31</v>
+        <v>28.5</v>
       </c>
       <c r="E308">
-        <v>34.1</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>312</v>
       </c>
       <c r="B309">
         <v>0</v>
       </c>
       <c r="C309">
-        <v>48.6</v>
+        <v>46.5</v>
       </c>
       <c r="D309">
-        <v>53.9</v>
+        <v>51.6</v>
       </c>
       <c r="E309">
-        <v>59.2</v>
+        <v>56.7</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>313</v>
       </c>
       <c r="B310">
         <v>0</v>
       </c>
       <c r="C310">
-        <v>25</v>
+        <v>26.1</v>
       </c>
       <c r="D310">
-        <v>27.7</v>
+        <v>29</v>
       </c>
       <c r="E310">
-        <v>30.4</v>
+        <v>31.9</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>314</v>
       </c>
       <c r="B311">
         <v>0</v>
       </c>
       <c r="C311">
-        <v>36</v>
+        <v>38.6</v>
       </c>
       <c r="D311">
-        <v>40</v>
+        <v>42.8</v>
       </c>
       <c r="E311">
-        <v>44</v>
+        <v>47</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>315</v>
       </c>
       <c r="B312">
         <v>0</v>
       </c>
       <c r="C312">
-        <v>10.6</v>
+        <v>9.9</v>
       </c>
       <c r="D312">
-        <v>11.7</v>
+        <v>11</v>
       </c>
       <c r="E312">
-        <v>12.8</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>316</v>
       </c>
       <c r="B313">
         <v>0</v>
       </c>
       <c r="C313">
-        <v>123</v>
+        <v>108.9</v>
       </c>
       <c r="D313">
-        <v>136.6</v>
+        <v>121</v>
       </c>
       <c r="E313">
-        <v>150.2</v>
+        <v>133.1</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>317</v>
       </c>
       <c r="B314">
         <v>0</v>
       </c>
       <c r="C314">
-        <v>21</v>
+        <v>20.7</v>
       </c>
       <c r="D314">
-        <v>23.3</v>
+        <v>23</v>
       </c>
       <c r="E314">
-        <v>25.6</v>
+        <v>25.3</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>318</v>
       </c>
       <c r="B315">
         <v>0</v>
       </c>
       <c r="C315">
-        <v>154.8</v>
+        <v>153</v>
       </c>
       <c r="D315">
-        <v>171.9</v>
+        <v>170</v>
       </c>
       <c r="E315">
-        <v>189</v>
+        <v>187</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>319</v>
       </c>
       <c r="B316">
         <v>0</v>
       </c>
       <c r="C316">
+        <v>17.9</v>
+      </c>
+      <c r="D316">
         <v>19.8</v>
       </c>
-      <c r="D316">
-[...1 lines deleted...]
-      </c>
       <c r="E316">
-        <v>24.2</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>320</v>
       </c>
       <c r="B317">
         <v>0</v>
       </c>
       <c r="C317">
         <v>3164.7</v>
       </c>
       <c r="D317">
         <v>3331.2</v>
       </c>
       <c r="E317">
         <v>3497.7</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>321</v>
       </c>
       <c r="B318">
         <v>0</v>
       </c>
       <c r="C318">
-        <v>2.4</v>
+        <v>1.8</v>
       </c>
       <c r="D318">
-        <v>2.6</v>
+        <v>1.9</v>
       </c>
       <c r="E318">
-        <v>2.8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>322</v>
       </c>
       <c r="B319">
         <v>0</v>
       </c>
       <c r="C319">
-        <v>16.3</v>
+        <v>12.1</v>
       </c>
       <c r="D319">
-        <v>18.1</v>
+        <v>13.4</v>
       </c>
       <c r="E319">
-        <v>19.9</v>
+        <v>14.7</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>323</v>
       </c>
       <c r="B320">
         <v>0</v>
       </c>
       <c r="C320">
-        <v>65.09999999999999</v>
+        <v>52.4</v>
       </c>
       <c r="D320">
-        <v>72.3</v>
+        <v>58.2</v>
       </c>
       <c r="E320">
-        <v>79.5</v>
+        <v>64</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>324</v>
       </c>
       <c r="B321">
         <v>0</v>
       </c>
       <c r="C321">
-        <v>28.4</v>
+        <v>21.6</v>
       </c>
       <c r="D321">
-        <v>31.5</v>
+        <v>24</v>
       </c>
       <c r="E321">
-        <v>34.6</v>
+        <v>26.4</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>325</v>
       </c>
       <c r="B322">
         <v>0</v>
       </c>
       <c r="C322">
-        <v>2.5</v>
+        <v>3</v>
       </c>
       <c r="D322">
-        <v>2.7</v>
+        <v>3.3</v>
       </c>
       <c r="E322">
-        <v>2.9</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>326</v>
       </c>
       <c r="B323">
         <v>0</v>
       </c>
       <c r="C323">
-        <v>27</v>
+        <v>25.7</v>
       </c>
       <c r="D323">
-        <v>29.9</v>
+        <v>28.5</v>
       </c>
       <c r="E323">
-        <v>32.8</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>327</v>
       </c>
       <c r="B324">
         <v>0</v>
       </c>
       <c r="C324">
-        <v>5.5</v>
+        <v>5.9</v>
       </c>
       <c r="D324">
-        <v>6.1</v>
+        <v>6.5</v>
       </c>
       <c r="E324">
-        <v>6.7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>328</v>
       </c>
       <c r="B325">
         <v>0</v>
       </c>
       <c r="C325">
-        <v>26.3</v>
+        <v>39.2</v>
       </c>
       <c r="D325">
-        <v>29.2</v>
+        <v>43.5</v>
       </c>
       <c r="E325">
-        <v>32.1</v>
+        <v>47.8</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>329</v>
       </c>
       <c r="B326">
         <v>0</v>
       </c>
       <c r="C326">
-        <v>17.1</v>
+        <v>16.2</v>
       </c>
       <c r="D326">
-        <v>19</v>
+        <v>17.9</v>
       </c>
       <c r="E326">
-        <v>20.9</v>
+        <v>19.6</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>330</v>
       </c>
       <c r="B327">
         <v>0</v>
       </c>
       <c r="C327">
-        <v>21.2</v>
+        <v>19.8</v>
       </c>
       <c r="D327">
-        <v>23.5</v>
+        <v>21.9</v>
       </c>
       <c r="E327">
-        <v>25.8</v>
+        <v>24</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>331</v>
       </c>
       <c r="B328">
         <v>0</v>
       </c>
       <c r="C328">
-        <v>87.40000000000001</v>
+        <v>72</v>
       </c>
       <c r="D328">
-        <v>97.09999999999999</v>
+        <v>80</v>
       </c>
       <c r="E328">
-        <v>106.8</v>
+        <v>88</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>332</v>
       </c>
       <c r="B329">
         <v>0</v>
       </c>
       <c r="C329">
-        <v>86</v>
+        <v>92.09999999999999</v>
       </c>
       <c r="D329">
-        <v>95.5</v>
+        <v>102.3</v>
       </c>
       <c r="E329">
-        <v>105</v>
+        <v>112.5</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>333</v>
       </c>
       <c r="B330">
         <v>0</v>
       </c>
       <c r="C330">
-        <v>11.7</v>
+        <v>11.3</v>
       </c>
       <c r="D330">
-        <v>12.9</v>
+        <v>12.5</v>
       </c>
       <c r="E330">
-        <v>14.1</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>334</v>
       </c>
       <c r="B331">
         <v>0</v>
       </c>
       <c r="C331">
-        <v>4.7</v>
+        <v>5.1</v>
       </c>
       <c r="D331">
-        <v>5.2</v>
+        <v>5.6</v>
       </c>
       <c r="E331">
-        <v>5.7</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>335</v>
       </c>
       <c r="B332">
         <v>0</v>
       </c>
       <c r="C332">
-        <v>15.8</v>
+        <v>17</v>
       </c>
       <c r="D332">
-        <v>17.5</v>
+        <v>18.8</v>
       </c>
       <c r="E332">
-        <v>19.2</v>
+        <v>20.6</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>336</v>
       </c>
       <c r="B333">
         <v>0</v>
       </c>
       <c r="C333">
-        <v>14.1</v>
+        <v>13.5</v>
       </c>
       <c r="D333">
-        <v>15.6</v>
+        <v>15</v>
       </c>
       <c r="E333">
-        <v>17.1</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>337</v>
       </c>
       <c r="B334">
         <v>0</v>
       </c>
       <c r="C334">
-        <v>14.2</v>
+        <v>14.6</v>
       </c>
       <c r="D334">
-        <v>15.7</v>
+        <v>16.2</v>
       </c>
       <c r="E334">
-        <v>17.2</v>
+        <v>17.8</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>338</v>
       </c>
       <c r="B335">
         <v>0</v>
       </c>
       <c r="C335">
-        <v>28.9</v>
+        <v>26.4</v>
       </c>
       <c r="D335">
-        <v>32.1</v>
+        <v>29.3</v>
       </c>
       <c r="E335">
-        <v>35.3</v>
+        <v>32.2</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>339</v>
       </c>
       <c r="B336">
         <v>0</v>
       </c>
       <c r="C336">
-        <v>92.40000000000001</v>
+        <v>50</v>
       </c>
       <c r="D336">
-        <v>102.6</v>
+        <v>95.2</v>
       </c>
       <c r="E336">
-        <v>112.8</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>340</v>
       </c>
       <c r="B337">
         <v>0</v>
       </c>
       <c r="C337">
-        <v>65.7</v>
+        <v>65.5</v>
       </c>
       <c r="D337">
-        <v>73</v>
+        <v>72.7</v>
       </c>
       <c r="E337">
-        <v>80.3</v>
+        <v>79.90000000000001</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>341</v>
       </c>
       <c r="B338">
         <v>0</v>
       </c>
       <c r="C338">
-        <v>19.8</v>
+        <v>18</v>
       </c>
       <c r="D338">
+        <v>20</v>
+      </c>
+      <c r="E338">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>24.2</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>342</v>
       </c>
       <c r="B339">
         <v>0</v>
       </c>
       <c r="C339">
-        <v>40.5</v>
+        <v>42.3</v>
       </c>
       <c r="D339">
-        <v>44.9</v>
+        <v>46.9</v>
       </c>
       <c r="E339">
-        <v>49.3</v>
+        <v>51.5</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>343</v>
       </c>
       <c r="B340">
         <v>0</v>
       </c>
       <c r="C340">
-        <v>5.8</v>
+        <v>5.4</v>
       </c>
       <c r="D340">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="E340">
-        <v>7</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
         <v>344</v>
       </c>
       <c r="B341">
         <v>0</v>
       </c>
       <c r="C341">
-        <v>35.5</v>
+        <v>31.7</v>
       </c>
       <c r="D341">
-        <v>39.4</v>
+        <v>35.2</v>
       </c>
       <c r="E341">
-        <v>43.3</v>
+        <v>38.7</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>345</v>
       </c>
       <c r="B342">
         <v>0</v>
       </c>
       <c r="C342">
         <v>4750</v>
       </c>
       <c r="D342">
         <v>5000</v>
       </c>
       <c r="E342">
         <v>5250</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>346</v>
       </c>
       <c r="B343">
         <v>0</v>
@@ -8180,5038 +8180,5038 @@
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>348</v>
       </c>
       <c r="B345">
         <v>0</v>
       </c>
       <c r="C345">
         <v>7.2</v>
       </c>
       <c r="D345">
         <v>8</v>
       </c>
       <c r="E345">
         <v>8.800000000000001</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>349</v>
       </c>
       <c r="B346">
         <v>0</v>
       </c>
       <c r="C346">
-        <v>14.8</v>
+        <v>15</v>
       </c>
       <c r="D346">
-        <v>16.4</v>
+        <v>16.6</v>
       </c>
       <c r="E346">
-        <v>18</v>
+        <v>18.2</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>350</v>
       </c>
       <c r="B347">
         <v>0</v>
       </c>
       <c r="C347">
-        <v>12.7</v>
+        <v>10.8</v>
       </c>
       <c r="D347">
-        <v>14.1</v>
+        <v>12</v>
       </c>
       <c r="E347">
-        <v>15.5</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
         <v>351</v>
       </c>
       <c r="B348">
         <v>0</v>
       </c>
       <c r="C348">
-        <v>16.6</v>
+        <v>13.5</v>
       </c>
       <c r="D348">
-        <v>18.4</v>
+        <v>15</v>
       </c>
       <c r="E348">
-        <v>20.2</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>352</v>
       </c>
       <c r="B349">
         <v>0</v>
       </c>
       <c r="C349">
-        <v>13.1</v>
+        <v>10.8</v>
       </c>
       <c r="D349">
-        <v>14.5</v>
+        <v>12</v>
       </c>
       <c r="E349">
-        <v>15.9</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>353</v>
       </c>
       <c r="B350">
         <v>0</v>
       </c>
       <c r="C350">
         <v>4.5</v>
       </c>
       <c r="D350">
-        <v>5</v>
+        <v>4.9</v>
       </c>
       <c r="E350">
-        <v>5.5</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>354</v>
       </c>
       <c r="B351">
         <v>0</v>
       </c>
       <c r="C351">
-        <v>3</v>
+        <v>2.8</v>
       </c>
       <c r="D351">
-        <v>3.3</v>
+        <v>3.1</v>
       </c>
       <c r="E351">
-        <v>3.6</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>355</v>
       </c>
       <c r="B352">
         <v>0</v>
       </c>
       <c r="C352">
-        <v>19</v>
+        <v>17.9</v>
       </c>
       <c r="D352">
-        <v>21.1</v>
+        <v>19.8</v>
       </c>
       <c r="E352">
-        <v>23.2</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>356</v>
       </c>
       <c r="B353">
         <v>0</v>
       </c>
       <c r="C353">
-        <v>12.6</v>
+        <v>12.5</v>
       </c>
       <c r="D353">
-        <v>14</v>
+        <v>13.8</v>
       </c>
       <c r="E353">
-        <v>15.4</v>
+        <v>15.1</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>357</v>
       </c>
       <c r="B354">
         <v>0</v>
       </c>
       <c r="C354">
-        <v>8.1</v>
+        <v>8.9</v>
       </c>
       <c r="D354">
-        <v>9</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="E354">
-        <v>9.9</v>
+        <v>10.7</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>358</v>
       </c>
       <c r="B355">
         <v>0</v>
       </c>
       <c r="C355">
-        <v>28.2</v>
+        <v>29.2</v>
       </c>
       <c r="D355">
-        <v>31.3</v>
+        <v>32.4</v>
       </c>
       <c r="E355">
-        <v>34.4</v>
+        <v>35.6</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>359</v>
       </c>
       <c r="B356">
         <v>0</v>
       </c>
       <c r="C356">
-        <v>90</v>
+        <v>78.3</v>
       </c>
       <c r="D356">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="E356">
-        <v>110</v>
+        <v>95.7</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>360</v>
       </c>
       <c r="B357">
         <v>0</v>
       </c>
       <c r="C357">
-        <v>41.4</v>
+        <v>42.8</v>
       </c>
       <c r="D357">
-        <v>45.9</v>
+        <v>47.5</v>
       </c>
       <c r="E357">
-        <v>50.4</v>
+        <v>52.2</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>361</v>
       </c>
       <c r="B358">
         <v>0</v>
       </c>
       <c r="C358">
-        <v>52.2</v>
+        <v>48.6</v>
       </c>
       <c r="D358">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E358">
-        <v>63.8</v>
+        <v>59.4</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
         <v>362</v>
       </c>
       <c r="B359">
         <v>0</v>
       </c>
       <c r="C359">
         <v>4503</v>
       </c>
       <c r="D359">
         <v>4740</v>
       </c>
       <c r="E359">
         <v>4977</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
         <v>363</v>
       </c>
       <c r="B360">
         <v>0</v>
       </c>
       <c r="C360">
-        <v>7.2</v>
+        <v>6.3</v>
       </c>
       <c r="D360">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E360">
-        <v>8.800000000000001</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>364</v>
       </c>
       <c r="B361">
         <v>0</v>
       </c>
       <c r="C361">
-        <v>60.9</v>
+        <v>53.6</v>
       </c>
       <c r="D361">
-        <v>67.59999999999999</v>
+        <v>59.5</v>
       </c>
       <c r="E361">
-        <v>74.3</v>
+        <v>65.40000000000001</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>365</v>
       </c>
       <c r="B362">
         <v>0</v>
       </c>
       <c r="C362">
-        <v>233</v>
+        <v>201.7</v>
       </c>
       <c r="D362">
-        <v>255.3</v>
+        <v>221</v>
       </c>
       <c r="E362">
-        <v>277.6</v>
+        <v>240.3</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>366</v>
       </c>
       <c r="B363">
         <v>0</v>
       </c>
       <c r="C363">
-        <v>23.4</v>
+        <v>22.9</v>
       </c>
       <c r="D363">
-        <v>26</v>
+        <v>25.4</v>
       </c>
       <c r="E363">
-        <v>28.6</v>
+        <v>27.9</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>367</v>
       </c>
       <c r="B364">
         <v>0</v>
       </c>
       <c r="C364">
-        <v>26.3</v>
+        <v>23.9</v>
       </c>
       <c r="D364">
-        <v>29.2</v>
+        <v>26.5</v>
       </c>
       <c r="E364">
-        <v>32.1</v>
+        <v>29.1</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>368</v>
       </c>
       <c r="B365">
         <v>0</v>
       </c>
       <c r="C365">
-        <v>8.4</v>
+        <v>8.5</v>
       </c>
       <c r="D365">
-        <v>9.300000000000001</v>
+        <v>9.4</v>
       </c>
       <c r="E365">
-        <v>10.2</v>
+        <v>10.3</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>369</v>
       </c>
       <c r="B366">
         <v>0</v>
       </c>
       <c r="C366">
         <v>14.3</v>
       </c>
       <c r="D366">
         <v>15.8</v>
       </c>
       <c r="E366">
         <v>17.3</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>370</v>
       </c>
       <c r="B367">
         <v>0</v>
       </c>
       <c r="C367">
-        <v>39.6</v>
+        <v>49.7</v>
       </c>
       <c r="D367">
-        <v>44</v>
+        <v>55.2</v>
       </c>
       <c r="E367">
-        <v>48.4</v>
+        <v>60.7</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>371</v>
       </c>
       <c r="B368">
         <v>0</v>
       </c>
       <c r="C368">
-        <v>48.3</v>
+        <v>45.9</v>
       </c>
       <c r="D368">
-        <v>53.6</v>
+        <v>51</v>
       </c>
       <c r="E368">
-        <v>58.9</v>
+        <v>56.1</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>372</v>
       </c>
       <c r="B369">
         <v>0</v>
       </c>
       <c r="C369">
-        <v>195.3</v>
+        <v>185.5</v>
       </c>
       <c r="D369">
-        <v>214</v>
+        <v>203.2</v>
       </c>
       <c r="E369">
-        <v>232.7</v>
+        <v>220.9</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>373</v>
       </c>
       <c r="B370">
         <v>0</v>
       </c>
       <c r="C370">
-        <v>4.1</v>
+        <v>4</v>
       </c>
       <c r="D370">
-        <v>4.5</v>
+        <v>4.4</v>
       </c>
       <c r="E370">
-        <v>4.9</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>374</v>
       </c>
       <c r="B371">
         <v>0</v>
       </c>
       <c r="C371">
-        <v>58.4</v>
+        <v>58.8</v>
       </c>
       <c r="D371">
-        <v>64.8</v>
+        <v>65.3</v>
       </c>
       <c r="E371">
-        <v>71.2</v>
+        <v>71.8</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>375</v>
       </c>
       <c r="B372">
         <v>0</v>
       </c>
       <c r="C372">
-        <v>34.2</v>
+        <v>32.6</v>
       </c>
       <c r="D372">
-        <v>38</v>
+        <v>36.2</v>
       </c>
       <c r="E372">
-        <v>41.8</v>
+        <v>39.8</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>376</v>
       </c>
       <c r="B373">
         <v>0</v>
       </c>
       <c r="C373">
-        <v>4.6</v>
+        <v>4.9</v>
       </c>
       <c r="D373">
-        <v>5.1</v>
+        <v>5.4</v>
       </c>
       <c r="E373">
-        <v>5.6</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>377</v>
       </c>
       <c r="B374">
         <v>0</v>
       </c>
       <c r="C374">
-        <v>13.2</v>
+        <v>12.5</v>
       </c>
       <c r="D374">
-        <v>14.6</v>
+        <v>13.8</v>
       </c>
       <c r="E374">
-        <v>16</v>
+        <v>15.1</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>378</v>
       </c>
       <c r="B375">
         <v>0</v>
       </c>
       <c r="C375">
-        <v>45.2</v>
+        <v>52.2</v>
       </c>
       <c r="D375">
-        <v>50.2</v>
+        <v>58</v>
       </c>
       <c r="E375">
-        <v>55.2</v>
+        <v>63.8</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>379</v>
       </c>
       <c r="B376">
         <v>0</v>
       </c>
       <c r="C376">
-        <v>30.9</v>
+        <v>30.6</v>
       </c>
       <c r="D376">
-        <v>34.3</v>
+        <v>34</v>
       </c>
       <c r="E376">
-        <v>37.7</v>
+        <v>37.4</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>380</v>
       </c>
       <c r="B377">
         <v>0</v>
       </c>
       <c r="C377">
-        <v>4.9</v>
+        <v>5</v>
       </c>
       <c r="D377">
-        <v>5.4</v>
+        <v>5.5</v>
       </c>
       <c r="E377">
-        <v>5.9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>381</v>
       </c>
       <c r="B378">
         <v>0</v>
       </c>
       <c r="C378">
-        <v>0</v>
+        <v>121.5</v>
       </c>
       <c r="D378">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="E378">
-        <v>0</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>382</v>
       </c>
       <c r="B379">
         <v>0</v>
       </c>
       <c r="C379">
-        <v>97.51000000000001</v>
+        <v>97.61</v>
       </c>
       <c r="D379">
-        <v>99.5</v>
+        <v>99.59999999999999</v>
       </c>
       <c r="E379">
-        <v>101.49</v>
+        <v>101.59</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>383</v>
       </c>
       <c r="B380">
         <v>0</v>
       </c>
       <c r="C380">
-        <v>94.79000000000001</v>
+        <v>94.61</v>
       </c>
       <c r="D380">
-        <v>96.72</v>
+        <v>96.54000000000001</v>
       </c>
       <c r="E380">
-        <v>98.65000000000001</v>
+        <v>98.47</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>384</v>
       </c>
       <c r="B381">
         <v>0</v>
       </c>
       <c r="C381">
-        <v>95.94</v>
+        <v>94.26000000000001</v>
       </c>
       <c r="D381">
-        <v>97.90000000000001</v>
+        <v>96.18000000000001</v>
       </c>
       <c r="E381">
-        <v>99.86</v>
+        <v>98.09999999999999</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>385</v>
       </c>
       <c r="B382">
         <v>0</v>
       </c>
       <c r="C382">
-        <v>85.83</v>
+        <v>84.69</v>
       </c>
       <c r="D382">
-        <v>87.58</v>
+        <v>86.42</v>
       </c>
       <c r="E382">
-        <v>89.33</v>
+        <v>88.15000000000001</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>386</v>
       </c>
       <c r="B383">
         <v>0</v>
       </c>
       <c r="C383">
-        <v>110.48</v>
+        <v>107.57</v>
       </c>
       <c r="D383">
-        <v>112.73</v>
+        <v>109.77</v>
       </c>
       <c r="E383">
-        <v>114.98</v>
+        <v>111.97</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>387</v>
       </c>
       <c r="B384">
         <v>0</v>
       </c>
       <c r="C384">
-        <v>82.90000000000001</v>
+        <v>82.01000000000001</v>
       </c>
       <c r="D384">
-        <v>84.59</v>
+        <v>83.68000000000001</v>
       </c>
       <c r="E384">
-        <v>86.28</v>
+        <v>85.34999999999999</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>388</v>
       </c>
       <c r="B385">
         <v>0</v>
       </c>
       <c r="C385">
-        <v>110.01</v>
+        <v>108.18</v>
       </c>
       <c r="D385">
-        <v>112.25</v>
+        <v>110.39</v>
       </c>
       <c r="E385">
-        <v>114.5</v>
+        <v>112.6</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>389</v>
       </c>
       <c r="B386">
         <v>0</v>
       </c>
       <c r="C386">
-        <v>91.02</v>
+        <v>89.59</v>
       </c>
       <c r="D386">
-        <v>92.88</v>
+        <v>91.42</v>
       </c>
       <c r="E386">
-        <v>94.73999999999999</v>
+        <v>93.25</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>390</v>
       </c>
       <c r="B387">
         <v>0</v>
       </c>
       <c r="C387">
-        <v>110.98</v>
+        <v>107.88</v>
       </c>
       <c r="D387">
-        <v>113.24</v>
+        <v>110.08</v>
       </c>
       <c r="E387">
-        <v>115.5</v>
+        <v>112.28</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>391</v>
       </c>
       <c r="B388">
         <v>0</v>
       </c>
       <c r="C388">
-        <v>92.31</v>
+        <v>91.31999999999999</v>
       </c>
       <c r="D388">
-        <v>94.19</v>
+        <v>93.18000000000001</v>
       </c>
       <c r="E388">
-        <v>96.06999999999999</v>
+        <v>95.04000000000001</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>392</v>
       </c>
       <c r="B389">
         <v>0</v>
       </c>
       <c r="C389">
-        <v>107.78</v>
+        <v>106.85</v>
       </c>
       <c r="D389">
-        <v>109.98</v>
+        <v>109.03</v>
       </c>
       <c r="E389">
-        <v>112.18</v>
+        <v>111.21</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>393</v>
       </c>
       <c r="B390">
         <v>0</v>
       </c>
       <c r="C390">
-        <v>94.33</v>
+        <v>93.34</v>
       </c>
       <c r="D390">
-        <v>96.25</v>
+        <v>95.23999999999999</v>
       </c>
       <c r="E390">
-        <v>98.18000000000001</v>
+        <v>97.14</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>394</v>
       </c>
       <c r="B391">
         <v>0</v>
       </c>
       <c r="C391">
-        <v>81.48999999999999</v>
+        <v>80.56999999999999</v>
       </c>
       <c r="D391">
-        <v>83.15000000000001</v>
+        <v>82.20999999999999</v>
       </c>
       <c r="E391">
-        <v>84.81</v>
+        <v>83.84999999999999</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>395</v>
       </c>
       <c r="B392">
         <v>0</v>
       </c>
       <c r="C392">
-        <v>89.53</v>
+        <v>88.27</v>
       </c>
       <c r="D392">
-        <v>91.36</v>
+        <v>90.06999999999999</v>
       </c>
       <c r="E392">
-        <v>93.19</v>
+        <v>91.87</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>396</v>
       </c>
       <c r="B393">
         <v>0</v>
       </c>
       <c r="C393">
-        <v>110.52</v>
+        <v>107.47</v>
       </c>
       <c r="D393">
-        <v>112.78</v>
+        <v>109.66</v>
       </c>
       <c r="E393">
-        <v>115.04</v>
+        <v>111.85</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>397</v>
       </c>
       <c r="B394">
         <v>0</v>
       </c>
       <c r="C394">
-        <v>92.81999999999999</v>
+        <v>92.39</v>
       </c>
       <c r="D394">
-        <v>94.70999999999999</v>
+        <v>94.28</v>
       </c>
       <c r="E394">
-        <v>96.59999999999999</v>
+        <v>96.17</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>398</v>
       </c>
       <c r="B395">
         <v>0</v>
       </c>
       <c r="C395">
-        <v>93.79000000000001</v>
+        <v>92.36</v>
       </c>
       <c r="D395">
-        <v>95.7</v>
+        <v>94.23999999999999</v>
       </c>
       <c r="E395">
-        <v>97.61</v>
+        <v>96.12</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>399</v>
       </c>
       <c r="B396">
         <v>0</v>
       </c>
       <c r="C396">
-        <v>93.90000000000001</v>
+        <v>92.95</v>
       </c>
       <c r="D396">
-        <v>95.81999999999999</v>
+        <v>94.84999999999999</v>
       </c>
       <c r="E396">
-        <v>97.73999999999999</v>
+        <v>96.75</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>400</v>
       </c>
       <c r="B397">
         <v>0</v>
       </c>
       <c r="C397">
-        <v>89.92</v>
+        <v>88.63</v>
       </c>
       <c r="D397">
-        <v>91.76000000000001</v>
+        <v>90.44</v>
       </c>
       <c r="E397">
-        <v>93.59999999999999</v>
+        <v>92.25</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>401</v>
       </c>
       <c r="B398">
         <v>0</v>
       </c>
       <c r="C398">
-        <v>110.94</v>
+        <v>108.61</v>
       </c>
       <c r="D398">
-        <v>113.2</v>
+        <v>110.83</v>
       </c>
       <c r="E398">
-        <v>115.46</v>
+        <v>113.05</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>402</v>
       </c>
       <c r="B399">
         <v>0</v>
       </c>
       <c r="C399">
-        <v>96.62</v>
+        <v>96.44</v>
       </c>
       <c r="D399">
-        <v>98.59</v>
+        <v>98.41</v>
       </c>
       <c r="E399">
-        <v>100.56</v>
+        <v>100.38</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>403</v>
       </c>
       <c r="B400">
         <v>0</v>
       </c>
       <c r="C400">
-        <v>91.02</v>
+        <v>90.11</v>
       </c>
       <c r="D400">
-        <v>92.88</v>
+        <v>91.95</v>
       </c>
       <c r="E400">
-        <v>94.73999999999999</v>
+        <v>93.79000000000001</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>404</v>
       </c>
       <c r="B401">
         <v>0</v>
       </c>
       <c r="C401">
-        <v>79.37</v>
+        <v>78.45</v>
       </c>
       <c r="D401">
-        <v>80.98999999999999</v>
+        <v>80.05</v>
       </c>
       <c r="E401">
-        <v>82.61</v>
+        <v>81.65000000000001</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>405</v>
       </c>
       <c r="B402">
         <v>0</v>
       </c>
       <c r="C402">
-        <v>101.65</v>
+        <v>99.43000000000001</v>
       </c>
       <c r="D402">
-        <v>103.72</v>
+        <v>101.46</v>
       </c>
       <c r="E402">
-        <v>105.79</v>
+        <v>103.49</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>406</v>
       </c>
       <c r="B403">
         <v>0</v>
       </c>
       <c r="C403">
-        <v>95.79000000000001</v>
+        <v>94.51000000000001</v>
       </c>
       <c r="D403">
-        <v>97.73999999999999</v>
+        <v>96.44</v>
       </c>
       <c r="E403">
-        <v>99.69</v>
+        <v>98.37</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>407</v>
       </c>
       <c r="B404">
         <v>0</v>
       </c>
       <c r="C404">
-        <v>94.63</v>
+        <v>93.11</v>
       </c>
       <c r="D404">
-        <v>96.56</v>
+        <v>95.01000000000001</v>
       </c>
       <c r="E404">
-        <v>98.48999999999999</v>
+        <v>96.91</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>408</v>
       </c>
       <c r="B405">
         <v>0</v>
       </c>
       <c r="C405">
-        <v>89.70999999999999</v>
+        <v>88.36</v>
       </c>
       <c r="D405">
-        <v>91.54000000000001</v>
+        <v>90.16</v>
       </c>
       <c r="E405">
-        <v>93.37</v>
+        <v>91.95999999999999</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>409</v>
       </c>
       <c r="B406">
         <v>0</v>
       </c>
       <c r="C406">
-        <v>93.18000000000001</v>
+        <v>92.95</v>
       </c>
       <c r="D406">
-        <v>95.08</v>
+        <v>94.84999999999999</v>
       </c>
       <c r="E406">
-        <v>96.98</v>
+        <v>96.75</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>410</v>
       </c>
       <c r="B407">
         <v>0</v>
       </c>
       <c r="C407">
-        <v>82.19</v>
+        <v>81.39</v>
       </c>
       <c r="D407">
-        <v>83.87</v>
+        <v>83.05</v>
       </c>
       <c r="E407">
-        <v>85.55</v>
+        <v>84.70999999999999</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>411</v>
       </c>
       <c r="B408">
         <v>0</v>
       </c>
       <c r="C408">
-        <v>84.91</v>
+        <v>83.83</v>
       </c>
       <c r="D408">
-        <v>86.64</v>
+        <v>85.54000000000001</v>
       </c>
       <c r="E408">
-        <v>88.37</v>
+        <v>87.25</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>412</v>
       </c>
       <c r="B409">
         <v>0</v>
       </c>
       <c r="C409">
-        <v>91.31</v>
+        <v>90.66</v>
       </c>
       <c r="D409">
-        <v>93.17</v>
+        <v>92.51000000000001</v>
       </c>
       <c r="E409">
-        <v>95.03</v>
+        <v>94.36</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>413</v>
       </c>
       <c r="B410">
         <v>0</v>
       </c>
       <c r="C410">
-        <v>96.28</v>
+        <v>98.68000000000001</v>
       </c>
       <c r="D410">
-        <v>98.23999999999999</v>
+        <v>100.69</v>
       </c>
       <c r="E410">
-        <v>100.2</v>
+        <v>102.7</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>414</v>
       </c>
       <c r="B411">
         <v>0</v>
       </c>
       <c r="C411">
-        <v>90.61</v>
+        <v>94.38</v>
       </c>
       <c r="D411">
-        <v>92.45999999999999</v>
+        <v>96.31</v>
       </c>
       <c r="E411">
-        <v>94.31</v>
+        <v>98.23999999999999</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>415</v>
       </c>
       <c r="B412">
         <v>0</v>
       </c>
       <c r="C412">
-        <v>99.98</v>
+        <v>89.22</v>
       </c>
       <c r="D412">
-        <v>102.02</v>
+        <v>91.04000000000001</v>
       </c>
       <c r="E412">
-        <v>104.06</v>
+        <v>92.86</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>416</v>
       </c>
       <c r="B413">
         <v>0</v>
       </c>
       <c r="C413">
-        <v>102.45</v>
+        <v>99.48</v>
       </c>
       <c r="D413">
-        <v>104.54</v>
+        <v>101.51</v>
       </c>
       <c r="E413">
-        <v>106.63</v>
+        <v>103.54</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>417</v>
       </c>
       <c r="B414">
         <v>0</v>
       </c>
       <c r="C414">
-        <v>104.47</v>
+        <v>101.93</v>
       </c>
       <c r="D414">
-        <v>106.6</v>
+        <v>104.01</v>
       </c>
       <c r="E414">
-        <v>108.73</v>
+        <v>106.09</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>418</v>
       </c>
       <c r="B415">
         <v>0</v>
       </c>
       <c r="C415">
-        <v>97.84</v>
+        <v>103.35</v>
       </c>
       <c r="D415">
-        <v>99.84</v>
+        <v>105.46</v>
       </c>
       <c r="E415">
-        <v>101.84</v>
+        <v>107.57</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>419</v>
       </c>
       <c r="B416">
         <v>0</v>
       </c>
       <c r="C416">
-        <v>100.22</v>
+        <v>97.78</v>
       </c>
       <c r="D416">
-        <v>102.27</v>
+        <v>99.78</v>
       </c>
       <c r="E416">
-        <v>104.32</v>
+        <v>101.78</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>420</v>
       </c>
       <c r="B417">
         <v>0</v>
       </c>
       <c r="C417">
-        <v>102.83</v>
+        <v>99.70999999999999</v>
       </c>
       <c r="D417">
-        <v>104.93</v>
+        <v>101.74</v>
       </c>
       <c r="E417">
-        <v>107.03</v>
+        <v>103.77</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>421</v>
       </c>
       <c r="B418">
         <v>0</v>
       </c>
       <c r="C418">
+        <v>102.25</v>
+      </c>
+      <c r="D418">
         <v>104.34</v>
       </c>
-      <c r="D418">
-[...1 lines deleted...]
-      </c>
       <c r="E418">
-        <v>108.6</v>
+        <v>106.43</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>422</v>
       </c>
       <c r="B419">
         <v>0</v>
       </c>
       <c r="C419">
-        <v>97.84</v>
+        <v>103.17</v>
       </c>
       <c r="D419">
-        <v>99.84</v>
+        <v>105.28</v>
       </c>
       <c r="E419">
-        <v>101.84</v>
+        <v>107.39</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>423</v>
       </c>
       <c r="B420">
         <v>0</v>
       </c>
       <c r="C420">
-        <v>100.41</v>
+        <v>97.73</v>
       </c>
       <c r="D420">
-        <v>102.46</v>
+        <v>99.72</v>
       </c>
       <c r="E420">
-        <v>104.51</v>
+        <v>101.71</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>424</v>
       </c>
       <c r="B421">
         <v>0</v>
       </c>
       <c r="C421">
-        <v>103.17</v>
+        <v>99.86</v>
       </c>
       <c r="D421">
-        <v>105.28</v>
+        <v>101.9</v>
       </c>
       <c r="E421">
-        <v>107.39</v>
+        <v>103.94</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>425</v>
       </c>
       <c r="B422">
         <v>0</v>
       </c>
       <c r="C422">
-        <v>104.23</v>
+        <v>102.55</v>
       </c>
       <c r="D422">
-        <v>106.36</v>
+        <v>104.64</v>
       </c>
       <c r="E422">
-        <v>108.49</v>
+        <v>106.73</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>426</v>
       </c>
       <c r="B423">
         <v>0</v>
       </c>
       <c r="C423">
-        <v>113.26</v>
+        <v>103</v>
       </c>
       <c r="D423">
-        <v>115.57</v>
+        <v>105.1</v>
       </c>
       <c r="E423">
-        <v>117.88</v>
+        <v>107.2</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>427</v>
       </c>
       <c r="B424">
         <v>0</v>
       </c>
       <c r="C424">
-        <v>114.74</v>
+        <v>107.75</v>
       </c>
       <c r="D424">
-        <v>117.08</v>
+        <v>109.95</v>
       </c>
       <c r="E424">
-        <v>119.42</v>
+        <v>112.15</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>428</v>
       </c>
       <c r="B425">
         <v>0</v>
       </c>
       <c r="C425">
-        <v>97.86</v>
+        <v>112.21</v>
       </c>
       <c r="D425">
-        <v>99.86</v>
+        <v>114.5</v>
       </c>
       <c r="E425">
-        <v>101.86</v>
+        <v>116.79</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>429</v>
       </c>
       <c r="B426">
         <v>0</v>
       </c>
       <c r="C426">
-        <v>100.6</v>
+        <v>97.68000000000001</v>
       </c>
       <c r="D426">
-        <v>102.65</v>
+        <v>99.67</v>
       </c>
       <c r="E426">
-        <v>104.7</v>
+        <v>101.66</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>430</v>
       </c>
       <c r="B427">
         <v>0</v>
       </c>
       <c r="C427">
-        <v>103.35</v>
+        <v>100.04</v>
       </c>
       <c r="D427">
-        <v>105.46</v>
+        <v>102.08</v>
       </c>
       <c r="E427">
-        <v>107.57</v>
+        <v>104.12</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>431</v>
       </c>
       <c r="B428">
         <v>0</v>
       </c>
       <c r="C428">
-        <v>104.25</v>
+        <v>102.67</v>
       </c>
       <c r="D428">
-        <v>106.38</v>
+        <v>104.77</v>
       </c>
       <c r="E428">
-        <v>108.51</v>
+        <v>106.87</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
         <v>432</v>
       </c>
       <c r="B429">
         <v>0</v>
       </c>
       <c r="C429">
-        <v>89.77</v>
+        <v>102.82</v>
       </c>
       <c r="D429">
-        <v>91.59999999999999</v>
+        <v>104.92</v>
       </c>
       <c r="E429">
-        <v>93.43000000000001</v>
+        <v>107.02</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
         <v>433</v>
       </c>
       <c r="B430">
         <v>0</v>
       </c>
       <c r="C430">
-        <v>85.02</v>
+        <v>88.69</v>
       </c>
       <c r="D430">
-        <v>86.76000000000001</v>
+        <v>90.5</v>
       </c>
       <c r="E430">
-        <v>88.5</v>
+        <v>92.31</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>434</v>
       </c>
       <c r="B431">
         <v>0</v>
       </c>
       <c r="C431">
-        <v>97.87</v>
+        <v>81.95999999999999</v>
       </c>
       <c r="D431">
-        <v>99.87</v>
+        <v>83.63</v>
       </c>
       <c r="E431">
-        <v>101.87</v>
+        <v>85.3</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>435</v>
       </c>
       <c r="B432">
         <v>0</v>
       </c>
       <c r="C432">
-        <v>100.79</v>
+        <v>97.64</v>
       </c>
       <c r="D432">
-        <v>102.85</v>
+        <v>99.63</v>
       </c>
       <c r="E432">
-        <v>104.91</v>
+        <v>101.62</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>436</v>
       </c>
       <c r="B433">
         <v>0</v>
       </c>
       <c r="C433">
-        <v>103.55</v>
+        <v>100.25</v>
       </c>
       <c r="D433">
-        <v>105.66</v>
+        <v>102.3</v>
       </c>
       <c r="E433">
-        <v>107.77</v>
+        <v>104.35</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>437</v>
       </c>
       <c r="B434">
         <v>0</v>
       </c>
       <c r="C434">
-        <v>104.19</v>
+        <v>102.85</v>
       </c>
       <c r="D434">
-        <v>106.32</v>
+        <v>104.95</v>
       </c>
       <c r="E434">
-        <v>108.45</v>
+        <v>107.05</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>438</v>
       </c>
       <c r="B435">
         <v>0</v>
       </c>
       <c r="C435">
-        <v>92.78</v>
+        <v>102.41</v>
       </c>
       <c r="D435">
-        <v>94.67</v>
+        <v>104.5</v>
       </c>
       <c r="E435">
-        <v>96.56</v>
+        <v>106.59</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>439</v>
       </c>
       <c r="B436">
         <v>0</v>
       </c>
       <c r="C436">
-        <v>97.81999999999999</v>
+        <v>89.98</v>
       </c>
       <c r="D436">
-        <v>99.81999999999999</v>
+        <v>91.81999999999999</v>
       </c>
       <c r="E436">
-        <v>101.82</v>
+        <v>93.66</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>440</v>
       </c>
       <c r="B437">
         <v>0</v>
       </c>
       <c r="C437">
-        <v>100.95</v>
+        <v>97.55</v>
       </c>
       <c r="D437">
-        <v>103.01</v>
+        <v>99.54000000000001</v>
       </c>
       <c r="E437">
-        <v>105.07</v>
+        <v>101.53</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>441</v>
       </c>
       <c r="B438">
         <v>0</v>
       </c>
       <c r="C438">
-        <v>103.73</v>
+        <v>100.42</v>
       </c>
       <c r="D438">
-        <v>105.85</v>
+        <v>102.47</v>
       </c>
       <c r="E438">
-        <v>107.97</v>
+        <v>104.52</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>442</v>
       </c>
       <c r="B439">
         <v>0</v>
       </c>
       <c r="C439">
-        <v>104.13</v>
+        <v>103</v>
       </c>
       <c r="D439">
-        <v>106.25</v>
+        <v>105.1</v>
       </c>
       <c r="E439">
-        <v>108.38</v>
+        <v>107.2</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>443</v>
       </c>
       <c r="B440">
         <v>0</v>
       </c>
       <c r="C440">
-        <v>90.95</v>
+        <v>102.44</v>
       </c>
       <c r="D440">
-        <v>92.81</v>
+        <v>104.53</v>
       </c>
       <c r="E440">
-        <v>94.67</v>
+        <v>106.62</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>444</v>
       </c>
       <c r="B441">
         <v>0</v>
       </c>
       <c r="C441">
-        <v>88.66</v>
+        <v>89</v>
       </c>
       <c r="D441">
-        <v>90.47</v>
+        <v>90.81999999999999</v>
       </c>
       <c r="E441">
-        <v>92.28</v>
+        <v>92.64</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>445</v>
       </c>
       <c r="B442">
         <v>0</v>
       </c>
       <c r="C442">
-        <v>101.14</v>
+        <v>85.39</v>
       </c>
       <c r="D442">
-        <v>103.2</v>
+        <v>87.13</v>
       </c>
       <c r="E442">
-        <v>105.26</v>
+        <v>88.87</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>446</v>
       </c>
       <c r="B443">
         <v>0</v>
       </c>
       <c r="C443">
-        <v>103.93</v>
+        <v>100.59</v>
       </c>
       <c r="D443">
-        <v>106.05</v>
+        <v>102.64</v>
       </c>
       <c r="E443">
-        <v>108.17</v>
+        <v>104.69</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>447</v>
       </c>
       <c r="B444">
         <v>0</v>
       </c>
       <c r="C444">
-        <v>103.76</v>
+        <v>103.13</v>
       </c>
       <c r="D444">
-        <v>105.88</v>
+        <v>105.23</v>
       </c>
       <c r="E444">
-        <v>108</v>
+        <v>107.33</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>448</v>
       </c>
       <c r="B445">
         <v>0</v>
       </c>
       <c r="C445">
-        <v>98.92</v>
+        <v>102.18</v>
       </c>
       <c r="D445">
-        <v>100.94</v>
+        <v>104.27</v>
       </c>
       <c r="E445">
-        <v>102.96</v>
+        <v>106.36</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>449</v>
       </c>
       <c r="B446">
         <v>0</v>
       </c>
       <c r="C446">
-        <v>70.76000000000001</v>
+        <v>97.84</v>
       </c>
       <c r="D446">
-        <v>72.2</v>
+        <v>99.84</v>
       </c>
       <c r="E446">
-        <v>73.64</v>
+        <v>101.84</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>450</v>
       </c>
       <c r="B447">
         <v>0</v>
       </c>
       <c r="C447">
-        <v>98</v>
+        <v>68.55</v>
       </c>
       <c r="D447">
-        <v>100</v>
+        <v>69.95</v>
       </c>
       <c r="E447">
-        <v>102</v>
+        <v>71.34999999999999</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>451</v>
       </c>
       <c r="B448">
         <v>0</v>
       </c>
       <c r="C448">
-        <v>104.13</v>
+        <v>97.67</v>
       </c>
       <c r="D448">
-        <v>106.26</v>
+        <v>99.66</v>
       </c>
       <c r="E448">
-        <v>108.39</v>
+        <v>101.65</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" t="s">
         <v>452</v>
       </c>
       <c r="B449">
         <v>0</v>
       </c>
       <c r="C449">
-        <v>102.82</v>
+        <v>103.27</v>
       </c>
       <c r="D449">
-        <v>104.92</v>
+        <v>105.38</v>
       </c>
       <c r="E449">
-        <v>107.02</v>
+        <v>107.49</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>453</v>
       </c>
       <c r="B450">
         <v>0</v>
       </c>
       <c r="C450">
-        <v>101.79</v>
+        <v>101.39</v>
       </c>
       <c r="D450">
-        <v>103.87</v>
+        <v>103.46</v>
       </c>
       <c r="E450">
-        <v>105.95</v>
+        <v>105.53</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>454</v>
       </c>
       <c r="B451">
         <v>0</v>
       </c>
       <c r="C451">
-        <v>98.54000000000001</v>
+        <v>97.95999999999999</v>
       </c>
       <c r="D451">
-        <v>100.55</v>
+        <v>99.95999999999999</v>
       </c>
       <c r="E451">
-        <v>102.56</v>
+        <v>101.96</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>455</v>
       </c>
       <c r="B452">
         <v>0</v>
       </c>
       <c r="C452">
-        <v>101.42</v>
+        <v>98.16</v>
       </c>
       <c r="D452">
-        <v>103.49</v>
+        <v>100.16</v>
       </c>
       <c r="E452">
-        <v>105.56</v>
+        <v>102.16</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" t="s">
         <v>456</v>
       </c>
       <c r="B453">
         <v>0</v>
       </c>
       <c r="C453">
-        <v>104.35</v>
+        <v>100.87</v>
       </c>
       <c r="D453">
-        <v>106.48</v>
+        <v>102.93</v>
       </c>
       <c r="E453">
-        <v>108.61</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>457</v>
       </c>
       <c r="B454">
         <v>0</v>
       </c>
       <c r="C454">
-        <v>102.45</v>
+        <v>103.43</v>
       </c>
       <c r="D454">
-        <v>104.54</v>
+        <v>105.54</v>
       </c>
       <c r="E454">
-        <v>106.63</v>
+        <v>107.65</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>458</v>
       </c>
       <c r="B455">
         <v>0</v>
       </c>
       <c r="C455">
-        <v>92.89</v>
+        <v>101.15</v>
       </c>
       <c r="D455">
-        <v>94.79000000000001</v>
+        <v>103.21</v>
       </c>
       <c r="E455">
-        <v>96.69</v>
+        <v>105.27</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>459</v>
       </c>
       <c r="B456">
         <v>0</v>
       </c>
       <c r="C456">
-        <v>84</v>
+        <v>91.89</v>
       </c>
       <c r="D456">
-        <v>85.70999999999999</v>
+        <v>93.77</v>
       </c>
       <c r="E456">
-        <v>87.42</v>
+        <v>95.65000000000001</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>460</v>
       </c>
       <c r="B457">
         <v>0</v>
       </c>
       <c r="C457">
-        <v>99.20999999999999</v>
+        <v>82.64</v>
       </c>
       <c r="D457">
-        <v>101.23</v>
+        <v>84.33</v>
       </c>
       <c r="E457">
-        <v>103.25</v>
+        <v>86.02</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>461</v>
       </c>
       <c r="B458">
         <v>0</v>
       </c>
       <c r="C458">
-        <v>101.63</v>
+        <v>98.75</v>
       </c>
       <c r="D458">
-        <v>103.7</v>
+        <v>100.77</v>
       </c>
       <c r="E458">
-        <v>105.77</v>
+        <v>102.79</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>462</v>
       </c>
       <c r="B459">
         <v>0</v>
       </c>
       <c r="C459">
-        <v>104.53</v>
+        <v>101.08</v>
       </c>
       <c r="D459">
-        <v>106.66</v>
+        <v>103.14</v>
       </c>
       <c r="E459">
-        <v>108.79</v>
+        <v>105.2</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>463</v>
       </c>
       <c r="B460">
         <v>0</v>
       </c>
       <c r="C460">
-        <v>102.53</v>
+        <v>103.55</v>
       </c>
       <c r="D460">
-        <v>104.62</v>
+        <v>105.66</v>
       </c>
       <c r="E460">
-        <v>106.71</v>
+        <v>107.77</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>464</v>
       </c>
       <c r="B461">
         <v>0</v>
       </c>
       <c r="C461">
-        <v>97.98</v>
+        <v>101.05</v>
       </c>
       <c r="D461">
-        <v>99.98</v>
+        <v>103.11</v>
       </c>
       <c r="E461">
-        <v>101.98</v>
+        <v>105.17</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>465</v>
       </c>
       <c r="B462">
         <v>0</v>
       </c>
       <c r="C462">
-        <v>99.28</v>
+        <v>98.84</v>
       </c>
       <c r="D462">
-        <v>101.31</v>
+        <v>100.86</v>
       </c>
       <c r="E462">
-        <v>103.34</v>
+        <v>102.88</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>466</v>
       </c>
       <c r="B463">
         <v>0</v>
       </c>
       <c r="C463">
-        <v>101.87</v>
+        <v>101.36</v>
       </c>
       <c r="D463">
-        <v>103.95</v>
+        <v>103.43</v>
       </c>
       <c r="E463">
-        <v>106.03</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>467</v>
       </c>
       <c r="B464">
         <v>0</v>
       </c>
       <c r="C464">
-        <v>104.38</v>
+        <v>103.39</v>
       </c>
       <c r="D464">
-        <v>106.51</v>
+        <v>105.5</v>
       </c>
       <c r="E464">
-        <v>108.64</v>
+        <v>107.61</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>468</v>
       </c>
       <c r="B465">
         <v>0</v>
       </c>
       <c r="C465">
-        <v>103.18</v>
+        <v>101.38</v>
       </c>
       <c r="D465">
-        <v>105.29</v>
+        <v>103.45</v>
       </c>
       <c r="E465">
-        <v>107.4</v>
+        <v>105.52</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>469</v>
       </c>
       <c r="B466">
         <v>0</v>
       </c>
       <c r="C466">
-        <v>85.65000000000001</v>
+        <v>84.27</v>
       </c>
       <c r="D466">
-        <v>87.40000000000001</v>
+        <v>85.98999999999999</v>
       </c>
       <c r="E466">
-        <v>89.15000000000001</v>
+        <v>87.70999999999999</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>470</v>
       </c>
       <c r="B467">
         <v>0</v>
       </c>
       <c r="C467">
-        <v>97.92</v>
+        <v>97.95</v>
       </c>
       <c r="D467">
-        <v>99.92</v>
+        <v>99.95</v>
       </c>
       <c r="E467">
-        <v>101.92</v>
+        <v>101.95</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
         <v>471</v>
       </c>
       <c r="B468">
         <v>0</v>
       </c>
       <c r="C468">
-        <v>99.36</v>
+        <v>98.91</v>
       </c>
       <c r="D468">
-        <v>101.39</v>
+        <v>100.93</v>
       </c>
       <c r="E468">
-        <v>103.42</v>
+        <v>102.95</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>472</v>
       </c>
       <c r="B469">
         <v>0</v>
       </c>
       <c r="C469">
-        <v>102.16</v>
+        <v>101.65</v>
       </c>
       <c r="D469">
-        <v>104.24</v>
+        <v>103.72</v>
       </c>
       <c r="E469">
-        <v>106.32</v>
+        <v>105.79</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>473</v>
       </c>
       <c r="B470">
         <v>0</v>
       </c>
       <c r="C470">
-        <v>104.53</v>
+        <v>103.48</v>
       </c>
       <c r="D470">
-        <v>106.66</v>
+        <v>105.59</v>
       </c>
       <c r="E470">
-        <v>108.79</v>
+        <v>107.7</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>474</v>
       </c>
       <c r="B471">
         <v>0</v>
       </c>
       <c r="C471">
-        <v>104.38</v>
+        <v>103.79</v>
       </c>
       <c r="D471">
-        <v>106.51</v>
+        <v>105.91</v>
       </c>
       <c r="E471">
-        <v>108.64</v>
+        <v>108.03</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>475</v>
       </c>
       <c r="B472">
         <v>0</v>
       </c>
       <c r="C472">
-        <v>106.59</v>
+        <v>105.42</v>
       </c>
       <c r="D472">
-        <v>108.77</v>
+        <v>107.57</v>
       </c>
       <c r="E472">
-        <v>110.95</v>
+        <v>109.72</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>476</v>
       </c>
       <c r="B473">
         <v>0</v>
       </c>
       <c r="C473">
-        <v>97.17</v>
+        <v>96.03</v>
       </c>
       <c r="D473">
-        <v>99.15000000000001</v>
+        <v>97.98999999999999</v>
       </c>
       <c r="E473">
-        <v>101.13</v>
+        <v>99.95</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>477</v>
       </c>
       <c r="B474">
         <v>0</v>
       </c>
       <c r="C474">
-        <v>107.58</v>
+        <v>106.05</v>
       </c>
       <c r="D474">
-        <v>109.78</v>
+        <v>108.21</v>
       </c>
       <c r="E474">
-        <v>111.98</v>
+        <v>110.37</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>478</v>
       </c>
       <c r="B475">
         <v>0</v>
       </c>
       <c r="C475">
-        <v>110.73</v>
+        <v>108.98</v>
       </c>
       <c r="D475">
-        <v>112.99</v>
+        <v>111.2</v>
       </c>
       <c r="E475">
-        <v>115.25</v>
+        <v>113.42</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>479</v>
       </c>
       <c r="B476">
         <v>0</v>
       </c>
       <c r="C476">
-        <v>111.09</v>
+        <v>109.27</v>
       </c>
       <c r="D476">
-        <v>113.36</v>
+        <v>111.5</v>
       </c>
       <c r="E476">
-        <v>115.63</v>
+        <v>113.73</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>480</v>
       </c>
       <c r="B477">
         <v>0</v>
       </c>
       <c r="C477">
-        <v>89.42</v>
+        <v>85.48</v>
       </c>
       <c r="D477">
-        <v>91.23999999999999</v>
+        <v>87.22</v>
       </c>
       <c r="E477">
-        <v>93.06</v>
+        <v>88.95999999999999</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>481</v>
       </c>
       <c r="B478">
         <v>0</v>
       </c>
       <c r="C478">
-        <v>104.55</v>
+        <v>103.91</v>
       </c>
       <c r="D478">
-        <v>106.68</v>
+        <v>106.03</v>
       </c>
       <c r="E478">
-        <v>108.81</v>
+        <v>108.15</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>482</v>
       </c>
       <c r="B479">
         <v>0</v>
       </c>
       <c r="C479">
-        <v>106.76</v>
+        <v>105.53</v>
       </c>
       <c r="D479">
-        <v>108.94</v>
+        <v>107.68</v>
       </c>
       <c r="E479">
-        <v>111.12</v>
+        <v>109.83</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>483</v>
       </c>
       <c r="B480">
         <v>0</v>
       </c>
       <c r="C480">
-        <v>95.75</v>
+        <v>94.27</v>
       </c>
       <c r="D480">
-        <v>97.7</v>
+        <v>96.19</v>
       </c>
       <c r="E480">
-        <v>99.65000000000001</v>
+        <v>98.11</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>484</v>
       </c>
       <c r="B481">
         <v>0</v>
       </c>
       <c r="C481">
-        <v>97.16</v>
+        <v>96</v>
       </c>
       <c r="D481">
-        <v>99.14</v>
+        <v>97.95999999999999</v>
       </c>
       <c r="E481">
-        <v>101.12</v>
+        <v>99.92</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>485</v>
       </c>
       <c r="B482">
         <v>0</v>
       </c>
       <c r="C482">
-        <v>107.92</v>
+        <v>106.35</v>
       </c>
       <c r="D482">
-        <v>110.12</v>
+        <v>108.52</v>
       </c>
       <c r="E482">
-        <v>112.32</v>
+        <v>110.69</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
         <v>486</v>
       </c>
       <c r="B483">
         <v>0</v>
       </c>
       <c r="C483">
-        <v>111.34</v>
+        <v>109.56</v>
       </c>
       <c r="D483">
-        <v>113.61</v>
+        <v>111.8</v>
       </c>
       <c r="E483">
-        <v>115.88</v>
+        <v>114.04</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>487</v>
       </c>
       <c r="B484">
         <v>0</v>
       </c>
       <c r="C484">
-        <v>110.84</v>
+        <v>109.06</v>
       </c>
       <c r="D484">
-        <v>113.1</v>
+        <v>111.29</v>
       </c>
       <c r="E484">
-        <v>115.36</v>
+        <v>113.52</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>488</v>
       </c>
       <c r="B485">
         <v>0</v>
       </c>
       <c r="C485">
-        <v>104.78</v>
+        <v>104.09</v>
       </c>
       <c r="D485">
-        <v>106.92</v>
+        <v>106.21</v>
       </c>
       <c r="E485">
-        <v>109.06</v>
+        <v>108.33</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" t="s">
         <v>489</v>
       </c>
       <c r="B486">
         <v>0</v>
       </c>
       <c r="C486">
-        <v>106.95</v>
+        <v>105.64</v>
       </c>
       <c r="D486">
-        <v>109.13</v>
+        <v>107.8</v>
       </c>
       <c r="E486">
-        <v>111.31</v>
+        <v>109.96</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>490</v>
       </c>
       <c r="B487">
         <v>0</v>
       </c>
       <c r="C487">
-        <v>95.83</v>
+        <v>94.52</v>
       </c>
       <c r="D487">
-        <v>97.79000000000001</v>
+        <v>96.45</v>
       </c>
       <c r="E487">
-        <v>99.75</v>
+        <v>98.38</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>491</v>
       </c>
       <c r="B488">
         <v>0</v>
       </c>
       <c r="C488">
-        <v>97.27</v>
+        <v>96.09</v>
       </c>
       <c r="D488">
-        <v>99.26000000000001</v>
+        <v>98.05</v>
       </c>
       <c r="E488">
-        <v>101.25</v>
+        <v>100.01</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>492</v>
       </c>
       <c r="B489">
         <v>0</v>
       </c>
       <c r="C489">
-        <v>108.15</v>
+        <v>106.56</v>
       </c>
       <c r="D489">
-        <v>110.36</v>
+        <v>108.73</v>
       </c>
       <c r="E489">
-        <v>112.57</v>
+        <v>110.9</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>493</v>
       </c>
       <c r="B490">
         <v>0</v>
       </c>
       <c r="C490">
-        <v>111.44</v>
+        <v>109.64</v>
       </c>
       <c r="D490">
-        <v>113.71</v>
+        <v>111.88</v>
       </c>
       <c r="E490">
-        <v>115.98</v>
+        <v>114.12</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>494</v>
       </c>
       <c r="B491">
         <v>0</v>
       </c>
       <c r="C491">
-        <v>108.8</v>
+        <v>107.53</v>
       </c>
       <c r="D491">
-        <v>111.02</v>
+        <v>109.72</v>
       </c>
       <c r="E491">
-        <v>113.24</v>
+        <v>111.91</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>495</v>
       </c>
       <c r="B492">
         <v>0</v>
       </c>
       <c r="C492">
-        <v>81.14</v>
+        <v>77.56999999999999</v>
       </c>
       <c r="D492">
-        <v>82.8</v>
+        <v>79.15000000000001</v>
       </c>
       <c r="E492">
-        <v>84.45999999999999</v>
+        <v>80.73</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>496</v>
       </c>
       <c r="B493">
         <v>0</v>
       </c>
       <c r="C493">
-        <v>104.99</v>
+        <v>104.25</v>
       </c>
       <c r="D493">
-        <v>107.13</v>
+        <v>106.38</v>
       </c>
       <c r="E493">
-        <v>109.27</v>
+        <v>108.51</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>497</v>
       </c>
       <c r="B494">
         <v>0</v>
       </c>
       <c r="C494">
-        <v>102.85</v>
+        <v>101.34</v>
       </c>
       <c r="D494">
-        <v>104.95</v>
+        <v>103.41</v>
       </c>
       <c r="E494">
-        <v>107.05</v>
+        <v>105.48</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>498</v>
       </c>
       <c r="B495">
         <v>0</v>
       </c>
       <c r="C495">
-        <v>95.84999999999999</v>
+        <v>94.77</v>
       </c>
       <c r="D495">
-        <v>97.81</v>
+        <v>96.7</v>
       </c>
       <c r="E495">
-        <v>99.77</v>
+        <v>98.63</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>499</v>
       </c>
       <c r="B496">
         <v>0</v>
       </c>
       <c r="C496">
-        <v>97.36</v>
+        <v>96.15000000000001</v>
       </c>
       <c r="D496">
-        <v>99.34999999999999</v>
+        <v>98.11</v>
       </c>
       <c r="E496">
-        <v>101.34</v>
+        <v>100.07</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>500</v>
       </c>
       <c r="B497">
         <v>0</v>
       </c>
       <c r="C497">
-        <v>108.44</v>
+        <v>106.82</v>
       </c>
       <c r="D497">
-        <v>110.65</v>
+        <v>109</v>
       </c>
       <c r="E497">
-        <v>112.86</v>
+        <v>111.18</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" t="s">
         <v>501</v>
       </c>
       <c r="B498">
         <v>0</v>
       </c>
       <c r="C498">
-        <v>111.53</v>
+        <v>109.73</v>
       </c>
       <c r="D498">
-        <v>113.81</v>
+        <v>111.97</v>
       </c>
       <c r="E498">
-        <v>116.09</v>
+        <v>114.21</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" t="s">
         <v>502</v>
       </c>
       <c r="B499">
         <v>0</v>
       </c>
       <c r="C499">
-        <v>107.79</v>
+        <v>106.73</v>
       </c>
       <c r="D499">
-        <v>109.99</v>
+        <v>108.91</v>
       </c>
       <c r="E499">
-        <v>112.19</v>
+        <v>111.09</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" t="s">
         <v>503</v>
       </c>
       <c r="B500">
         <v>0</v>
       </c>
       <c r="C500">
-        <v>87.52</v>
+        <v>85.06999999999999</v>
       </c>
       <c r="D500">
-        <v>89.31</v>
+        <v>86.81</v>
       </c>
       <c r="E500">
-        <v>91.09999999999999</v>
+        <v>88.55</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" t="s">
         <v>504</v>
       </c>
       <c r="B501">
         <v>0</v>
       </c>
       <c r="C501">
-        <v>105.21</v>
+        <v>104.47</v>
       </c>
       <c r="D501">
-        <v>107.36</v>
+        <v>106.6</v>
       </c>
       <c r="E501">
-        <v>109.51</v>
+        <v>108.73</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>505</v>
       </c>
       <c r="B502">
         <v>0</v>
       </c>
       <c r="C502">
-        <v>101.66</v>
+        <v>99.93000000000001</v>
       </c>
       <c r="D502">
-        <v>103.73</v>
+        <v>101.97</v>
       </c>
       <c r="E502">
-        <v>105.8</v>
+        <v>104.01</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>506</v>
       </c>
       <c r="B503">
         <v>0</v>
       </c>
       <c r="C503">
-        <v>95.89</v>
+        <v>94.89</v>
       </c>
       <c r="D503">
-        <v>97.84999999999999</v>
+        <v>96.83</v>
       </c>
       <c r="E503">
-        <v>99.81</v>
+        <v>98.77</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>507</v>
       </c>
       <c r="B504">
         <v>0</v>
       </c>
       <c r="C504">
-        <v>97.34</v>
+        <v>96.14</v>
       </c>
       <c r="D504">
-        <v>99.33</v>
+        <v>98.09999999999999</v>
       </c>
       <c r="E504">
-        <v>101.32</v>
+        <v>100.06</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>508</v>
       </c>
       <c r="B505">
         <v>0</v>
       </c>
       <c r="C505">
-        <v>108.67</v>
+        <v>107.07</v>
       </c>
       <c r="D505">
-        <v>110.89</v>
+        <v>109.25</v>
       </c>
       <c r="E505">
-        <v>113.11</v>
+        <v>111.44</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" t="s">
         <v>509</v>
       </c>
       <c r="B506">
         <v>0</v>
       </c>
       <c r="C506">
-        <v>111.57</v>
+        <v>109.8</v>
       </c>
       <c r="D506">
-        <v>113.85</v>
+        <v>112.04</v>
       </c>
       <c r="E506">
-        <v>116.13</v>
+        <v>114.28</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" t="s">
         <v>510</v>
       </c>
       <c r="B507">
         <v>0</v>
       </c>
       <c r="C507">
-        <v>108.15</v>
+        <v>106.39</v>
       </c>
       <c r="D507">
-        <v>110.36</v>
+        <v>108.56</v>
       </c>
       <c r="E507">
-        <v>112.57</v>
+        <v>110.73</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" t="s">
         <v>511</v>
       </c>
       <c r="B508">
         <v>0</v>
       </c>
       <c r="C508">
-        <v>91.95</v>
+        <v>90.29000000000001</v>
       </c>
       <c r="D508">
-        <v>93.83</v>
+        <v>92.13</v>
       </c>
       <c r="E508">
-        <v>95.70999999999999</v>
+        <v>93.97</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" t="s">
         <v>512</v>
       </c>
       <c r="B509">
         <v>0</v>
       </c>
       <c r="C509">
-        <v>111.21</v>
+        <v>110.9</v>
       </c>
       <c r="D509">
-        <v>113.48</v>
+        <v>113.16</v>
       </c>
       <c r="E509">
-        <v>115.75</v>
+        <v>115.42</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
         <v>513</v>
       </c>
       <c r="B510">
         <v>0</v>
       </c>
       <c r="C510">
-        <v>105.31</v>
+        <v>104.52</v>
       </c>
       <c r="D510">
-        <v>107.46</v>
+        <v>106.65</v>
       </c>
       <c r="E510">
-        <v>109.61</v>
+        <v>108.78</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>514</v>
       </c>
       <c r="B511">
         <v>0</v>
       </c>
       <c r="C511">
-        <v>98.54000000000001</v>
+        <v>97</v>
       </c>
       <c r="D511">
-        <v>100.55</v>
+        <v>98.98</v>
       </c>
       <c r="E511">
-        <v>102.56</v>
+        <v>100.96</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>515</v>
       </c>
       <c r="B512">
         <v>0</v>
       </c>
       <c r="C512">
-        <v>95.65000000000001</v>
+        <v>94.67</v>
       </c>
       <c r="D512">
-        <v>97.59999999999999</v>
+        <v>96.59999999999999</v>
       </c>
       <c r="E512">
-        <v>99.55</v>
+        <v>98.53</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>516</v>
       </c>
       <c r="B513">
         <v>0</v>
       </c>
       <c r="C513">
-        <v>97.31999999999999</v>
+        <v>96.09</v>
       </c>
       <c r="D513">
-        <v>99.31</v>
+        <v>98.05</v>
       </c>
       <c r="E513">
-        <v>101.3</v>
+        <v>100.01</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>517</v>
       </c>
       <c r="B514">
         <v>0</v>
       </c>
       <c r="C514">
-        <v>108.84</v>
+        <v>107.21</v>
       </c>
       <c r="D514">
-        <v>111.06</v>
+        <v>109.4</v>
       </c>
       <c r="E514">
-        <v>113.28</v>
+        <v>111.59</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>518</v>
       </c>
       <c r="B515">
         <v>0</v>
       </c>
       <c r="C515">
-        <v>111.69</v>
+        <v>109.91</v>
       </c>
       <c r="D515">
-        <v>113.97</v>
+        <v>112.15</v>
       </c>
       <c r="E515">
-        <v>116.25</v>
+        <v>114.39</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>519</v>
       </c>
       <c r="B516">
         <v>0</v>
       </c>
       <c r="C516">
-        <v>108.33</v>
+        <v>106.06</v>
       </c>
       <c r="D516">
-        <v>110.54</v>
+        <v>108.22</v>
       </c>
       <c r="E516">
-        <v>112.75</v>
+        <v>110.38</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>520</v>
       </c>
       <c r="B517">
         <v>0</v>
       </c>
       <c r="C517">
-        <v>92.77</v>
+        <v>88.7</v>
       </c>
       <c r="D517">
-        <v>94.66</v>
+        <v>90.51000000000001</v>
       </c>
       <c r="E517">
-        <v>96.55</v>
+        <v>92.31999999999999</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>521</v>
       </c>
       <c r="B518">
         <v>0</v>
       </c>
       <c r="C518">
-        <v>91.75</v>
+        <v>88.29000000000001</v>
       </c>
       <c r="D518">
-        <v>93.62</v>
+        <v>90.09</v>
       </c>
       <c r="E518">
-        <v>95.48999999999999</v>
+        <v>91.89</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>522</v>
       </c>
       <c r="B519">
         <v>0</v>
       </c>
       <c r="C519">
-        <v>68.81</v>
+        <v>65.81</v>
       </c>
       <c r="D519">
-        <v>70.20999999999999</v>
+        <v>67.15000000000001</v>
       </c>
       <c r="E519">
-        <v>71.61</v>
+        <v>68.48999999999999</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>523</v>
       </c>
       <c r="B520">
         <v>0</v>
       </c>
       <c r="C520">
-        <v>88.04000000000001</v>
+        <v>84.18000000000001</v>
       </c>
       <c r="D520">
-        <v>89.84</v>
+        <v>85.90000000000001</v>
       </c>
       <c r="E520">
-        <v>91.64</v>
+        <v>87.62</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>524</v>
       </c>
       <c r="B521">
         <v>0</v>
       </c>
       <c r="C521">
-        <v>107.43</v>
+        <v>106.61</v>
       </c>
       <c r="D521">
-        <v>109.62</v>
+        <v>108.79</v>
       </c>
       <c r="E521">
-        <v>111.81</v>
+        <v>110.97</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>525</v>
       </c>
       <c r="B522">
         <v>0</v>
       </c>
       <c r="C522">
-        <v>105.46</v>
+        <v>104.62</v>
       </c>
       <c r="D522">
-        <v>107.61</v>
+        <v>106.75</v>
       </c>
       <c r="E522">
-        <v>109.76</v>
+        <v>108.89</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>526</v>
       </c>
       <c r="B523">
         <v>0</v>
       </c>
       <c r="C523">
-        <v>95.04000000000001</v>
+        <v>93.70999999999999</v>
       </c>
       <c r="D523">
-        <v>96.98</v>
+        <v>95.62</v>
       </c>
       <c r="E523">
-        <v>98.92</v>
+        <v>97.53</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>527</v>
       </c>
       <c r="B524">
         <v>0</v>
       </c>
       <c r="C524">
-        <v>95.79000000000001</v>
+        <v>94.77</v>
       </c>
       <c r="D524">
-        <v>97.73999999999999</v>
+        <v>96.7</v>
       </c>
       <c r="E524">
-        <v>99.69</v>
+        <v>98.63</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>528</v>
       </c>
       <c r="B525">
         <v>0</v>
       </c>
       <c r="C525">
-        <v>98.78</v>
+        <v>97.51000000000001</v>
       </c>
       <c r="D525">
-        <v>100.8</v>
+        <v>99.5</v>
       </c>
       <c r="E525">
-        <v>102.82</v>
+        <v>101.49</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>529</v>
       </c>
       <c r="B526">
         <v>0</v>
       </c>
       <c r="C526">
-        <v>108.92</v>
+        <v>107.27</v>
       </c>
       <c r="D526">
-        <v>111.14</v>
+        <v>109.46</v>
       </c>
       <c r="E526">
-        <v>113.36</v>
+        <v>111.65</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>530</v>
       </c>
       <c r="B527">
         <v>0</v>
       </c>
       <c r="C527">
-        <v>111.77</v>
+        <v>109.97</v>
       </c>
       <c r="D527">
-        <v>114.05</v>
+        <v>112.21</v>
       </c>
       <c r="E527">
-        <v>116.33</v>
+        <v>114.45</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>531</v>
       </c>
       <c r="B528">
         <v>0</v>
       </c>
       <c r="C528">
-        <v>108.53</v>
+        <v>106.15</v>
       </c>
       <c r="D528">
-        <v>110.74</v>
+        <v>108.32</v>
       </c>
       <c r="E528">
-        <v>112.95</v>
+        <v>110.49</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>532</v>
       </c>
       <c r="B529">
         <v>0</v>
       </c>
       <c r="C529">
-        <v>100.92</v>
+        <v>98.70999999999999</v>
       </c>
       <c r="D529">
-        <v>102.98</v>
+        <v>100.72</v>
       </c>
       <c r="E529">
-        <v>105.04</v>
+        <v>102.73</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>533</v>
       </c>
       <c r="B530">
         <v>0</v>
       </c>
       <c r="C530">
-        <v>117.1</v>
+        <v>114.47</v>
       </c>
       <c r="D530">
-        <v>119.49</v>
+        <v>116.81</v>
       </c>
       <c r="E530">
-        <v>121.88</v>
+        <v>119.15</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>534</v>
       </c>
       <c r="B531">
         <v>0</v>
       </c>
       <c r="C531">
-        <v>107.06</v>
+        <v>106.26</v>
       </c>
       <c r="D531">
-        <v>109.24</v>
+        <v>108.43</v>
       </c>
       <c r="E531">
-        <v>111.42</v>
+        <v>110.6</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>535</v>
       </c>
       <c r="B532">
         <v>0</v>
       </c>
       <c r="C532">
-        <v>105.71</v>
+        <v>104.8</v>
       </c>
       <c r="D532">
-        <v>107.87</v>
+        <v>106.94</v>
       </c>
       <c r="E532">
-        <v>110.03</v>
+        <v>109.08</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>536</v>
       </c>
       <c r="B533">
         <v>0</v>
       </c>
       <c r="C533">
-        <v>93.68000000000001</v>
+        <v>92.47</v>
       </c>
       <c r="D533">
-        <v>95.59</v>
+        <v>94.36</v>
       </c>
       <c r="E533">
-        <v>97.5</v>
+        <v>96.25</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>537</v>
       </c>
       <c r="B534">
         <v>0</v>
       </c>
       <c r="C534">
-        <v>95.86</v>
+        <v>94.83</v>
       </c>
       <c r="D534">
-        <v>97.81999999999999</v>
+        <v>96.77</v>
       </c>
       <c r="E534">
-        <v>99.78</v>
+        <v>98.70999999999999</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>538</v>
       </c>
       <c r="B535">
         <v>0</v>
       </c>
       <c r="C535">
-        <v>99.86</v>
+        <v>98.55</v>
       </c>
       <c r="D535">
-        <v>101.9</v>
+        <v>100.56</v>
       </c>
       <c r="E535">
-        <v>103.94</v>
+        <v>102.57</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>539</v>
       </c>
       <c r="B536">
         <v>0</v>
       </c>
       <c r="C536">
-        <v>109.22</v>
+        <v>107.54</v>
       </c>
       <c r="D536">
-        <v>111.45</v>
+        <v>109.73</v>
       </c>
       <c r="E536">
-        <v>113.68</v>
+        <v>111.92</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>540</v>
       </c>
       <c r="B537">
         <v>0</v>
       </c>
       <c r="C537">
-        <v>111.88</v>
+        <v>110.05</v>
       </c>
       <c r="D537">
-        <v>114.16</v>
+        <v>112.3</v>
       </c>
       <c r="E537">
-        <v>116.44</v>
+        <v>114.55</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>541</v>
       </c>
       <c r="B538">
         <v>0</v>
       </c>
       <c r="C538">
-        <v>107.73</v>
+        <v>105.28</v>
       </c>
       <c r="D538">
-        <v>109.93</v>
+        <v>107.43</v>
       </c>
       <c r="E538">
-        <v>112.13</v>
+        <v>109.58</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>542</v>
       </c>
       <c r="B539">
         <v>0</v>
       </c>
       <c r="C539">
-        <v>95.09999999999999</v>
+        <v>95.39</v>
       </c>
       <c r="D539">
-        <v>97.04000000000001</v>
+        <v>97.34</v>
       </c>
       <c r="E539">
-        <v>98.98</v>
+        <v>99.29000000000001</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>543</v>
       </c>
       <c r="B540">
         <v>0</v>
       </c>
       <c r="C540">
-        <v>105.37</v>
+        <v>104.65</v>
       </c>
       <c r="D540">
-        <v>107.52</v>
+        <v>106.79</v>
       </c>
       <c r="E540">
-        <v>109.67</v>
+        <v>108.93</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>544</v>
       </c>
       <c r="B541">
         <v>0</v>
       </c>
       <c r="C541">
-        <v>105.92</v>
+        <v>104.95</v>
       </c>
       <c r="D541">
-        <v>108.08</v>
+        <v>107.09</v>
       </c>
       <c r="E541">
-        <v>110.24</v>
+        <v>109.23</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>545</v>
       </c>
       <c r="B542">
         <v>0</v>
       </c>
       <c r="C542">
-        <v>95.91</v>
+        <v>94.84999999999999</v>
       </c>
       <c r="D542">
-        <v>97.87</v>
+        <v>96.79000000000001</v>
       </c>
       <c r="E542">
-        <v>99.83</v>
+        <v>98.73</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>546</v>
       </c>
       <c r="B543">
         <v>0</v>
       </c>
       <c r="C543">
-        <v>102.48</v>
+        <v>101.1</v>
       </c>
       <c r="D543">
-        <v>104.57</v>
+        <v>103.16</v>
       </c>
       <c r="E543">
-        <v>106.66</v>
+        <v>105.22</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>547</v>
       </c>
       <c r="B544">
         <v>0</v>
       </c>
       <c r="C544">
-        <v>109.32</v>
+        <v>107.6</v>
       </c>
       <c r="D544">
-        <v>111.55</v>
+        <v>109.8</v>
       </c>
       <c r="E544">
-        <v>113.78</v>
+        <v>112</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>548</v>
       </c>
       <c r="B545">
         <v>0</v>
       </c>
       <c r="C545">
-        <v>111.97</v>
+        <v>110.12</v>
       </c>
       <c r="D545">
-        <v>114.25</v>
+        <v>112.37</v>
       </c>
       <c r="E545">
-        <v>116.54</v>
+        <v>114.62</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
         <v>549</v>
       </c>
       <c r="B546">
         <v>0</v>
       </c>
       <c r="C546">
-        <v>108.55</v>
+        <v>106.01</v>
       </c>
       <c r="D546">
-        <v>110.77</v>
+        <v>108.17</v>
       </c>
       <c r="E546">
-        <v>112.99</v>
+        <v>110.33</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" t="s">
         <v>550</v>
       </c>
       <c r="B547">
         <v>0</v>
       </c>
       <c r="C547">
-        <v>105.03</v>
+        <v>104.35</v>
       </c>
       <c r="D547">
-        <v>107.17</v>
+        <v>106.48</v>
       </c>
       <c r="E547">
-        <v>109.31</v>
+        <v>108.61</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>551</v>
       </c>
       <c r="B548">
         <v>0</v>
       </c>
       <c r="C548">
-        <v>106.11</v>
+        <v>105.08</v>
       </c>
       <c r="D548">
-        <v>108.28</v>
+        <v>107.22</v>
       </c>
       <c r="E548">
-        <v>110.45</v>
+        <v>109.36</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>552</v>
       </c>
       <c r="B549">
         <v>0</v>
       </c>
       <c r="C549">
-        <v>95.17</v>
+        <v>93.88</v>
       </c>
       <c r="D549">
-        <v>97.11</v>
+        <v>95.8</v>
       </c>
       <c r="E549">
-        <v>99.05</v>
+        <v>97.72</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>553</v>
       </c>
       <c r="B550">
         <v>0</v>
       </c>
       <c r="C550">
-        <v>95.90000000000001</v>
+        <v>94.81999999999999</v>
       </c>
       <c r="D550">
-        <v>97.86</v>
+        <v>96.75</v>
       </c>
       <c r="E550">
-        <v>99.81999999999999</v>
+        <v>98.69</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>554</v>
       </c>
       <c r="B551">
         <v>0</v>
       </c>
       <c r="C551">
-        <v>105.38</v>
+        <v>103.91</v>
       </c>
       <c r="D551">
-        <v>107.53</v>
+        <v>106.03</v>
       </c>
       <c r="E551">
-        <v>109.68</v>
+        <v>108.15</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>555</v>
       </c>
       <c r="B552">
         <v>0</v>
       </c>
       <c r="C552">
-        <v>109.42</v>
+        <v>107.69</v>
       </c>
       <c r="D552">
-        <v>111.65</v>
+        <v>109.89</v>
       </c>
       <c r="E552">
-        <v>113.88</v>
+        <v>112.09</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>556</v>
       </c>
       <c r="B553">
         <v>0</v>
       </c>
       <c r="C553">
-        <v>112.06</v>
+        <v>110.21</v>
       </c>
       <c r="D553">
-        <v>114.35</v>
+        <v>112.46</v>
       </c>
       <c r="E553">
-        <v>116.64</v>
+        <v>114.71</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>557</v>
       </c>
       <c r="B554">
         <v>0</v>
       </c>
       <c r="C554">
-        <v>108.97</v>
+        <v>106.3</v>
       </c>
       <c r="D554">
-        <v>111.19</v>
+        <v>108.47</v>
       </c>
       <c r="E554">
-        <v>113.41</v>
+        <v>110.64</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>558</v>
       </c>
       <c r="B555">
         <v>0</v>
       </c>
       <c r="C555">
-        <v>104.59</v>
+        <v>103.98</v>
       </c>
       <c r="D555">
-        <v>106.72</v>
+        <v>106.1</v>
       </c>
       <c r="E555">
-        <v>108.85</v>
+        <v>108.22</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>559</v>
       </c>
       <c r="B556">
         <v>0</v>
       </c>
       <c r="C556">
-        <v>106.29</v>
+        <v>105.24</v>
       </c>
       <c r="D556">
-        <v>108.46</v>
+        <v>107.39</v>
       </c>
       <c r="E556">
-        <v>110.63</v>
+        <v>109.54</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>560</v>
       </c>
       <c r="B557">
         <v>0</v>
       </c>
       <c r="C557">
-        <v>96.63</v>
+        <v>95.54000000000001</v>
       </c>
       <c r="D557">
-        <v>98.59999999999999</v>
+        <v>97.48999999999999</v>
       </c>
       <c r="E557">
-        <v>100.57</v>
+        <v>99.44</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>561</v>
       </c>
       <c r="B558">
         <v>0</v>
       </c>
       <c r="C558">
-        <v>105.43</v>
+        <v>103.98</v>
       </c>
       <c r="D558">
-        <v>107.58</v>
+        <v>106.1</v>
       </c>
       <c r="E558">
-        <v>109.73</v>
+        <v>108.22</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>562</v>
       </c>
       <c r="B559">
         <v>0</v>
       </c>
       <c r="C559">
-        <v>109.59</v>
+        <v>107.9</v>
       </c>
       <c r="D559">
-        <v>111.83</v>
+        <v>110.1</v>
       </c>
       <c r="E559">
-        <v>114.07</v>
+        <v>112.3</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>563</v>
       </c>
       <c r="B560">
         <v>0</v>
       </c>
       <c r="C560">
-        <v>111.34</v>
+        <v>109.53</v>
       </c>
       <c r="D560">
-        <v>113.61</v>
+        <v>111.77</v>
       </c>
       <c r="E560">
-        <v>115.88</v>
+        <v>114.01</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>564</v>
       </c>
       <c r="B561">
         <v>0</v>
       </c>
       <c r="C561">
-        <v>109.26</v>
+        <v>106.56</v>
       </c>
       <c r="D561">
-        <v>111.49</v>
+        <v>108.73</v>
       </c>
       <c r="E561">
-        <v>113.72</v>
+        <v>110.9</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>565</v>
       </c>
       <c r="B562">
         <v>0</v>
       </c>
       <c r="C562">
-        <v>90.69</v>
+        <v>88.47</v>
       </c>
       <c r="D562">
-        <v>92.54000000000001</v>
+        <v>90.28</v>
       </c>
       <c r="E562">
-        <v>94.39</v>
+        <v>92.09</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>566</v>
       </c>
       <c r="B563">
         <v>0</v>
       </c>
       <c r="C563">
-        <v>85.55</v>
+        <v>81.39</v>
       </c>
       <c r="D563">
-        <v>87.3</v>
+        <v>83.05</v>
       </c>
       <c r="E563">
-        <v>89.05</v>
+        <v>84.70999999999999</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>567</v>
       </c>
       <c r="B564">
         <v>0</v>
       </c>
       <c r="C564">
-        <v>104.39</v>
+        <v>103.81</v>
       </c>
       <c r="D564">
-        <v>106.52</v>
+        <v>105.93</v>
       </c>
       <c r="E564">
-        <v>108.65</v>
+        <v>108.05</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>568</v>
       </c>
       <c r="B565">
         <v>0</v>
       </c>
       <c r="C565">
-        <v>106.42</v>
+        <v>105.32</v>
       </c>
       <c r="D565">
-        <v>108.59</v>
+        <v>107.47</v>
       </c>
       <c r="E565">
-        <v>110.76</v>
+        <v>109.62</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>569</v>
       </c>
       <c r="B566">
         <v>0</v>
       </c>
       <c r="C566">
-        <v>95.84</v>
+        <v>93.98</v>
       </c>
       <c r="D566">
-        <v>97.8</v>
+        <v>95.90000000000001</v>
       </c>
       <c r="E566">
-        <v>99.76000000000001</v>
+        <v>97.81999999999999</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>570</v>
       </c>
       <c r="B567">
         <v>0</v>
       </c>
       <c r="C567">
-        <v>97.06999999999999</v>
+        <v>95.94</v>
       </c>
       <c r="D567">
-        <v>99.05</v>
+        <v>97.90000000000001</v>
       </c>
       <c r="E567">
-        <v>101.03</v>
+        <v>99.86</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>571</v>
       </c>
       <c r="B568">
         <v>0</v>
       </c>
       <c r="C568">
-        <v>105.5</v>
+        <v>104.03</v>
       </c>
       <c r="D568">
-        <v>107.65</v>
+        <v>106.15</v>
       </c>
       <c r="E568">
-        <v>109.8</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>572</v>
       </c>
       <c r="B569">
         <v>0</v>
       </c>
       <c r="C569">
-        <v>110.15</v>
+        <v>108.43</v>
       </c>
       <c r="D569">
-        <v>112.4</v>
+        <v>110.64</v>
       </c>
       <c r="E569">
-        <v>114.65</v>
+        <v>112.85</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>573</v>
       </c>
       <c r="B570">
         <v>0</v>
       </c>
       <c r="C570">
-        <v>111.4</v>
+        <v>109.57</v>
       </c>
       <c r="D570">
-        <v>113.67</v>
+        <v>111.81</v>
       </c>
       <c r="E570">
-        <v>115.94</v>
+        <v>114.05</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>574</v>
       </c>
       <c r="B571">
         <v>0</v>
       </c>
       <c r="C571">
-        <v>90.06</v>
+        <v>86.01000000000001</v>
       </c>
       <c r="D571">
-        <v>91.90000000000001</v>
+        <v>87.77</v>
       </c>
       <c r="E571">
-        <v>93.73999999999999</v>
+        <v>89.53</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>575</v>
       </c>
       <c r="B572">
         <v>0</v>
       </c>
       <c r="C572">
-        <v>98.3</v>
+        <v>98.13</v>
       </c>
       <c r="D572">
-        <v>100.31</v>
+        <v>100.13</v>
       </c>
       <c r="E572">
-        <v>102.32</v>
+        <v>102.13</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>576</v>
       </c>
       <c r="B573">
         <v>0</v>
       </c>
       <c r="C573">
-        <v>100.61</v>
+        <v>100.08</v>
       </c>
       <c r="D573">
-        <v>102.66</v>
+        <v>102.12</v>
       </c>
       <c r="E573">
-        <v>104.71</v>
+        <v>104.16</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>577</v>
       </c>
       <c r="B574">
         <v>0</v>
       </c>
       <c r="C574">
-        <v>99.45</v>
+        <v>98.98</v>
       </c>
       <c r="D574">
-        <v>101.48</v>
+        <v>101</v>
       </c>
       <c r="E574">
-        <v>103.51</v>
+        <v>103.02</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>578</v>
       </c>
       <c r="B575">
         <v>0</v>
       </c>
       <c r="C575">
-        <v>99.79000000000001</v>
+        <v>99.29000000000001</v>
       </c>
       <c r="D575">
-        <v>101.83</v>
+        <v>101.32</v>
       </c>
       <c r="E575">
-        <v>103.87</v>
+        <v>103.35</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>579</v>
       </c>
       <c r="B576">
         <v>0</v>
       </c>
       <c r="C576">
-        <v>98.94</v>
+        <v>98.58</v>
       </c>
       <c r="D576">
-        <v>100.96</v>
+        <v>100.59</v>
       </c>
       <c r="E576">
-        <v>102.98</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>580</v>
       </c>
       <c r="B577">
         <v>0</v>
       </c>
       <c r="C577">
-        <v>101.18</v>
+        <v>100.59</v>
       </c>
       <c r="D577">
-        <v>103.24</v>
+        <v>102.64</v>
       </c>
       <c r="E577">
-        <v>105.3</v>
+        <v>104.69</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>581</v>
       </c>
       <c r="B578">
         <v>0</v>
       </c>
       <c r="C578">
-        <v>99.2</v>
+        <v>98.76000000000001</v>
       </c>
       <c r="D578">
-        <v>101.22</v>
+        <v>100.78</v>
       </c>
       <c r="E578">
-        <v>103.24</v>
+        <v>102.8</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>582</v>
       </c>
       <c r="B579">
         <v>0</v>
       </c>
       <c r="C579">
-        <v>101.04</v>
+        <v>100.47</v>
       </c>
       <c r="D579">
-        <v>103.1</v>
+        <v>102.52</v>
       </c>
       <c r="E579">
-        <v>105.16</v>
+        <v>104.57</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>583</v>
       </c>
       <c r="B580">
         <v>0</v>
       </c>
       <c r="C580">
-        <v>99.47</v>
+        <v>99</v>
       </c>
       <c r="D580">
-        <v>101.5</v>
+        <v>101.02</v>
       </c>
       <c r="E580">
-        <v>103.53</v>
+        <v>103.04</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>584</v>
       </c>
       <c r="B581">
         <v>0</v>
       </c>
       <c r="C581">
-        <v>101.59</v>
+        <v>101.03</v>
       </c>
       <c r="D581">
-        <v>103.66</v>
+        <v>103.09</v>
       </c>
       <c r="E581">
-        <v>105.73</v>
+        <v>105.15</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>585</v>
       </c>
       <c r="B582">
         <v>0</v>
       </c>
       <c r="C582">
-        <v>100.72</v>
+        <v>100.2</v>
       </c>
       <c r="D582">
-        <v>102.78</v>
+        <v>102.24</v>
       </c>
       <c r="E582">
-        <v>104.84</v>
+        <v>104.28</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>586</v>
       </c>
       <c r="B583">
         <v>0</v>
       </c>
       <c r="C583">
-        <v>99.84</v>
+        <v>99.33</v>
       </c>
       <c r="D583">
-        <v>101.88</v>
+        <v>101.36</v>
       </c>
       <c r="E583">
-        <v>103.92</v>
+        <v>103.39</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>587</v>
       </c>
       <c r="B584">
         <v>0</v>
       </c>
       <c r="C584">
-        <v>98.59999999999999</v>
+        <v>98.16</v>
       </c>
       <c r="D584">
-        <v>100.61</v>
+        <v>100.16</v>
       </c>
       <c r="E584">
-        <v>102.62</v>
+        <v>102.16</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>588</v>
       </c>
       <c r="B585">
         <v>0</v>
       </c>
       <c r="C585">
-        <v>100.17</v>
+        <v>99.65000000000001</v>
       </c>
       <c r="D585">
-        <v>102.21</v>
+        <v>101.68</v>
       </c>
       <c r="E585">
-        <v>104.25</v>
+        <v>103.71</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>589</v>
       </c>
       <c r="B586">
         <v>0</v>
       </c>
       <c r="C586">
-        <v>98.02</v>
+        <v>99.93000000000001</v>
       </c>
       <c r="D586">
-        <v>100.02</v>
+        <v>101.97</v>
       </c>
       <c r="E586">
-        <v>102.02</v>
+        <v>104.01</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>590</v>
       </c>
       <c r="B587">
         <v>0</v>
       </c>
       <c r="C587">
-        <v>100.47</v>
+        <v>98.08</v>
       </c>
       <c r="D587">
-        <v>102.52</v>
+        <v>100.08</v>
       </c>
       <c r="E587">
-        <v>104.57</v>
+        <v>102.08</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>591</v>
       </c>
       <c r="B588">
         <v>0</v>
       </c>
       <c r="C588">
-        <v>95.02</v>
+        <v>94.76000000000001</v>
       </c>
       <c r="D588">
-        <v>96.95999999999999</v>
+        <v>96.69</v>
       </c>
       <c r="E588">
-        <v>98.90000000000001</v>
+        <v>98.62</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>592</v>
       </c>
       <c r="B589">
         <v>0</v>
       </c>
       <c r="C589">
-        <v>100.34</v>
+        <v>98.68000000000001</v>
       </c>
       <c r="D589">
-        <v>102.39</v>
+        <v>100.69</v>
       </c>
       <c r="E589">
-        <v>104.44</v>
+        <v>102.7</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>593</v>
       </c>
       <c r="B590">
         <v>0</v>
       </c>
       <c r="C590">
-        <v>96.06</v>
+        <v>96.29000000000001</v>
       </c>
       <c r="D590">
-        <v>98.02</v>
+        <v>98.25</v>
       </c>
       <c r="E590">
-        <v>99.98</v>
+        <v>100.22</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>594</v>
       </c>
       <c r="B591">
         <v>0</v>
       </c>
       <c r="C591">
-        <v>93.72</v>
+        <v>93.55</v>
       </c>
       <c r="D591">
-        <v>95.63</v>
+        <v>95.45999999999999</v>
       </c>
       <c r="E591">
-        <v>97.54000000000001</v>
+        <v>97.37</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>595</v>
       </c>
       <c r="B592">
         <v>0</v>
       </c>
       <c r="C592">
-        <v>94.70999999999999</v>
+        <v>94.31999999999999</v>
       </c>
       <c r="D592">
-        <v>96.64</v>
+        <v>96.23999999999999</v>
       </c>
       <c r="E592">
-        <v>98.56999999999999</v>
+        <v>98.16</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>596</v>
       </c>
       <c r="B593">
         <v>0</v>
       </c>
       <c r="C593">
-        <v>104.62</v>
+        <v>103.33</v>
       </c>
       <c r="D593">
-        <v>106.75</v>
+        <v>105.44</v>
       </c>
       <c r="E593">
-        <v>108.89</v>
+        <v>107.55</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>597</v>
       </c>
       <c r="B594">
         <v>0</v>
       </c>
       <c r="C594">
-        <v>107.07</v>
+        <v>105.65</v>
       </c>
       <c r="D594">
-        <v>109.25</v>
+        <v>107.81</v>
       </c>
       <c r="E594">
-        <v>111.44</v>
+        <v>109.97</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>598</v>
       </c>
       <c r="B595">
         <v>0</v>
       </c>
       <c r="C595">
-        <v>95.19</v>
+        <v>94.92</v>
       </c>
       <c r="D595">
-        <v>97.13</v>
+        <v>96.86</v>
       </c>
       <c r="E595">
-        <v>99.06999999999999</v>
+        <v>98.8</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>599</v>
       </c>
       <c r="B596">
         <v>0</v>
       </c>
       <c r="C596">
-        <v>105.47</v>
+        <v>103.58</v>
       </c>
       <c r="D596">
-        <v>107.62</v>
+        <v>105.69</v>
       </c>
       <c r="E596">
-        <v>109.77</v>
+        <v>107.8</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>600</v>
       </c>
       <c r="B597">
         <v>0</v>
       </c>
       <c r="C597">
-        <v>94.64</v>
+        <v>94.75</v>
       </c>
       <c r="D597">
-        <v>96.56999999999999</v>
+        <v>96.68000000000001</v>
       </c>
       <c r="E597">
-        <v>98.5</v>
+        <v>98.61</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>601</v>
       </c>
       <c r="B598">
         <v>0</v>
       </c>
       <c r="C598">
-        <v>95.62</v>
+        <v>95.12</v>
       </c>
       <c r="D598">
-        <v>97.56999999999999</v>
+        <v>97.06</v>
       </c>
       <c r="E598">
-        <v>99.52</v>
+        <v>99</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" t="s">
         <v>602</v>
       </c>
       <c r="B599">
         <v>0</v>
       </c>
       <c r="C599">
-        <v>107.28</v>
+        <v>106.08</v>
       </c>
       <c r="D599">
-        <v>109.47</v>
+        <v>108.24</v>
       </c>
       <c r="E599">
-        <v>111.66</v>
+        <v>110.4</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" t="s">
         <v>603</v>
       </c>
       <c r="B600">
         <v>0</v>
       </c>
       <c r="C600">
-        <v>95.17</v>
+        <v>94.88</v>
       </c>
       <c r="D600">
-        <v>97.11</v>
+        <v>96.81999999999999</v>
       </c>
       <c r="E600">
-        <v>99.05</v>
+        <v>98.76000000000001</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>604</v>
       </c>
       <c r="B601">
         <v>0</v>
       </c>
       <c r="C601">
-        <v>96.09999999999999</v>
+        <v>95.48999999999999</v>
       </c>
       <c r="D601">
-        <v>98.06</v>
+        <v>97.44</v>
       </c>
       <c r="E601">
-        <v>100.02</v>
+        <v>99.39</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>605</v>
       </c>
       <c r="B602">
         <v>0</v>
       </c>
       <c r="C602">
         <v>94.25</v>
       </c>
       <c r="D602">
         <v>96.17</v>
       </c>
       <c r="E602">
         <v>98.09</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>606</v>
       </c>
       <c r="B603">
         <v>0</v>
       </c>
       <c r="C603">
-        <v>96.3</v>
+        <v>95.63</v>
       </c>
       <c r="D603">
-        <v>98.27</v>
+        <v>97.58</v>
       </c>
       <c r="E603">
-        <v>100.24</v>
+        <v>99.53</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>607</v>
       </c>
       <c r="B604">
         <v>0</v>
       </c>
       <c r="C604">
-        <v>98.81999999999999</v>
+        <v>97.73</v>
       </c>
       <c r="D604">
-        <v>100.84</v>
+        <v>99.72</v>
       </c>
       <c r="E604">
-        <v>102.86</v>
+        <v>101.71</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>608</v>
       </c>
       <c r="B605">
         <v>0</v>
       </c>
       <c r="C605">
-        <v>104.9</v>
+        <v>103.61</v>
       </c>
       <c r="D605">
-        <v>107.04</v>
+        <v>105.72</v>
       </c>
       <c r="E605">
-        <v>109.18</v>
+        <v>107.83</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>609</v>
       </c>
       <c r="B606">
         <v>0</v>
       </c>
       <c r="C606">
-        <v>95.05</v>
+        <v>94.91</v>
       </c>
       <c r="D606">
-        <v>96.98999999999999</v>
+        <v>96.84999999999999</v>
       </c>
       <c r="E606">
-        <v>98.93000000000001</v>
+        <v>98.79000000000001</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>610</v>
       </c>
       <c r="B607">
         <v>0</v>
       </c>
       <c r="C607">
-        <v>94.48</v>
+        <v>94.23</v>
       </c>
       <c r="D607">
-        <v>96.41</v>
+        <v>96.15000000000001</v>
       </c>
       <c r="E607">
-        <v>98.34</v>
+        <v>98.06999999999999</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>611</v>
       </c>
       <c r="B608">
         <v>0</v>
       </c>
       <c r="C608">
-        <v>101.04</v>
+        <v>100.14</v>
       </c>
       <c r="D608">
-        <v>103.1</v>
+        <v>102.18</v>
       </c>
       <c r="E608">
-        <v>105.16</v>
+        <v>104.22</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>612</v>
       </c>
       <c r="B609">
         <v>0</v>
       </c>
       <c r="C609">
-        <v>97.47</v>
+        <v>97.81999999999999</v>
       </c>
       <c r="D609">
-        <v>99.45999999999999</v>
+        <v>99.81999999999999</v>
       </c>
       <c r="E609">
-        <v>101.45</v>
+        <v>101.82</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>613</v>
       </c>
       <c r="B610">
         <v>0</v>
       </c>
       <c r="C610">
-        <v>99.45999999999999</v>
+        <v>98.56</v>
       </c>
       <c r="D610">
-        <v>101.49</v>
+        <v>100.57</v>
       </c>
       <c r="E610">
-        <v>103.52</v>
+        <v>102.58</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>614</v>
       </c>
       <c r="B611">
         <v>0</v>
       </c>
       <c r="C611">
-        <v>106.43</v>
+        <v>104.35</v>
       </c>
       <c r="D611">
-        <v>108.6</v>
+        <v>106.48</v>
       </c>
       <c r="E611">
-        <v>110.77</v>
+        <v>108.61</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>615</v>
       </c>
       <c r="B612">
         <v>0</v>
       </c>
       <c r="C612">
+        <v>27.6</v>
+      </c>
+      <c r="D612">
         <v>30.6</v>
       </c>
-      <c r="D612">
-[...1 lines deleted...]
-      </c>
       <c r="E612">
-        <v>37.4</v>
+        <v>33.6</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>616</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>41.8</v>
+        <v>38.6</v>
       </c>
       <c r="D613">
-        <v>46.4</v>
+        <v>42.8</v>
       </c>
       <c r="E613">
-        <v>51</v>
+        <v>47</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>617</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>16.1</v>
+        <v>15.6</v>
       </c>
       <c r="D614">
-        <v>17.8</v>
+        <v>17.3</v>
       </c>
       <c r="E614">
-        <v>19.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" t="s">
         <v>618</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
-        <v>17.1</v>
+        <v>15.3</v>
       </c>
       <c r="D615">
-        <v>18.9</v>
+        <v>17</v>
       </c>
       <c r="E615">
-        <v>20.7</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>619</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
         <v>2.7</v>
       </c>
       <c r="D616">
-        <v>3</v>
+        <v>2.9</v>
       </c>
       <c r="E616">
-        <v>3.3</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>620</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
-        <v>15.6</v>
+        <v>15.5</v>
       </c>
       <c r="D617">
-        <v>17.3</v>
+        <v>17.2</v>
       </c>
       <c r="E617">
-        <v>19</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>621</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
+        <v>1.4</v>
+      </c>
+      <c r="D618">
         <v>1.5</v>
       </c>
-      <c r="D618">
+      <c r="E618">
         <v>1.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.7</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>622</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>8.9</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="D619">
-        <v>9.800000000000001</v>
+        <v>10.3</v>
       </c>
       <c r="E619">
-        <v>10.7</v>
+        <v>11.3</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>623</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
         <v>4750</v>
       </c>
       <c r="D620">
         <v>5000</v>
       </c>
       <c r="E620">
         <v>5250</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>624</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
         <v>1.5</v>
       </c>
       <c r="D621">
         <v>1.6</v>
       </c>
       <c r="E621">
         <v>1.7</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>625</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
-        <v>3.3</v>
+        <v>3.2</v>
       </c>
       <c r="D622">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
       <c r="E622">
-        <v>3.9</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>626</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
-        <v>28.6</v>
+        <v>27.3</v>
       </c>
       <c r="D623">
-        <v>31.7</v>
+        <v>30.3</v>
       </c>
       <c r="E623">
-        <v>34.8</v>
+        <v>33.3</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
         <v>627</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
-        <v>35.2</v>
+        <v>34.4</v>
       </c>
       <c r="D624">
-        <v>39.1</v>
+        <v>38.2</v>
       </c>
       <c r="E624">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" t="s">
         <v>628</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
-        <v>126.4</v>
+        <v>102.3</v>
       </c>
       <c r="D625">
-        <v>140.4</v>
+        <v>113.6</v>
       </c>
       <c r="E625">
-        <v>154.4</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" t="s">
         <v>629</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
-        <v>29.7</v>
+        <v>28.2</v>
       </c>
       <c r="D626">
-        <v>33</v>
+        <v>31.3</v>
       </c>
       <c r="E626">
-        <v>36.3</v>
+        <v>34.4</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" t="s">
         <v>630</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
-        <v>19.3</v>
+        <v>19.2</v>
       </c>
       <c r="D627">
-        <v>21.4</v>
+        <v>21.3</v>
       </c>
       <c r="E627">
-        <v>23.5</v>
+        <v>23.4</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" t="s">
         <v>631</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
-        <v>10.7</v>
+        <v>9.9</v>
       </c>
       <c r="D628">
-        <v>11.8</v>
+        <v>11</v>
       </c>
       <c r="E628">
-        <v>12.9</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" t="s">
         <v>632</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
         <v>6.9</v>
       </c>
       <c r="D629">
         <v>7.6</v>
       </c>
       <c r="E629">
         <v>8.300000000000001</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" t="s">
         <v>633</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
-        <v>6.2</v>
+        <v>4.7</v>
       </c>
       <c r="D630">
-        <v>6.8</v>
+        <v>5.2</v>
       </c>
       <c r="E630">
-        <v>7.4</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
         <v>634</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
-        <v>8.1</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="D631">
-        <v>9</v>
+        <v>10.8</v>
       </c>
       <c r="E631">
-        <v>9.9</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
         <v>635</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
-        <v>347.6</v>
+        <v>346.8</v>
       </c>
       <c r="D632">
-        <v>380.9</v>
+        <v>380</v>
       </c>
       <c r="E632">
-        <v>414.2</v>
+        <v>413.2</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" t="s">
         <v>636</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
-        <v>112.5</v>
+        <v>109.7</v>
       </c>
       <c r="D633">
-        <v>125</v>
+        <v>121.8</v>
       </c>
       <c r="E633">
-        <v>137.5</v>
+        <v>133.9</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634" t="s">
         <v>637</v>
       </c>
       <c r="B634">
         <v>0</v>
       </c>
       <c r="C634">
-        <v>12.6</v>
+        <v>9.4</v>
       </c>
       <c r="D634">
-        <v>13.9</v>
+        <v>10.4</v>
       </c>
       <c r="E634">
-        <v>15.2</v>
+        <v>11.4</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635" t="s">
         <v>638</v>
       </c>
       <c r="B635">
         <v>0</v>
       </c>
       <c r="C635">
-        <v>7.4</v>
+        <v>8</v>
       </c>
       <c r="D635">
-        <v>8.199999999999999</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="E635">
-        <v>9</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636" t="s">
         <v>639</v>
       </c>
       <c r="B636">
         <v>0</v>
       </c>
       <c r="C636">
-        <v>21.9</v>
+        <v>17.1</v>
       </c>
       <c r="D636">
-        <v>24.3</v>
+        <v>18.9</v>
       </c>
       <c r="E636">
-        <v>26.7</v>
+        <v>20.7</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637" t="s">
         <v>640</v>
       </c>
       <c r="B637">
         <v>0</v>
       </c>
       <c r="C637">
-        <v>13.6</v>
+        <v>14.4</v>
       </c>
       <c r="D637">
-        <v>15.1</v>
+        <v>16</v>
       </c>
       <c r="E637">
-        <v>16.6</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638" t="s">
         <v>641</v>
       </c>
       <c r="B638">
         <v>0</v>
       </c>
       <c r="C638">
-        <v>3.5</v>
+        <v>4</v>
       </c>
       <c r="D638">
-        <v>3.8</v>
+        <v>4.4</v>
       </c>
       <c r="E638">
-        <v>4.1</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639" t="s">
         <v>642</v>
       </c>
       <c r="B639">
         <v>0</v>
       </c>
       <c r="C639">
-        <v>4.7</v>
+        <v>5.2</v>
       </c>
       <c r="D639">
-        <v>5.2</v>
+        <v>5.7</v>
       </c>
       <c r="E639">
-        <v>5.7</v>
+        <v>6.2</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">