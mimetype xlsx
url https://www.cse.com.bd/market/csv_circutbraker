--- v2 (2025-11-29)
+++ v3 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="637">
   <si>
     <t>SCRIP CODE</t>
   </si>
   <si>
     <t>FLOOR PRICE</t>
   </si>
   <si>
     <t>MINIMUM ALLOW PRICE</t>
   </si>
   <si>
     <t>CLOSE PRICE</t>
   </si>
   <si>
     <t>MAXIMUM ALLOW PRICE</t>
   </si>
   <si>
     <t>1JANATAMF</t>
   </si>
   <si>
     <t>1STPRIMFMF</t>
   </si>
   <si>
     <t>AAMRANET</t>
   </si>
   <si>
@@ -425,113 +425,104 @@
   <si>
     <t>EHL</t>
   </si>
   <si>
     <t>EIL</t>
   </si>
   <si>
     <t>EMERALDOIL</t>
   </si>
   <si>
     <t>ENVOYTEX</t>
   </si>
   <si>
     <t>EPGL</t>
   </si>
   <si>
     <t>ESQUIRENIT</t>
   </si>
   <si>
     <t>ETL</t>
   </si>
   <si>
     <t>EXIM1STMF</t>
   </si>
   <si>
-    <t>EXIMBANK</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILYTEX</t>
   </si>
   <si>
     <t>FARCHEM</t>
   </si>
   <si>
     <t>FAREASTFIN</t>
   </si>
   <si>
     <t>FAREASTLIF</t>
   </si>
   <si>
     <t>FASFIN</t>
   </si>
   <si>
     <t>FBFIF</t>
   </si>
   <si>
     <t>FEDERALINS</t>
   </si>
   <si>
     <t>FEKDIL</t>
   </si>
   <si>
     <t>FINEFOODS</t>
   </si>
   <si>
     <t>FIRSTFIN</t>
   </si>
   <si>
-    <t>FIRSTSBANK</t>
-[...1 lines deleted...]
-  <si>
     <t>FORTUNE</t>
   </si>
   <si>
     <t>FUWANGCER</t>
   </si>
   <si>
     <t>FUWANGFOOD</t>
   </si>
   <si>
     <t>GBBPOWER</t>
   </si>
   <si>
     <t>GENEXIL</t>
   </si>
   <si>
     <t>GENNEXT</t>
   </si>
   <si>
     <t>GHAIL</t>
   </si>
   <si>
     <t>GHCL</t>
   </si>
   <si>
-    <t>GIB</t>
-[...1 lines deleted...]
-  <si>
     <t>GLDNJMF</t>
   </si>
   <si>
     <t>GLOBALINS</t>
   </si>
   <si>
     <t>GOLDENSON</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>GPHISPAT</t>
   </si>
   <si>
     <t>GQBALLPEN</t>
   </si>
   <si>
     <t>GRAMEENS2</t>
   </si>
   <si>
     <t>GREENDELMF</t>
   </si>
   <si>
     <t>GREENDELT</t>
@@ -1028,101 +1019,98 @@
   <si>
     <t>RUPALIINS</t>
   </si>
   <si>
     <t>RUPALILIFE</t>
   </si>
   <si>
     <t>SADHESIVE</t>
   </si>
   <si>
     <t>SAFKOSPINN</t>
   </si>
   <si>
     <t>SAIFPOWER</t>
   </si>
   <si>
     <t>SAIHAMCOT</t>
   </si>
   <si>
     <t>SAIHAMTEX</t>
   </si>
   <si>
     <t>SALAMCRST</t>
   </si>
   <si>
-    <t>SALVOCHEM</t>
+    <t>SALVO</t>
   </si>
   <si>
     <t>SAMATALETH</t>
   </si>
   <si>
     <t>SAMORITA</t>
   </si>
   <si>
     <t>SANDHANINS</t>
   </si>
   <si>
     <t>SAPORTL</t>
   </si>
   <si>
     <t>SBACBANK</t>
   </si>
   <si>
     <t>SEAPEARL</t>
   </si>
   <si>
     <t>SEB1PBOND</t>
   </si>
   <si>
     <t>SEMLFBSLGF</t>
   </si>
   <si>
     <t>SEMLIBBLSF</t>
   </si>
   <si>
     <t>SEMLLECMF</t>
   </si>
   <si>
     <t>SHAHJABANK</t>
   </si>
   <si>
     <t>SHARPIND</t>
   </si>
   <si>
     <t>SHASHADNIM</t>
   </si>
   <si>
     <t>SHEPHERD</t>
   </si>
   <si>
     <t>SHURWID</t>
   </si>
   <si>
-    <t>SIBL</t>
-[...1 lines deleted...]
-  <si>
     <t>SICL</t>
   </si>
   <si>
     <t>SILCOPHL</t>
   </si>
   <si>
     <t>SILVAPHL</t>
   </si>
   <si>
     <t>SIMTEX</t>
   </si>
   <si>
     <t>SINGERBD</t>
   </si>
   <si>
     <t>SINOBANGLA</t>
   </si>
   <si>
     <t>SIPLC</t>
   </si>
   <si>
     <t>SJIBLPBOND</t>
   </si>
   <si>
     <t>SKTRIMS</t>
@@ -1424,53 +1412,50 @@
   <si>
     <t>TB15Y1027</t>
   </si>
   <si>
     <t>TB15Y1028</t>
   </si>
   <si>
     <t>TB15Y1029</t>
   </si>
   <si>
     <t>TB15Y1126</t>
   </si>
   <si>
     <t>TB15Y1127</t>
   </si>
   <si>
     <t>TB15Y1128</t>
   </si>
   <si>
     <t>TB15Y1129</t>
   </si>
   <si>
     <t>TB15Y1133</t>
   </si>
   <si>
-    <t>TB15Y1225</t>
-[...1 lines deleted...]
-  <si>
     <t>TB15Y1226</t>
   </si>
   <si>
     <t>TB15Y1227</t>
   </si>
   <si>
     <t>TB15Y1228</t>
   </si>
   <si>
     <t>TB20Y0128</t>
   </si>
   <si>
     <t>TB20Y0129</t>
   </si>
   <si>
     <t>TB20Y0131</t>
   </si>
   <si>
     <t>TB20Y0132</t>
   </si>
   <si>
     <t>TB20Y0133</t>
   </si>
   <si>
     <t>TB20Y0134</t>
@@ -1850,87 +1835,84 @@
   <si>
     <t>TB5Y0828</t>
   </si>
   <si>
     <t>TB5Y0926</t>
   </si>
   <si>
     <t>TB5Y0928</t>
   </si>
   <si>
     <t>TB5Y0930</t>
   </si>
   <si>
     <t>TB5Y1029</t>
   </si>
   <si>
     <t>TB5Y1126</t>
   </si>
   <si>
     <t>TB5Y1127</t>
   </si>
   <si>
     <t>TB5Y1128</t>
   </si>
   <si>
-    <t>TB5Y1225</t>
+    <t>TB5Y1130</t>
   </si>
   <si>
     <t>TB5Y1228</t>
   </si>
   <si>
     <t>TB5Y1229</t>
   </si>
   <si>
     <t>TECHNODRUG</t>
   </si>
   <si>
     <t>TILIL</t>
   </si>
   <si>
     <t>TITASGAS</t>
   </si>
   <si>
     <t>TOSRIFA</t>
   </si>
   <si>
     <t>TRUSTB1MF</t>
   </si>
   <si>
     <t>TRUSTBANK</t>
   </si>
   <si>
     <t>TUNGHAI</t>
   </si>
   <si>
     <t>UCB</t>
   </si>
   <si>
     <t>UCB2PBOND</t>
-  </si>
-[...1 lines deleted...]
-    <t>UNIONBANK</t>
   </si>
   <si>
     <t>UNIONCAP</t>
   </si>
   <si>
     <t>UNIONINS</t>
   </si>
   <si>
     <t>UNIQUEHRL</t>
   </si>
   <si>
     <t>UPGDCL</t>
   </si>
   <si>
     <t>USMANIAGL</t>
   </si>
   <si>
     <t>UTTARABANK</t>
   </si>
   <si>
     <t>UTTARAFIN</t>
   </si>
   <si>
     <t>VAMLBDMF1</t>
   </si>
@@ -2299,175 +2281,175 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E639"/>
+  <dimension ref="A1:E633"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
         <v>2.5</v>
       </c>
       <c r="D2">
         <v>2.7</v>
       </c>
       <c r="E2">
         <v>2.9</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
-        <v>16.1</v>
+        <v>18.9</v>
       </c>
       <c r="D3">
-        <v>17.8</v>
+        <v>21</v>
       </c>
       <c r="E3">
-        <v>19.5</v>
+        <v>23.1</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="C4">
         <v>16.2</v>
       </c>
       <c r="D4">
         <v>18</v>
       </c>
       <c r="E4">
         <v>19.8</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>0</v>
       </c>
       <c r="C5">
-        <v>9.9</v>
+        <v>9.1</v>
       </c>
       <c r="D5">
-        <v>11</v>
+        <v>10.1</v>
       </c>
       <c r="E5">
-        <v>12.1</v>
+        <v>11.1</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
-        <v>2.7</v>
+        <v>2.6</v>
       </c>
       <c r="D6">
-        <v>2.9</v>
+        <v>2.8</v>
       </c>
       <c r="E6">
-        <v>3.1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>0</v>
       </c>
       <c r="C7">
-        <v>4.3</v>
+        <v>3.7</v>
       </c>
       <c r="D7">
-        <v>4.7</v>
+        <v>4.1</v>
       </c>
       <c r="E7">
-        <v>5.1</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="C8">
         <v>879</v>
       </c>
       <c r="D8">
         <v>950</v>
       </c>
       <c r="E8">
         <v>1021</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
         <v>0</v>
@@ -2485,1315 +2467,1315 @@
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="C10">
         <v>36.9</v>
       </c>
       <c r="D10">
         <v>41</v>
       </c>
       <c r="E10">
         <v>45.1</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>0</v>
       </c>
       <c r="C11">
-        <v>159.3</v>
+        <v>175.6</v>
       </c>
       <c r="D11">
-        <v>177</v>
+        <v>195.1</v>
       </c>
       <c r="E11">
-        <v>194.7</v>
+        <v>214.6</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
-        <v>121.5</v>
+        <v>121.4</v>
       </c>
       <c r="D12">
-        <v>135</v>
+        <v>134.8</v>
       </c>
       <c r="E12">
-        <v>148.5</v>
+        <v>148.2</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="C13">
-        <v>65.7</v>
+        <v>63.9</v>
       </c>
       <c r="D13">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="E13">
-        <v>80.3</v>
+        <v>78.09999999999999</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
         <v>0</v>
       </c>
       <c r="C14">
-        <v>14.1</v>
+        <v>14.7</v>
       </c>
       <c r="D14">
-        <v>15.6</v>
+        <v>16.3</v>
       </c>
       <c r="E14">
-        <v>17.1</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="C15">
-        <v>6.2</v>
+        <v>5.5</v>
       </c>
       <c r="D15">
-        <v>6.8</v>
+        <v>6.1</v>
       </c>
       <c r="E15">
-        <v>7.4</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>0</v>
       </c>
       <c r="C16">
-        <v>46.7</v>
+        <v>51.3</v>
       </c>
       <c r="D16">
-        <v>51.8</v>
+        <v>56.9</v>
       </c>
       <c r="E16">
-        <v>56.9</v>
+        <v>62.5</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>0</v>
       </c>
       <c r="C17">
-        <v>11.3</v>
+        <v>12.3</v>
       </c>
       <c r="D17">
-        <v>12.5</v>
+        <v>13.6</v>
       </c>
       <c r="E17">
-        <v>13.7</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>0</v>
       </c>
       <c r="C18">
-        <v>4.8</v>
+        <v>4.9</v>
       </c>
       <c r="D18">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="E18">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>0</v>
       </c>
       <c r="C19">
-        <v>33.9</v>
+        <v>30.2</v>
       </c>
       <c r="D19">
-        <v>37.6</v>
+        <v>33.5</v>
       </c>
       <c r="E19">
-        <v>41.3</v>
+        <v>36.8</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>0</v>
       </c>
       <c r="C20">
-        <v>19.6</v>
+        <v>18.3</v>
       </c>
       <c r="D20">
-        <v>21.7</v>
+        <v>20.3</v>
       </c>
       <c r="E20">
-        <v>23.8</v>
+        <v>22.3</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
+        <v>3.1</v>
+      </c>
+      <c r="D21">
         <v>3.4</v>
       </c>
-      <c r="D21">
+      <c r="E21">
         <v>3.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="C22">
         <v>3610</v>
       </c>
       <c r="D22">
         <v>3800</v>
       </c>
       <c r="E22">
         <v>3990</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="C23">
-        <v>43.2</v>
+        <v>38.3</v>
       </c>
       <c r="D23">
-        <v>48</v>
+        <v>42.5</v>
       </c>
       <c r="E23">
-        <v>52.8</v>
+        <v>46.7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="C24">
-        <v>15.1</v>
+        <v>14.4</v>
       </c>
       <c r="D24">
-        <v>16.7</v>
+        <v>16</v>
       </c>
       <c r="E24">
-        <v>18.3</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25">
-        <v>11.3</v>
+        <v>12</v>
       </c>
       <c r="D25">
-        <v>12.5</v>
+        <v>13.3</v>
       </c>
       <c r="E25">
-        <v>13.7</v>
+        <v>14.6</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
       <c r="C26">
-        <v>22.8</v>
+        <v>20.7</v>
       </c>
       <c r="D26">
+        <v>23</v>
+      </c>
+      <c r="E26">
         <v>25.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>27.8</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="C27">
+        <v>686.8</v>
+      </c>
+      <c r="D27">
         <v>742.4</v>
       </c>
-      <c r="D27">
-[...1 lines deleted...]
-      </c>
       <c r="E27">
-        <v>862.6</v>
+        <v>798</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="C28">
-        <v>190.1</v>
+        <v>187.1</v>
       </c>
       <c r="D28">
-        <v>208.3</v>
+        <v>205</v>
       </c>
       <c r="E28">
-        <v>226.5</v>
+        <v>222.9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="C29">
         <v>28.1</v>
       </c>
       <c r="D29">
         <v>31.2</v>
       </c>
       <c r="E29">
         <v>34.3</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
-        <v>15.8</v>
+        <v>17.3</v>
       </c>
       <c r="D30">
-        <v>17.5</v>
+        <v>19.2</v>
       </c>
       <c r="E30">
-        <v>19.2</v>
+        <v>21.1</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="C31">
-        <v>87.09999999999999</v>
+        <v>74.5</v>
       </c>
       <c r="D31">
-        <v>96.7</v>
+        <v>82.7</v>
       </c>
       <c r="E31">
-        <v>106.3</v>
+        <v>90.90000000000001</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="C32">
-        <v>13.5</v>
+        <v>12.3</v>
       </c>
       <c r="D32">
-        <v>15</v>
+        <v>13.6</v>
       </c>
       <c r="E32">
-        <v>16.5</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="C33">
         <v>9</v>
       </c>
       <c r="D33">
         <v>10</v>
       </c>
       <c r="E33">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="C34">
-        <v>210.4</v>
+        <v>180</v>
       </c>
       <c r="D34">
-        <v>230.5</v>
+        <v>200</v>
       </c>
       <c r="E34">
-        <v>250.6</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="C35">
-        <v>173.7</v>
+        <v>165.2</v>
       </c>
       <c r="D35">
-        <v>193</v>
+        <v>183.5</v>
       </c>
       <c r="E35">
-        <v>212.3</v>
+        <v>201.8</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="C36">
-        <v>145.8</v>
+        <v>159.4</v>
       </c>
       <c r="D36">
-        <v>162</v>
+        <v>177.1</v>
       </c>
       <c r="E36">
-        <v>178.2</v>
+        <v>194.8</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37">
-        <v>52.9</v>
+        <v>53.1</v>
       </c>
       <c r="D37">
-        <v>58.7</v>
+        <v>59</v>
       </c>
       <c r="E37">
-        <v>64.5</v>
+        <v>64.90000000000001</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="C38">
+        <v>4.1</v>
+      </c>
+      <c r="D38">
         <v>4.5</v>
       </c>
-      <c r="D38">
-[...1 lines deleted...]
-      </c>
       <c r="E38">
-        <v>5.5</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39">
+        <v>1.8</v>
+      </c>
+      <c r="D39">
+        <v>2</v>
+      </c>
+      <c r="E39">
         <v>2.2</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.6</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40">
         <v>2672</v>
       </c>
       <c r="D40">
         <v>2812.5</v>
       </c>
       <c r="E40">
         <v>2953</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41">
-        <v>171</v>
+        <v>157.5</v>
       </c>
       <c r="D41">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="E41">
-        <v>209</v>
+        <v>192.5</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42">
         <v>8.300000000000001</v>
       </c>
       <c r="D42">
         <v>9.199999999999999</v>
       </c>
       <c r="E42">
         <v>10.1</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43">
-        <v>16.7</v>
+        <v>16.3</v>
       </c>
       <c r="D43">
-        <v>18.5</v>
+        <v>18.1</v>
       </c>
       <c r="E43">
-        <v>20.3</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
         <v>0</v>
       </c>
       <c r="C44">
-        <v>26.1</v>
+        <v>25.7</v>
       </c>
       <c r="D44">
-        <v>29</v>
+        <v>28.5</v>
       </c>
       <c r="E44">
-        <v>31.9</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D45">
-        <v>32.2</v>
+        <v>31.1</v>
       </c>
       <c r="E45">
-        <v>35.4</v>
+        <v>34.2</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46">
-        <v>46.7</v>
+        <v>44.1</v>
       </c>
       <c r="D46">
-        <v>51.8</v>
+        <v>49</v>
       </c>
       <c r="E46">
-        <v>56.9</v>
+        <v>53.9</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47">
         <v>6.2</v>
       </c>
       <c r="D47">
         <v>6.8</v>
       </c>
       <c r="E47">
         <v>7.4</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="C48">
         <v>39.6</v>
       </c>
       <c r="D48">
         <v>44</v>
       </c>
       <c r="E48">
         <v>48.4</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49">
-        <v>86.40000000000001</v>
+        <v>114.6</v>
       </c>
       <c r="D49">
-        <v>96</v>
+        <v>127.3</v>
       </c>
       <c r="E49">
-        <v>105.6</v>
+        <v>140</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50">
-        <v>4750</v>
+        <v>0</v>
       </c>
       <c r="D50">
         <v>5000</v>
       </c>
       <c r="E50">
-        <v>5250</v>
+        <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51">
-        <v>16.7</v>
+        <v>16.2</v>
       </c>
       <c r="D51">
-        <v>18.5</v>
+        <v>18</v>
       </c>
       <c r="E51">
-        <v>20.3</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52">
-        <v>7.2</v>
+        <v>6.2</v>
       </c>
       <c r="D52">
-        <v>7.9</v>
+        <v>6.8</v>
       </c>
       <c r="E52">
-        <v>8.6</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53">
         <v>770.6</v>
       </c>
       <c r="D53">
         <v>833</v>
       </c>
       <c r="E53">
         <v>895.4</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="C54">
-        <v>233.2</v>
+        <v>225.3</v>
       </c>
       <c r="D54">
-        <v>255.5</v>
+        <v>246.8</v>
       </c>
       <c r="E54">
-        <v>277.8</v>
+        <v>268.4</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55">
-        <v>2.8</v>
+        <v>2.7</v>
       </c>
       <c r="D55">
-        <v>3.1</v>
+        <v>3</v>
       </c>
       <c r="E55">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56">
-        <v>8</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="D56">
-        <v>8.800000000000001</v>
+        <v>9.1</v>
       </c>
       <c r="E56">
-        <v>9.6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57">
-        <v>13.6</v>
+        <v>13.8</v>
       </c>
       <c r="D57">
-        <v>15.1</v>
+        <v>15.3</v>
       </c>
       <c r="E57">
-        <v>16.6</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58">
         <v>33.9</v>
       </c>
       <c r="D58">
         <v>37.6</v>
       </c>
       <c r="E58">
         <v>41.3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
-        <v>24.7</v>
+        <v>22.5</v>
       </c>
       <c r="D59">
-        <v>27.4</v>
+        <v>25</v>
       </c>
       <c r="E59">
-        <v>30.1</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="C60">
         <v>13.5</v>
       </c>
       <c r="D60">
         <v>15</v>
       </c>
       <c r="E60">
         <v>16.5</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61">
-        <v>103.5</v>
+        <v>117.6</v>
       </c>
       <c r="D61">
-        <v>115</v>
+        <v>130.6</v>
       </c>
       <c r="E61">
-        <v>126.5</v>
+        <v>143.6</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
         <v>0</v>
       </c>
       <c r="C62">
         <v>25.7</v>
       </c>
       <c r="D62">
         <v>28.5</v>
       </c>
       <c r="E62">
         <v>31.3</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
-        <v>9.5</v>
+        <v>10.4</v>
       </c>
       <c r="D63">
-        <v>10.5</v>
+        <v>11.5</v>
       </c>
       <c r="E63">
-        <v>11.5</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64">
-        <v>9.4</v>
+        <v>13</v>
       </c>
       <c r="D64">
-        <v>10.4</v>
+        <v>14.4</v>
       </c>
       <c r="E64">
-        <v>11.4</v>
+        <v>15.8</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="C65">
-        <v>8.300000000000001</v>
+        <v>11.6</v>
       </c>
       <c r="D65">
-        <v>9.199999999999999</v>
+        <v>12.8</v>
       </c>
       <c r="E65">
-        <v>10.1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>69</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="C66">
-        <v>46.1</v>
+        <v>43.6</v>
       </c>
       <c r="D66">
-        <v>51.2</v>
+        <v>48.4</v>
       </c>
       <c r="E66">
-        <v>56.3</v>
+        <v>53.2</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67">
-        <v>99.59999999999999</v>
+        <v>92.09999999999999</v>
       </c>
       <c r="D67">
-        <v>110.6</v>
+        <v>102.3</v>
       </c>
       <c r="E67">
-        <v>121.6</v>
+        <v>112.5</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68">
         <v>43.2</v>
       </c>
       <c r="D68">
         <v>48</v>
       </c>
       <c r="E68">
         <v>52.8</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="C69">
         <v>16.2</v>
       </c>
       <c r="D69">
-        <v>18</v>
+        <v>17.9</v>
       </c>
       <c r="E69">
-        <v>19.8</v>
+        <v>19.6</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70">
-        <v>1315.5</v>
+        <v>1305</v>
       </c>
       <c r="D70">
-        <v>1403.1</v>
+        <v>1392</v>
       </c>
       <c r="E70">
-        <v>1490.7</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="C71">
-        <v>12.9</v>
+        <v>12.5</v>
       </c>
       <c r="D71">
-        <v>14.3</v>
+        <v>13.8</v>
       </c>
       <c r="E71">
-        <v>15.7</v>
+        <v>15.1</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72">
-        <v>49.5</v>
+        <v>45.1</v>
       </c>
       <c r="D72">
-        <v>55</v>
+        <v>50.1</v>
       </c>
       <c r="E72">
-        <v>60.5</v>
+        <v>55.1</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
         <v>110.2</v>
       </c>
       <c r="C73">
         <v>110.2</v>
       </c>
       <c r="D73">
         <v>110.2</v>
       </c>
       <c r="E73">
         <v>121.2</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>77</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74">
-        <v>27.2</v>
+        <v>27.9</v>
       </c>
       <c r="D74">
-        <v>30.2</v>
+        <v>31</v>
       </c>
       <c r="E74">
-        <v>33.2</v>
+        <v>34.1</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="C75">
-        <v>2.7</v>
+        <v>1.6</v>
       </c>
       <c r="D75">
-        <v>3</v>
+        <v>1.7</v>
       </c>
       <c r="E75">
-        <v>3.3</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>79</v>
       </c>
       <c r="B76">
         <v>0</v>
       </c>
       <c r="C76">
-        <v>37.9</v>
+        <v>40.7</v>
       </c>
       <c r="D76">
-        <v>42.1</v>
+        <v>45.2</v>
       </c>
       <c r="E76">
-        <v>46.3</v>
+        <v>49.7</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>80</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="C77">
-        <v>23.3</v>
+        <v>22.7</v>
       </c>
       <c r="D77">
-        <v>25.8</v>
+        <v>25.2</v>
       </c>
       <c r="E77">
-        <v>28.3</v>
+        <v>27.7</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
         <v>0</v>
       </c>
       <c r="C78">
-        <v>15.5</v>
+        <v>12.6</v>
       </c>
       <c r="D78">
-        <v>17.2</v>
+        <v>14</v>
       </c>
       <c r="E78">
-        <v>18.9</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
         <v>0</v>
       </c>
       <c r="C79">
-        <v>59.6</v>
+        <v>57.5</v>
       </c>
       <c r="D79">
-        <v>66.2</v>
+        <v>63.8</v>
       </c>
       <c r="E79">
-        <v>72.8</v>
+        <v>70.09999999999999</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
         <v>0</v>
       </c>
       <c r="C80">
-        <v>96.40000000000001</v>
+        <v>100.9</v>
       </c>
       <c r="D80">
-        <v>107.1</v>
+        <v>112.1</v>
       </c>
       <c r="E80">
-        <v>117.8</v>
+        <v>123.3</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
         <v>0</v>
       </c>
       <c r="C81">
-        <v>119.7</v>
+        <v>115.2</v>
       </c>
       <c r="D81">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="E81">
-        <v>146.3</v>
+        <v>140.8</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
         <v>0</v>
       </c>
       <c r="C82">
-        <v>68.90000000000001</v>
+        <v>69.3</v>
       </c>
       <c r="D82">
-        <v>76.5</v>
+        <v>77</v>
       </c>
       <c r="E82">
-        <v>84.09999999999999</v>
+        <v>84.7</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>0</v>
       </c>
       <c r="C83">
-        <v>56.7</v>
+        <v>57.1</v>
       </c>
       <c r="D83">
-        <v>62.9</v>
+        <v>63.4</v>
       </c>
       <c r="E83">
-        <v>69.09999999999999</v>
+        <v>69.7</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84">
         <v>0</v>
       </c>
       <c r="C84">
-        <v>98.90000000000001</v>
+        <v>96.3</v>
       </c>
       <c r="D84">
-        <v>109.8</v>
+        <v>107</v>
       </c>
       <c r="E84">
-        <v>120.7</v>
+        <v>117.7</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>88</v>
       </c>
       <c r="B85">
         <v>0</v>
       </c>
       <c r="C85">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
       <c r="D85">
-        <v>7.1</v>
+        <v>7.2</v>
       </c>
       <c r="E85">
-        <v>7.8</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>89</v>
       </c>
       <c r="B86">
         <v>0</v>
       </c>
       <c r="C86">
         <v>9.9</v>
       </c>
       <c r="D86">
         <v>11</v>
       </c>
       <c r="E86">
         <v>12.1</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>90</v>
       </c>
       <c r="B87">
         <v>0</v>
@@ -3811,9407 +3793,9305 @@
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
         <v>998594</v>
       </c>
       <c r="D88">
         <v>1037500</v>
       </c>
       <c r="E88">
         <v>1076406</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89">
         <v>0</v>
       </c>
       <c r="C89">
-        <v>36</v>
+        <v>36.4</v>
       </c>
       <c r="D89">
-        <v>40</v>
+        <v>40.4</v>
       </c>
       <c r="E89">
-        <v>44</v>
+        <v>44.4</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
       <c r="C90">
-        <v>8.4</v>
+        <v>7.9</v>
       </c>
       <c r="D90">
-        <v>9.300000000000001</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="E90">
-        <v>10.2</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
       <c r="C91">
-        <v>22.3</v>
+        <v>21.6</v>
       </c>
       <c r="D91">
-        <v>24.7</v>
+        <v>24</v>
       </c>
       <c r="E91">
-        <v>27.1</v>
+        <v>26.4</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
         <v>0</v>
       </c>
       <c r="C92">
-        <v>67.5</v>
+        <v>68</v>
       </c>
       <c r="D92">
-        <v>75</v>
+        <v>75.5</v>
       </c>
       <c r="E92">
-        <v>82.5</v>
+        <v>83</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
         <v>0</v>
       </c>
       <c r="C93">
-        <v>35.6</v>
+        <v>47.6</v>
       </c>
       <c r="D93">
-        <v>39.5</v>
+        <v>52.8</v>
       </c>
       <c r="E93">
-        <v>43.4</v>
+        <v>58</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
         <v>0</v>
       </c>
       <c r="C94">
-        <v>2.5</v>
+        <v>2.2</v>
       </c>
       <c r="D94">
-        <v>2.7</v>
+        <v>2.4</v>
       </c>
       <c r="E94">
-        <v>2.9</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
         <v>0</v>
       </c>
       <c r="C95">
-        <v>46</v>
+        <v>45.5</v>
       </c>
       <c r="D95">
-        <v>51.1</v>
+        <v>50.5</v>
       </c>
       <c r="E95">
-        <v>56.2</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
         <v>0</v>
       </c>
       <c r="C96">
-        <v>21.6</v>
+        <v>21.4</v>
       </c>
       <c r="D96">
-        <v>23.9</v>
+        <v>23.7</v>
       </c>
       <c r="E96">
-        <v>26.2</v>
+        <v>26</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
         <v>0</v>
       </c>
       <c r="C97">
-        <v>18.3</v>
+        <v>17.6</v>
       </c>
       <c r="D97">
-        <v>20.3</v>
+        <v>19.5</v>
       </c>
       <c r="E97">
-        <v>22.3</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98">
         <v>25.2</v>
       </c>
       <c r="D98">
         <v>28</v>
       </c>
       <c r="E98">
         <v>30.8</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>0</v>
       </c>
       <c r="C99">
-        <v>42</v>
+        <v>41.2</v>
       </c>
       <c r="D99">
-        <v>46.6</v>
+        <v>45.7</v>
       </c>
       <c r="E99">
-        <v>51.2</v>
+        <v>50.2</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
       <c r="C100">
-        <v>44.3</v>
+        <v>45.5</v>
       </c>
       <c r="D100">
-        <v>49.2</v>
+        <v>50.5</v>
       </c>
       <c r="E100">
-        <v>54.1</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
         <v>0</v>
       </c>
       <c r="C101">
-        <v>141.7</v>
+        <v>135.9</v>
       </c>
       <c r="D101">
-        <v>157.4</v>
+        <v>150.9</v>
       </c>
       <c r="E101">
-        <v>173.1</v>
+        <v>165.9</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>0</v>
       </c>
       <c r="C102">
-        <v>18.4</v>
+        <v>17.1</v>
       </c>
       <c r="D102">
-        <v>20.4</v>
+        <v>19</v>
       </c>
       <c r="E102">
-        <v>22.4</v>
+        <v>20.9</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
       <c r="C103">
-        <v>34.6</v>
+        <v>32.8</v>
       </c>
       <c r="D103">
-        <v>38.4</v>
+        <v>36.4</v>
       </c>
       <c r="E103">
-        <v>42.2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
       <c r="C104">
-        <v>33.3</v>
+        <v>28.8</v>
       </c>
       <c r="D104">
-        <v>36.9</v>
+        <v>31.9</v>
       </c>
       <c r="E104">
-        <v>40.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
       <c r="C105">
-        <v>4.8</v>
+        <v>5.9</v>
       </c>
       <c r="D105">
-        <v>5.3</v>
+        <v>6.5</v>
       </c>
       <c r="E105">
-        <v>5.8</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>0</v>
       </c>
       <c r="C106">
         <v>4750</v>
       </c>
       <c r="D106">
         <v>5000</v>
       </c>
       <c r="E106">
         <v>5250</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>0</v>
       </c>
       <c r="C107">
-        <v>60.5</v>
+        <v>64.8</v>
       </c>
       <c r="D107">
-        <v>67.2</v>
+        <v>72</v>
       </c>
       <c r="E107">
-        <v>73.90000000000001</v>
+        <v>79.2</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
         <v>0</v>
       </c>
       <c r="C108">
-        <v>4.6</v>
+        <v>4.3</v>
       </c>
       <c r="D108">
+        <v>4.7</v>
+      </c>
+      <c r="E108">
         <v>5.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.6</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
         <v>0</v>
       </c>
       <c r="C109">
-        <v>19.5</v>
+        <v>18.1</v>
       </c>
       <c r="D109">
-        <v>21.6</v>
+        <v>20.1</v>
       </c>
       <c r="E109">
-        <v>23.7</v>
+        <v>22.1</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
-        <v>14.3</v>
+        <v>15.9</v>
       </c>
       <c r="D110">
-        <v>15.8</v>
+        <v>17.6</v>
       </c>
       <c r="E110">
-        <v>17.3</v>
+        <v>19.3</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
         <v>0</v>
       </c>
       <c r="C111">
-        <v>19.6</v>
+        <v>18.7</v>
       </c>
       <c r="D111">
-        <v>21.7</v>
+        <v>20.7</v>
       </c>
       <c r="E111">
-        <v>23.8</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
         <v>0</v>
       </c>
       <c r="C112">
-        <v>11.5</v>
+        <v>9.9</v>
       </c>
       <c r="D112">
-        <v>12.7</v>
+        <v>11</v>
       </c>
       <c r="E112">
-        <v>13.9</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
         <v>0</v>
       </c>
       <c r="C113">
-        <v>32</v>
+        <v>31.3</v>
       </c>
       <c r="D113">
-        <v>35.5</v>
+        <v>34.7</v>
       </c>
       <c r="E113">
-        <v>39</v>
+        <v>38.1</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
         <v>0</v>
       </c>
       <c r="C114">
-        <v>21</v>
+        <v>26.1</v>
       </c>
       <c r="D114">
-        <v>23.3</v>
+        <v>28.9</v>
       </c>
       <c r="E114">
-        <v>25.6</v>
+        <v>31.7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
         <v>0</v>
       </c>
       <c r="C115">
-        <v>29.3</v>
+        <v>26.8</v>
       </c>
       <c r="D115">
-        <v>32.5</v>
+        <v>29.7</v>
       </c>
       <c r="E115">
-        <v>35.7</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
         <v>0</v>
       </c>
       <c r="C116">
-        <v>7.5</v>
+        <v>7.7</v>
       </c>
       <c r="D116">
-        <v>8.300000000000001</v>
+        <v>8.5</v>
       </c>
       <c r="E116">
-        <v>9.1</v>
+        <v>9.300000000000001</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
       <c r="C117">
         <v>9.199999999999999</v>
       </c>
       <c r="D117">
         <v>10.2</v>
       </c>
       <c r="E117">
         <v>11.2</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
         <v>0</v>
       </c>
       <c r="C118">
-        <v>36</v>
+        <v>35.4</v>
       </c>
       <c r="D118">
-        <v>40</v>
+        <v>39.3</v>
       </c>
       <c r="E118">
-        <v>44</v>
+        <v>43.2</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
         <v>0</v>
       </c>
       <c r="C119">
-        <v>41.6</v>
+        <v>45.3</v>
       </c>
       <c r="D119">
-        <v>46.2</v>
+        <v>50.3</v>
       </c>
       <c r="E119">
-        <v>50.8</v>
+        <v>55.3</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
       <c r="C120">
-        <v>16.9</v>
+        <v>16.1</v>
       </c>
       <c r="D120">
-        <v>18.7</v>
+        <v>17.8</v>
       </c>
       <c r="E120">
-        <v>20.5</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
         <v>0</v>
       </c>
       <c r="C121">
-        <v>20.7</v>
+        <v>21.1</v>
       </c>
       <c r="D121">
-        <v>22.9</v>
+        <v>23.4</v>
       </c>
       <c r="E121">
-        <v>25.1</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>125</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
       <c r="C122">
-        <v>3.5</v>
+        <v>3.4</v>
       </c>
       <c r="D122">
-        <v>3.8</v>
+        <v>3.7</v>
       </c>
       <c r="E122">
-        <v>4.1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>126</v>
       </c>
       <c r="B123">
         <v>0</v>
       </c>
       <c r="C123">
-        <v>2.1</v>
+        <v>2.5</v>
       </c>
       <c r="D123">
-        <v>2.3</v>
+        <v>2.7</v>
       </c>
       <c r="E123">
-        <v>2.5</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
         <v>0</v>
       </c>
       <c r="C124">
-        <v>97.2</v>
+        <v>108</v>
       </c>
       <c r="D124">
-        <v>108</v>
+        <v>120</v>
       </c>
       <c r="E124">
-        <v>118.8</v>
+        <v>132</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
         <v>0</v>
       </c>
       <c r="C125">
-        <v>18.7</v>
+        <v>18</v>
       </c>
       <c r="D125">
-        <v>20.7</v>
+        <v>19.9</v>
       </c>
       <c r="E125">
-        <v>22.7</v>
+        <v>21.8</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
         <v>0</v>
       </c>
       <c r="C126">
-        <v>67.5</v>
+        <v>62.5</v>
       </c>
       <c r="D126">
-        <v>75</v>
+        <v>69.40000000000001</v>
       </c>
       <c r="E126">
-        <v>82.5</v>
+        <v>76.3</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
         <v>0</v>
       </c>
       <c r="C127">
-        <v>25</v>
+        <v>25.7</v>
       </c>
       <c r="D127">
-        <v>27.7</v>
+        <v>28.5</v>
       </c>
       <c r="E127">
-        <v>30.4</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
         <v>0</v>
       </c>
       <c r="C128">
-        <v>13.7</v>
+        <v>12.3</v>
       </c>
       <c r="D128">
-        <v>15.2</v>
+        <v>13.6</v>
       </c>
       <c r="E128">
-        <v>16.7</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129">
-        <v>43.9</v>
+        <v>44.6</v>
       </c>
       <c r="D129">
-        <v>48.7</v>
+        <v>49.5</v>
       </c>
       <c r="E129">
-        <v>53.5</v>
+        <v>54.4</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
         <v>0</v>
       </c>
       <c r="C130">
-        <v>14.8</v>
+        <v>14.2</v>
       </c>
       <c r="D130">
-        <v>16.4</v>
+        <v>15.7</v>
       </c>
       <c r="E130">
-        <v>18</v>
+        <v>17.2</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
         <v>0</v>
       </c>
       <c r="C131">
-        <v>20.7</v>
+        <v>21.8</v>
       </c>
       <c r="D131">
-        <v>22.9</v>
+        <v>24.2</v>
       </c>
       <c r="E131">
-        <v>25.1</v>
+        <v>26.6</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
         <v>0</v>
       </c>
       <c r="C132">
-        <v>9</v>
+        <v>9.4</v>
       </c>
       <c r="D132">
-        <v>10</v>
+        <v>10.4</v>
       </c>
       <c r="E132">
-        <v>11</v>
+        <v>11.4</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
       <c r="C133">
-        <v>2.7</v>
+        <v>3</v>
       </c>
       <c r="D133">
-        <v>3</v>
+        <v>3.3</v>
       </c>
       <c r="E133">
-        <v>3.3</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
         <v>0</v>
       </c>
       <c r="C134">
-        <v>2.8</v>
+        <v>1.1</v>
       </c>
       <c r="D134">
-        <v>3.1</v>
+        <v>1.2</v>
       </c>
       <c r="E134">
-        <v>3.4</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
-        <v>1.4</v>
+        <v>13.5</v>
       </c>
       <c r="D135">
-        <v>1.5</v>
+        <v>15</v>
       </c>
       <c r="E135">
-        <v>1.6</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
       <c r="C136">
-        <v>13.5</v>
+        <v>0.55</v>
       </c>
       <c r="D136">
-        <v>15</v>
+        <v>0.61</v>
       </c>
       <c r="E136">
-        <v>16.5</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
       <c r="C137">
-        <v>1</v>
+        <v>18.3</v>
       </c>
       <c r="D137">
-        <v>1.1</v>
+        <v>20.3</v>
       </c>
       <c r="E137">
-        <v>1.2</v>
+        <v>22.3</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
       <c r="C138">
-        <v>20.3</v>
+        <v>0.72</v>
       </c>
       <c r="D138">
-        <v>22.5</v>
+        <v>0.8</v>
       </c>
       <c r="E138">
-        <v>24.7</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
         <v>0</v>
       </c>
       <c r="C139">
-        <v>1.2</v>
+        <v>2.6</v>
       </c>
       <c r="D139">
-        <v>1.3</v>
+        <v>2.8</v>
       </c>
       <c r="E139">
-        <v>1.4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
         <v>0</v>
       </c>
       <c r="C140">
-        <v>2.6</v>
+        <v>17.1</v>
       </c>
       <c r="D140">
-        <v>2.8</v>
+        <v>19</v>
       </c>
       <c r="E140">
-        <v>3</v>
+        <v>20.9</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
       <c r="C141">
-        <v>17.4</v>
+        <v>12.6</v>
       </c>
       <c r="D141">
-        <v>19.3</v>
+        <v>14</v>
       </c>
       <c r="E141">
-        <v>21.2</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
         <v>0</v>
       </c>
       <c r="C142">
-        <v>13.9</v>
+        <v>344.5</v>
       </c>
       <c r="D142">
-        <v>15.4</v>
+        <v>377.5</v>
       </c>
       <c r="E142">
-        <v>16.9</v>
+        <v>410.5</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>0</v>
       </c>
       <c r="C143">
-        <v>269.8</v>
+        <v>2.5</v>
       </c>
       <c r="D143">
-        <v>295.6</v>
+        <v>2.7</v>
       </c>
       <c r="E143">
-        <v>321.4</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>0</v>
       </c>
       <c r="C144">
-        <v>2.5</v>
+        <v>12.3</v>
       </c>
       <c r="D144">
-        <v>2.7</v>
+        <v>13.6</v>
       </c>
       <c r="E144">
-        <v>2.9</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
         <v>0</v>
       </c>
       <c r="C145">
-        <v>1.8</v>
+        <v>10.2</v>
       </c>
       <c r="D145">
-        <v>1.9</v>
+        <v>11.3</v>
       </c>
       <c r="E145">
-        <v>2</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>149</v>
       </c>
       <c r="B146">
         <v>0</v>
       </c>
       <c r="C146">
-        <v>12.6</v>
+        <v>9.9</v>
       </c>
       <c r="D146">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E146">
-        <v>15.4</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>0</v>
       </c>
       <c r="C147">
-        <v>10.3</v>
+        <v>5.4</v>
       </c>
       <c r="D147">
-        <v>11.4</v>
+        <v>6</v>
       </c>
       <c r="E147">
-        <v>12.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
         <v>0</v>
       </c>
       <c r="C148">
-        <v>9.9</v>
+        <v>22.3</v>
       </c>
       <c r="D148">
-        <v>11</v>
+        <v>24.7</v>
       </c>
       <c r="E148">
-        <v>12.1</v>
+        <v>27.1</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>0</v>
       </c>
       <c r="C149">
-        <v>5.4</v>
+        <v>2.1</v>
       </c>
       <c r="D149">
-        <v>6</v>
+        <v>2.3</v>
       </c>
       <c r="E149">
-        <v>6.6</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>0</v>
       </c>
       <c r="C150">
-        <v>22.7</v>
+        <v>9.9</v>
       </c>
       <c r="D150">
-        <v>25.2</v>
+        <v>11</v>
       </c>
       <c r="E150">
-        <v>27.7</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
         <v>0</v>
       </c>
       <c r="C151">
-        <v>2.3</v>
+        <v>20.4</v>
       </c>
       <c r="D151">
-        <v>2.5</v>
+        <v>22.6</v>
       </c>
       <c r="E151">
-        <v>2.7</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>0</v>
       </c>
       <c r="C152">
-        <v>10.7</v>
+        <v>6.8</v>
       </c>
       <c r="D152">
-        <v>11.8</v>
+        <v>7.5</v>
       </c>
       <c r="E152">
-        <v>12.9</v>
+        <v>8.199999999999999</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153">
-        <v>18.5</v>
+        <v>24.3</v>
       </c>
       <c r="D153">
-        <v>20.5</v>
+        <v>26.9</v>
       </c>
       <c r="E153">
-        <v>22.5</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
         <v>0</v>
       </c>
       <c r="C154">
-        <v>1.6</v>
+        <v>9</v>
       </c>
       <c r="D154">
-        <v>1.7</v>
+        <v>10</v>
       </c>
       <c r="E154">
-        <v>1.8</v>
+        <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>0</v>
       </c>
       <c r="C155">
-        <v>6.3</v>
+        <v>236.6</v>
       </c>
       <c r="D155">
-        <v>6.9</v>
+        <v>259.2</v>
       </c>
       <c r="E155">
-        <v>7.5</v>
+        <v>281.8</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>159</v>
       </c>
       <c r="B156">
         <v>0</v>
       </c>
       <c r="C156">
-        <v>23.3</v>
+        <v>15.4</v>
       </c>
       <c r="D156">
-        <v>25.8</v>
+        <v>17.1</v>
       </c>
       <c r="E156">
-        <v>28.3</v>
+        <v>18.8</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>0</v>
       </c>
       <c r="C157">
-        <v>9.199999999999999</v>
+        <v>427.1</v>
       </c>
       <c r="D157">
-        <v>10.2</v>
+        <v>468</v>
       </c>
       <c r="E157">
-        <v>11.2</v>
+        <v>508.9</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
         <v>0</v>
       </c>
       <c r="C158">
-        <v>252.8</v>
+        <v>10.8</v>
       </c>
       <c r="D158">
-        <v>277</v>
+        <v>11.9</v>
       </c>
       <c r="E158">
-        <v>301.2</v>
+        <v>13</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>0</v>
       </c>
       <c r="C159">
-        <v>16.2</v>
+        <v>2.9</v>
       </c>
       <c r="D159">
-        <v>17.9</v>
+        <v>3.2</v>
       </c>
       <c r="E159">
-        <v>19.6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
         <v>0</v>
       </c>
       <c r="C160">
-        <v>381.1</v>
+        <v>48.2</v>
       </c>
       <c r="D160">
-        <v>417.6</v>
+        <v>53.5</v>
       </c>
       <c r="E160">
-        <v>454.1</v>
+        <v>58.8</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
         <v>0</v>
       </c>
       <c r="C161">
-        <v>10.4</v>
+        <v>1.5</v>
       </c>
       <c r="D161">
-        <v>11.5</v>
+        <v>1.6</v>
       </c>
       <c r="E161">
-        <v>12.6</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
         <v>0</v>
       </c>
       <c r="C162">
-        <v>2.9</v>
+        <v>59.8</v>
       </c>
       <c r="D162">
-        <v>3.2</v>
+        <v>66.40000000000001</v>
       </c>
       <c r="E162">
-        <v>3.5</v>
+        <v>73</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
         <v>0</v>
       </c>
       <c r="C163">
-        <v>48.6</v>
+        <v>108</v>
       </c>
       <c r="D163">
-        <v>53.9</v>
+        <v>120</v>
       </c>
       <c r="E163">
-        <v>59.2</v>
+        <v>132</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>0</v>
       </c>
       <c r="C164">
-        <v>2.3</v>
+        <v>196.2</v>
       </c>
       <c r="D164">
-        <v>2.5</v>
+        <v>215</v>
       </c>
       <c r="E164">
-        <v>2.7</v>
+        <v>233.8</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>0</v>
       </c>
       <c r="C165">
-        <v>60.6</v>
+        <v>6.1</v>
       </c>
       <c r="D165">
-        <v>67.3</v>
+        <v>6.7</v>
       </c>
       <c r="E165">
-        <v>74</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
         <v>0</v>
       </c>
       <c r="C166">
-        <v>100.8</v>
+        <v>586.6</v>
       </c>
       <c r="D166">
-        <v>112</v>
+        <v>651.7</v>
       </c>
       <c r="E166">
-        <v>123.2</v>
+        <v>716.8</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
         <v>0</v>
       </c>
       <c r="C167">
-        <v>205.4</v>
+        <v>18.1</v>
       </c>
       <c r="D167">
-        <v>225</v>
+        <v>20.1</v>
       </c>
       <c r="E167">
-        <v>244.6</v>
+        <v>22.1</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
-        <v>5.6</v>
+        <v>34.4</v>
       </c>
       <c r="D168">
-        <v>6.2</v>
+        <v>38.2</v>
       </c>
       <c r="E168">
-        <v>6.8</v>
+        <v>42</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
         <v>0</v>
       </c>
       <c r="C169">
-        <v>586.6</v>
+        <v>3817</v>
       </c>
       <c r="D169">
-        <v>651.7</v>
+        <v>4017.5</v>
       </c>
       <c r="E169">
-        <v>716.8</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
         <v>0</v>
       </c>
       <c r="C170">
-        <v>14.5</v>
+        <v>573.5</v>
       </c>
       <c r="D170">
-        <v>16.1</v>
+        <v>620</v>
       </c>
       <c r="E170">
-        <v>17.7</v>
+        <v>666.5</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
         <v>0</v>
       </c>
       <c r="C171">
-        <v>34.4</v>
+        <v>287.5</v>
       </c>
       <c r="D171">
-        <v>38.2</v>
+        <v>315</v>
       </c>
       <c r="E171">
-        <v>42</v>
+        <v>342.5</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
       <c r="C172">
-        <v>3817</v>
+        <v>10.4</v>
       </c>
       <c r="D172">
-        <v>4017.5</v>
+        <v>11.5</v>
       </c>
       <c r="E172">
-        <v>4218</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>176</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
       <c r="C173">
-        <v>573.5</v>
+        <v>37.8</v>
       </c>
       <c r="D173">
-        <v>620</v>
+        <v>42</v>
       </c>
       <c r="E173">
-        <v>666.5</v>
+        <v>46.2</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
         <v>0</v>
       </c>
       <c r="C174">
-        <v>290</v>
+        <v>3.9</v>
       </c>
       <c r="D174">
-        <v>317.8</v>
+        <v>4.3</v>
       </c>
       <c r="E174">
-        <v>345.6</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
       <c r="C175">
-        <v>10.7</v>
+        <v>6.4</v>
       </c>
       <c r="D175">
-        <v>11.8</v>
+        <v>7.1</v>
       </c>
       <c r="E175">
-        <v>12.9</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
-        <v>37.5</v>
+        <v>4.6</v>
       </c>
       <c r="D176">
-        <v>41.6</v>
+        <v>5.1</v>
       </c>
       <c r="E176">
-        <v>45.7</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
       <c r="C177">
-        <v>3.8</v>
+        <v>3.4</v>
       </c>
       <c r="D177">
-        <v>4.2</v>
+        <v>3.7</v>
       </c>
       <c r="E177">
-        <v>4.6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
       <c r="C178">
-        <v>6.4</v>
+        <v>4.4</v>
       </c>
       <c r="D178">
-        <v>7.1</v>
+        <v>4.8</v>
       </c>
       <c r="E178">
-        <v>7.8</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>0</v>
       </c>
       <c r="C179">
-        <v>4.6</v>
+        <v>20.8</v>
       </c>
       <c r="D179">
-        <v>5.1</v>
+        <v>23.1</v>
       </c>
       <c r="E179">
-        <v>5.6</v>
+        <v>25.4</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
       <c r="C180">
-        <v>3.4</v>
+        <v>32</v>
       </c>
       <c r="D180">
-        <v>3.7</v>
+        <v>35.5</v>
       </c>
       <c r="E180">
-        <v>4</v>
+        <v>39</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181">
-        <v>3.7</v>
+        <v>21.1</v>
       </c>
       <c r="D181">
-        <v>4.1</v>
+        <v>23.4</v>
       </c>
       <c r="E181">
-        <v>4.5</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>185</v>
       </c>
       <c r="B182">
         <v>0</v>
       </c>
       <c r="C182">
-        <v>21.4</v>
+        <v>4</v>
       </c>
       <c r="D182">
-        <v>23.7</v>
+        <v>4.4</v>
       </c>
       <c r="E182">
-        <v>26</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>186</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183">
-        <v>33.6</v>
+        <v>2.5</v>
       </c>
       <c r="D183">
-        <v>37.3</v>
+        <v>2.7</v>
       </c>
       <c r="E183">
-        <v>41</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>187</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184">
-        <v>21</v>
+        <v>5600430</v>
       </c>
       <c r="D184">
-        <v>23.3</v>
+        <v>5895189</v>
       </c>
       <c r="E184">
-        <v>25.6</v>
+        <v>6189948</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>188</v>
       </c>
       <c r="B185">
         <v>0</v>
       </c>
       <c r="C185">
-        <v>4.9</v>
+        <v>7439029.5</v>
       </c>
       <c r="D185">
-        <v>5.4</v>
+        <v>7830557</v>
       </c>
       <c r="E185">
-        <v>5.9</v>
+        <v>8222084.5</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>189</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186">
-        <v>2.7</v>
+        <v>3.5</v>
       </c>
       <c r="D186">
-        <v>2.9</v>
+        <v>3.8</v>
       </c>
       <c r="E186">
-        <v>3.1</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>190</v>
       </c>
       <c r="B187">
         <v>0</v>
       </c>
       <c r="C187">
-        <v>5600430</v>
+        <v>0.72</v>
       </c>
       <c r="D187">
-        <v>5895189</v>
+        <v>0.8</v>
       </c>
       <c r="E187">
-        <v>6189948</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>191</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188">
-        <v>7439029.5</v>
+        <v>61.1</v>
       </c>
       <c r="D188">
-        <v>7830557</v>
+        <v>67.8</v>
       </c>
       <c r="E188">
-        <v>8222084.5</v>
+        <v>74.5</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>192</v>
       </c>
       <c r="B189">
         <v>0</v>
       </c>
       <c r="C189">
-        <v>3.5</v>
+        <v>27.9</v>
       </c>
       <c r="D189">
-        <v>3.8</v>
+        <v>31</v>
       </c>
       <c r="E189">
-        <v>4.1</v>
+        <v>34.1</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>193</v>
       </c>
       <c r="B190">
         <v>0</v>
       </c>
       <c r="C190">
-        <v>1</v>
+        <v>18.9</v>
       </c>
       <c r="D190">
-        <v>1.1</v>
+        <v>21</v>
       </c>
       <c r="E190">
-        <v>1.2</v>
+        <v>23.1</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>194</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191">
-        <v>61.1</v>
+        <v>17</v>
       </c>
       <c r="D191">
-        <v>67.8</v>
+        <v>18.8</v>
       </c>
       <c r="E191">
-        <v>74.5</v>
+        <v>20.6</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>195</v>
       </c>
       <c r="B192">
-        <v>0</v>
+        <v>32.28</v>
       </c>
       <c r="C192">
-        <v>27.4</v>
+        <v>32.3</v>
       </c>
       <c r="D192">
-        <v>30.4</v>
+        <v>33.2</v>
       </c>
       <c r="E192">
-        <v>33.4</v>
+        <v>36.5</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>196</v>
       </c>
       <c r="B193">
         <v>0</v>
       </c>
       <c r="C193">
-        <v>20.1</v>
+        <v>7.7</v>
       </c>
       <c r="D193">
-        <v>22.3</v>
+        <v>8.5</v>
       </c>
       <c r="E193">
-        <v>24.5</v>
+        <v>9.300000000000001</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>197</v>
       </c>
       <c r="B194">
         <v>0</v>
       </c>
       <c r="C194">
-        <v>18.4</v>
+        <v>35.6</v>
       </c>
       <c r="D194">
-        <v>20.4</v>
+        <v>39.5</v>
       </c>
       <c r="E194">
-        <v>22.4</v>
+        <v>43.4</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>198</v>
       </c>
       <c r="B195">
-        <v>32.28</v>
+        <v>0</v>
       </c>
       <c r="C195">
-        <v>33.3</v>
+        <v>79.09999999999999</v>
       </c>
       <c r="D195">
-        <v>36.9</v>
+        <v>87.8</v>
       </c>
       <c r="E195">
-        <v>40.5</v>
+        <v>96.5</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>199</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196">
-        <v>6.4</v>
+        <v>34.3</v>
       </c>
       <c r="D196">
-        <v>7.1</v>
+        <v>38.1</v>
       </c>
       <c r="E196">
-        <v>7.8</v>
+        <v>41.9</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>200</v>
       </c>
       <c r="B197">
         <v>0</v>
       </c>
       <c r="C197">
-        <v>37.6</v>
+        <v>18.9</v>
       </c>
       <c r="D197">
-        <v>41.7</v>
+        <v>21</v>
       </c>
       <c r="E197">
-        <v>45.8</v>
+        <v>23.1</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>201</v>
       </c>
       <c r="B198">
         <v>0</v>
       </c>
       <c r="C198">
-        <v>80.09999999999999</v>
+        <v>166.1</v>
       </c>
       <c r="D198">
-        <v>89</v>
+        <v>184.5</v>
       </c>
       <c r="E198">
-        <v>97.90000000000001</v>
+        <v>202.9</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>202</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199">
-        <v>36.9</v>
+        <v>21.6</v>
       </c>
       <c r="D199">
-        <v>41</v>
+        <v>23.9</v>
       </c>
       <c r="E199">
-        <v>45.1</v>
+        <v>26.2</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>203</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
-        <v>18.2</v>
+        <v>37.8</v>
       </c>
       <c r="D200">
-        <v>20.2</v>
+        <v>42</v>
       </c>
       <c r="E200">
-        <v>22.2</v>
+        <v>46.2</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>204</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
       <c r="C201">
-        <v>173</v>
+        <v>104.4</v>
       </c>
       <c r="D201">
-        <v>192.2</v>
+        <v>116</v>
       </c>
       <c r="E201">
-        <v>211.4</v>
+        <v>127.6</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>205</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202">
-        <v>19.7</v>
+        <v>400.6</v>
       </c>
       <c r="D202">
-        <v>21.8</v>
+        <v>439</v>
       </c>
       <c r="E202">
-        <v>23.9</v>
+        <v>477.4</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>206</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203">
-        <v>40.5</v>
+        <v>42.1</v>
       </c>
       <c r="D203">
-        <v>45</v>
+        <v>46.7</v>
       </c>
       <c r="E203">
-        <v>49.5</v>
+        <v>51.3</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>207</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
-        <v>104.4</v>
+        <v>5.8</v>
       </c>
       <c r="D204">
-        <v>116</v>
+        <v>6.4</v>
       </c>
       <c r="E204">
-        <v>127.6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>208</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
       <c r="C205">
-        <v>408.1</v>
+        <v>39.2</v>
       </c>
       <c r="D205">
-        <v>447.2</v>
+        <v>43.5</v>
       </c>
       <c r="E205">
-        <v>486.3</v>
+        <v>47.8</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>209</v>
       </c>
       <c r="B206">
         <v>0</v>
       </c>
       <c r="C206">
-        <v>62.2</v>
+        <v>3.7</v>
       </c>
       <c r="D206">
-        <v>69.09999999999999</v>
+        <v>4.1</v>
       </c>
       <c r="E206">
-        <v>76</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>210</v>
       </c>
       <c r="B207">
         <v>0</v>
       </c>
       <c r="C207">
-        <v>5.8</v>
+        <v>7.6</v>
       </c>
       <c r="D207">
-        <v>6.4</v>
+        <v>8.4</v>
       </c>
       <c r="E207">
-        <v>7</v>
+        <v>9.199999999999999</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>211</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208">
-        <v>37.1</v>
+        <v>469</v>
       </c>
       <c r="D208">
-        <v>41.2</v>
+        <v>507</v>
       </c>
       <c r="E208">
-        <v>45.3</v>
+        <v>545</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>212</v>
       </c>
       <c r="B209">
         <v>0</v>
       </c>
       <c r="C209">
-        <v>4.1</v>
+        <v>9</v>
       </c>
       <c r="D209">
-        <v>4.5</v>
+        <v>10</v>
       </c>
       <c r="E209">
-        <v>4.9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>213</v>
       </c>
       <c r="B210">
         <v>0</v>
       </c>
       <c r="C210">
-        <v>7.6</v>
+        <v>14.3</v>
       </c>
       <c r="D210">
-        <v>8.4</v>
+        <v>15.8</v>
       </c>
       <c r="E210">
-        <v>9.199999999999999</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>214</v>
       </c>
       <c r="B211">
         <v>0</v>
       </c>
       <c r="C211">
-        <v>469</v>
+        <v>10.7</v>
       </c>
       <c r="D211">
-        <v>507</v>
+        <v>11.8</v>
       </c>
       <c r="E211">
-        <v>545</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>215</v>
       </c>
       <c r="B212">
         <v>0</v>
       </c>
       <c r="C212">
-        <v>10.1</v>
+        <v>11.2</v>
       </c>
       <c r="D212">
-        <v>11.2</v>
+        <v>12.4</v>
       </c>
       <c r="E212">
-        <v>12.3</v>
+        <v>13.6</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>216</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213">
-        <v>14.8</v>
+        <v>54</v>
       </c>
       <c r="D213">
-        <v>16.4</v>
+        <v>60</v>
       </c>
       <c r="E213">
-        <v>18</v>
+        <v>66</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>217</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214">
-        <v>8.4</v>
+        <v>43.3</v>
       </c>
       <c r="D214">
-        <v>9.300000000000001</v>
+        <v>48.1</v>
       </c>
       <c r="E214">
-        <v>10.2</v>
+        <v>52.9</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>218</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215">
-        <v>12</v>
+        <v>621.6</v>
       </c>
       <c r="D215">
-        <v>13.3</v>
+        <v>672</v>
       </c>
       <c r="E215">
-        <v>14.6</v>
+        <v>722.4</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>219</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216">
-        <v>50.2</v>
+        <v>693.8</v>
       </c>
       <c r="D216">
-        <v>55.7</v>
+        <v>750</v>
       </c>
       <c r="E216">
-        <v>61.2</v>
+        <v>806.2</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>220</v>
       </c>
       <c r="B217">
         <v>0</v>
       </c>
       <c r="C217">
-        <v>45.9</v>
+        <v>59.9</v>
       </c>
       <c r="D217">
-        <v>51</v>
+        <v>66.5</v>
       </c>
       <c r="E217">
-        <v>56.1</v>
+        <v>73.09999999999999</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>221</v>
       </c>
       <c r="B218">
         <v>0</v>
       </c>
       <c r="C218">
-        <v>621.6</v>
+        <v>9</v>
       </c>
       <c r="D218">
-        <v>672</v>
+        <v>10</v>
       </c>
       <c r="E218">
-        <v>722.4</v>
+        <v>11</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>222</v>
       </c>
       <c r="B219">
         <v>0</v>
       </c>
       <c r="C219">
-        <v>708.4</v>
+        <v>2.7</v>
       </c>
       <c r="D219">
-        <v>765.8</v>
+        <v>2.9</v>
       </c>
       <c r="E219">
-        <v>823.2</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>223</v>
       </c>
       <c r="B220">
         <v>0</v>
       </c>
       <c r="C220">
-        <v>69.40000000000001</v>
+        <v>76.7</v>
       </c>
       <c r="D220">
-        <v>77.09999999999999</v>
+        <v>85.2</v>
       </c>
       <c r="E220">
-        <v>84.8</v>
+        <v>93.7</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>224</v>
       </c>
       <c r="B221">
         <v>0</v>
       </c>
       <c r="C221">
-        <v>11.1</v>
+        <v>4.2</v>
       </c>
       <c r="D221">
-        <v>12.3</v>
+        <v>4.6</v>
       </c>
       <c r="E221">
-        <v>13.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>225</v>
       </c>
       <c r="B222">
         <v>0</v>
       </c>
       <c r="C222">
-        <v>2.5</v>
+        <v>25.7</v>
       </c>
       <c r="D222">
-        <v>2.7</v>
+        <v>28.5</v>
       </c>
       <c r="E222">
-        <v>2.9</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>226</v>
       </c>
       <c r="B223">
         <v>0</v>
       </c>
       <c r="C223">
-        <v>78.3</v>
+        <v>12.6</v>
       </c>
       <c r="D223">
-        <v>87</v>
+        <v>14</v>
       </c>
       <c r="E223">
-        <v>95.7</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>227</v>
       </c>
       <c r="B224">
         <v>0</v>
       </c>
       <c r="C224">
-        <v>5.6</v>
+        <v>2579.3</v>
       </c>
       <c r="D224">
-        <v>6.2</v>
+        <v>2715</v>
       </c>
       <c r="E224">
-        <v>6.8</v>
+        <v>2850.7</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>228</v>
       </c>
       <c r="B225">
         <v>0</v>
       </c>
       <c r="C225">
-        <v>26.4</v>
+        <v>3.7</v>
       </c>
       <c r="D225">
-        <v>29.3</v>
+        <v>4.1</v>
       </c>
       <c r="E225">
-        <v>32.2</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>229</v>
       </c>
       <c r="B226">
         <v>0</v>
       </c>
       <c r="C226">
-        <v>12.6</v>
+        <v>42.8</v>
       </c>
       <c r="D226">
-        <v>14</v>
+        <v>47.5</v>
       </c>
       <c r="E226">
-        <v>15.4</v>
+        <v>52.2</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>230</v>
       </c>
       <c r="B227">
         <v>0</v>
       </c>
       <c r="C227">
-        <v>2612.5</v>
+        <v>3.3</v>
       </c>
       <c r="D227">
-        <v>2750</v>
+        <v>3.6</v>
       </c>
       <c r="E227">
-        <v>2887.5</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228" t="s">
         <v>231</v>
       </c>
       <c r="B228">
         <v>0</v>
       </c>
       <c r="C228">
-        <v>3.7</v>
+        <v>4750</v>
       </c>
       <c r="D228">
-        <v>4.1</v>
+        <v>5000</v>
       </c>
       <c r="E228">
-        <v>4.5</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>232</v>
       </c>
       <c r="B229">
         <v>0</v>
       </c>
       <c r="C229">
-        <v>42.3</v>
+        <v>27.9</v>
       </c>
       <c r="D229">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="E229">
-        <v>51.7</v>
+        <v>34.1</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>233</v>
       </c>
       <c r="B230">
         <v>0</v>
       </c>
       <c r="C230">
-        <v>3.6</v>
+        <v>24.5</v>
       </c>
       <c r="D230">
-        <v>4</v>
+        <v>27.2</v>
       </c>
       <c r="E230">
-        <v>4.4</v>
+        <v>29.9</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>234</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
       <c r="C231">
-        <v>4750</v>
+        <v>45.1</v>
       </c>
       <c r="D231">
-        <v>5000</v>
+        <v>50.1</v>
       </c>
       <c r="E231">
-        <v>5250</v>
+        <v>55.1</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>235</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
       <c r="C232">
-        <v>28.8</v>
+        <v>6.9</v>
       </c>
       <c r="D232">
-        <v>31.9</v>
+        <v>7.6</v>
       </c>
       <c r="E232">
-        <v>35</v>
+        <v>8.300000000000001</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>236</v>
       </c>
       <c r="B233">
         <v>0</v>
       </c>
       <c r="C233">
-        <v>24</v>
+        <v>23.4</v>
       </c>
       <c r="D233">
-        <v>26.6</v>
+        <v>26</v>
       </c>
       <c r="E233">
-        <v>29.2</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>237</v>
       </c>
       <c r="B234">
         <v>0</v>
       </c>
       <c r="C234">
-        <v>43.2</v>
+        <v>7.2</v>
       </c>
       <c r="D234">
-        <v>48</v>
+        <v>7.9</v>
       </c>
       <c r="E234">
-        <v>52.8</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>238</v>
       </c>
       <c r="B235">
         <v>0</v>
       </c>
       <c r="C235">
-        <v>7.7</v>
+        <v>12.2</v>
       </c>
       <c r="D235">
-        <v>8.5</v>
+        <v>13.5</v>
       </c>
       <c r="E235">
-        <v>9.300000000000001</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>239</v>
       </c>
       <c r="B236">
         <v>0</v>
       </c>
       <c r="C236">
-        <v>23.4</v>
+        <v>4.1</v>
       </c>
       <c r="D236">
-        <v>26</v>
+        <v>4.5</v>
       </c>
       <c r="E236">
-        <v>28.6</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>240</v>
       </c>
       <c r="B237">
         <v>0</v>
       </c>
       <c r="C237">
-        <v>7.4</v>
+        <v>15.2</v>
       </c>
       <c r="D237">
-        <v>8.199999999999999</v>
+        <v>16.8</v>
       </c>
       <c r="E237">
-        <v>9</v>
+        <v>18.4</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>241</v>
       </c>
       <c r="B238">
         <v>0</v>
       </c>
       <c r="C238">
-        <v>12.5</v>
+        <v>27.4</v>
       </c>
       <c r="D238">
-        <v>13.8</v>
+        <v>30.4</v>
       </c>
       <c r="E238">
-        <v>15.1</v>
+        <v>33.4</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>242</v>
       </c>
       <c r="B239">
         <v>0</v>
       </c>
       <c r="C239">
-        <v>4.5</v>
+        <v>25.4</v>
       </c>
       <c r="D239">
-        <v>4.9</v>
+        <v>28.2</v>
       </c>
       <c r="E239">
-        <v>5.3</v>
+        <v>31</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>243</v>
       </c>
       <c r="B240">
         <v>0</v>
       </c>
       <c r="C240">
-        <v>16</v>
+        <v>11.7</v>
       </c>
       <c r="D240">
-        <v>17.7</v>
+        <v>13</v>
       </c>
       <c r="E240">
-        <v>19.4</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>244</v>
       </c>
       <c r="B241">
         <v>0</v>
       </c>
       <c r="C241">
-        <v>28.5</v>
+        <v>78.7</v>
       </c>
       <c r="D241">
-        <v>31.6</v>
+        <v>87.40000000000001</v>
       </c>
       <c r="E241">
-        <v>34.7</v>
+        <v>96.09999999999999</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>245</v>
       </c>
       <c r="B242">
         <v>0</v>
       </c>
       <c r="C242">
-        <v>25.2</v>
+        <v>52.1</v>
       </c>
       <c r="D242">
-        <v>27.9</v>
+        <v>57.8</v>
       </c>
       <c r="E242">
-        <v>30.6</v>
+        <v>63.5</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>246</v>
       </c>
       <c r="B243">
         <v>0</v>
       </c>
       <c r="C243">
-        <v>11.8</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="D243">
-        <v>13.1</v>
+        <v>9.1</v>
       </c>
       <c r="E243">
-        <v>14.4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>247</v>
       </c>
       <c r="B244">
         <v>0</v>
       </c>
       <c r="C244">
-        <v>81</v>
+        <v>73.5</v>
       </c>
       <c r="D244">
-        <v>89.90000000000001</v>
+        <v>81.59999999999999</v>
       </c>
       <c r="E244">
-        <v>98.8</v>
+        <v>89.7</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>248</v>
       </c>
       <c r="B245">
         <v>0</v>
       </c>
       <c r="C245">
-        <v>52.1</v>
+        <v>19.8</v>
       </c>
       <c r="D245">
-        <v>57.8</v>
+        <v>22</v>
       </c>
       <c r="E245">
-        <v>63.5</v>
+        <v>24.2</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>249</v>
       </c>
       <c r="B246">
         <v>0</v>
       </c>
       <c r="C246">
-        <v>7.4</v>
+        <v>81.90000000000001</v>
       </c>
       <c r="D246">
-        <v>8.199999999999999</v>
+        <v>91</v>
       </c>
       <c r="E246">
-        <v>9</v>
+        <v>100.1</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>250</v>
       </c>
       <c r="B247">
         <v>0</v>
       </c>
       <c r="C247">
-        <v>72.59999999999999</v>
+        <v>4.7</v>
       </c>
       <c r="D247">
-        <v>80.59999999999999</v>
+        <v>5.2</v>
       </c>
       <c r="E247">
-        <v>88.59999999999999</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>251</v>
       </c>
       <c r="B248">
         <v>0</v>
       </c>
       <c r="C248">
-        <v>18.8</v>
+        <v>167.8</v>
       </c>
       <c r="D248">
-        <v>20.8</v>
+        <v>186.4</v>
       </c>
       <c r="E248">
-        <v>22.8</v>
+        <v>205</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>252</v>
       </c>
       <c r="B249">
         <v>0</v>
       </c>
       <c r="C249">
-        <v>92.09999999999999</v>
+        <v>10.8</v>
       </c>
       <c r="D249">
-        <v>102.3</v>
+        <v>12</v>
       </c>
       <c r="E249">
-        <v>112.5</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>253</v>
       </c>
       <c r="B250">
         <v>0</v>
       </c>
       <c r="C250">
-        <v>4.7</v>
+        <v>962500</v>
       </c>
       <c r="D250">
-        <v>5.2</v>
+        <v>1000000</v>
       </c>
       <c r="E250">
-        <v>5.7</v>
+        <v>1037500</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>254</v>
       </c>
       <c r="B251">
         <v>0</v>
       </c>
       <c r="C251">
-        <v>197.6</v>
+        <v>15.8</v>
       </c>
       <c r="D251">
-        <v>216.5</v>
+        <v>17.5</v>
       </c>
       <c r="E251">
-        <v>235.4</v>
+        <v>19.2</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
         <v>255</v>
       </c>
       <c r="B252">
         <v>0</v>
       </c>
       <c r="C252">
-        <v>11.7</v>
+        <v>72.09999999999999</v>
       </c>
       <c r="D252">
-        <v>13</v>
+        <v>80.09999999999999</v>
       </c>
       <c r="E252">
-        <v>14.3</v>
+        <v>88.09999999999999</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>256</v>
       </c>
       <c r="B253">
         <v>0</v>
       </c>
       <c r="C253">
-        <v>962500</v>
+        <v>19.4</v>
       </c>
       <c r="D253">
-        <v>1000000</v>
+        <v>21.5</v>
       </c>
       <c r="E253">
-        <v>1037500</v>
+        <v>23.6</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>257</v>
       </c>
       <c r="B254">
         <v>0</v>
       </c>
       <c r="C254">
-        <v>15.3</v>
+        <v>43.5</v>
       </c>
       <c r="D254">
-        <v>17</v>
+        <v>48.3</v>
       </c>
       <c r="E254">
-        <v>18.7</v>
+        <v>53.1</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>258</v>
       </c>
       <c r="B255">
         <v>0</v>
       </c>
       <c r="C255">
-        <v>81.90000000000001</v>
+        <v>2.8</v>
       </c>
       <c r="D255">
-        <v>91</v>
+        <v>3.1</v>
       </c>
       <c r="E255">
-        <v>100.1</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>259</v>
       </c>
       <c r="B256">
         <v>0</v>
       </c>
       <c r="C256">
-        <v>20.4</v>
+        <v>10.6</v>
       </c>
       <c r="D256">
-        <v>22.6</v>
+        <v>11.7</v>
       </c>
       <c r="E256">
-        <v>24.8</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>260</v>
       </c>
       <c r="B257">
         <v>0</v>
       </c>
       <c r="C257">
-        <v>46.3</v>
+        <v>4.1</v>
       </c>
       <c r="D257">
-        <v>51.4</v>
+        <v>4.5</v>
       </c>
       <c r="E257">
-        <v>56.5</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>261</v>
       </c>
       <c r="B258">
         <v>0</v>
       </c>
       <c r="C258">
-        <v>3.1</v>
+        <v>4.2</v>
       </c>
       <c r="D258">
-        <v>3.4</v>
+        <v>4.6</v>
       </c>
       <c r="E258">
-        <v>3.7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>262</v>
       </c>
       <c r="B259">
         <v>0</v>
       </c>
       <c r="C259">
-        <v>10.6</v>
+        <v>12.4</v>
       </c>
       <c r="D259">
-        <v>11.7</v>
+        <v>13.7</v>
       </c>
       <c r="E259">
-        <v>12.8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>263</v>
       </c>
       <c r="B260">
         <v>0</v>
       </c>
       <c r="C260">
-        <v>3.5</v>
+        <v>20.7</v>
       </c>
       <c r="D260">
-        <v>3.8</v>
+        <v>23</v>
       </c>
       <c r="E260">
-        <v>4.1</v>
+        <v>25.3</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
         <v>264</v>
       </c>
       <c r="B261">
         <v>0</v>
       </c>
       <c r="C261">
-        <v>4</v>
+        <v>15.5</v>
       </c>
       <c r="D261">
-        <v>4.4</v>
+        <v>17.2</v>
       </c>
       <c r="E261">
-        <v>4.8</v>
+        <v>18.9</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
         <v>265</v>
       </c>
       <c r="B262">
         <v>0</v>
       </c>
       <c r="C262">
-        <v>12</v>
+        <v>24.3</v>
       </c>
       <c r="D262">
-        <v>13.3</v>
+        <v>26.9</v>
       </c>
       <c r="E262">
-        <v>14.6</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
         <v>266</v>
       </c>
       <c r="B263">
         <v>0</v>
       </c>
       <c r="C263">
-        <v>22.3</v>
+        <v>25.2</v>
       </c>
       <c r="D263">
-        <v>24.7</v>
+        <v>28</v>
       </c>
       <c r="E263">
-        <v>27.1</v>
+        <v>30.8</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
         <v>267</v>
       </c>
       <c r="B264">
         <v>0</v>
       </c>
       <c r="C264">
-        <v>15.5</v>
+        <v>21.5</v>
       </c>
       <c r="D264">
-        <v>17.2</v>
+        <v>23.8</v>
       </c>
       <c r="E264">
-        <v>18.9</v>
+        <v>26.1</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>268</v>
       </c>
       <c r="B265">
         <v>0</v>
       </c>
       <c r="C265">
-        <v>22.9</v>
+        <v>5.6</v>
       </c>
       <c r="D265">
-        <v>25.4</v>
+        <v>6.2</v>
       </c>
       <c r="E265">
-        <v>27.9</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>269</v>
       </c>
       <c r="B266">
         <v>0</v>
       </c>
       <c r="C266">
-        <v>25.9</v>
+        <v>4.7</v>
       </c>
       <c r="D266">
-        <v>28.7</v>
+        <v>5.2</v>
       </c>
       <c r="E266">
-        <v>31.5</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>270</v>
       </c>
       <c r="B267">
         <v>0</v>
       </c>
       <c r="C267">
-        <v>25.2</v>
+        <v>159.3</v>
       </c>
       <c r="D267">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="E267">
-        <v>30.8</v>
+        <v>194.7</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>271</v>
       </c>
       <c r="B268">
         <v>0</v>
       </c>
       <c r="C268">
-        <v>6.1</v>
+        <v>1.8</v>
       </c>
       <c r="D268">
-        <v>6.7</v>
+        <v>2</v>
       </c>
       <c r="E268">
-        <v>7.3</v>
+        <v>2.2</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>272</v>
       </c>
       <c r="B269">
         <v>0</v>
       </c>
       <c r="C269">
-        <v>5.4</v>
+        <v>4.8</v>
       </c>
       <c r="D269">
-        <v>6</v>
+        <v>5.3</v>
       </c>
       <c r="E269">
-        <v>6.6</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>273</v>
       </c>
       <c r="B270">
         <v>0</v>
       </c>
       <c r="C270">
-        <v>162</v>
+        <v>14.3</v>
       </c>
       <c r="D270">
-        <v>180</v>
+        <v>15.8</v>
       </c>
       <c r="E270">
-        <v>198</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
         <v>274</v>
       </c>
       <c r="B271">
         <v>0</v>
       </c>
       <c r="C271">
-        <v>2</v>
+        <v>126</v>
       </c>
       <c r="D271">
-        <v>2.2</v>
+        <v>140</v>
       </c>
       <c r="E271">
-        <v>2.4</v>
+        <v>154</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>275</v>
       </c>
       <c r="B272">
         <v>0</v>
       </c>
       <c r="C272">
-        <v>5.4</v>
+        <v>6.3</v>
       </c>
       <c r="D272">
-        <v>5.9</v>
+        <v>6.9</v>
       </c>
       <c r="E272">
-        <v>6.4</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>276</v>
       </c>
       <c r="B273">
         <v>0</v>
       </c>
       <c r="C273">
-        <v>13.5</v>
+        <v>322.2</v>
       </c>
       <c r="D273">
-        <v>15</v>
+        <v>353</v>
       </c>
       <c r="E273">
-        <v>16.5</v>
+        <v>383.8</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>277</v>
       </c>
       <c r="B274">
         <v>0</v>
       </c>
       <c r="C274">
-        <v>129.2</v>
+        <v>25.8</v>
       </c>
       <c r="D274">
-        <v>143.5</v>
+        <v>28.6</v>
       </c>
       <c r="E274">
-        <v>157.8</v>
+        <v>31.4</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>278</v>
       </c>
       <c r="B275">
         <v>0</v>
       </c>
       <c r="C275">
-        <v>6.5</v>
+        <v>7.4</v>
       </c>
       <c r="D275">
-        <v>7.2</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="E275">
-        <v>7.9</v>
+        <v>9</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>279</v>
       </c>
       <c r="B276">
         <v>0</v>
       </c>
       <c r="C276">
-        <v>356.7</v>
+        <v>15.3</v>
       </c>
       <c r="D276">
-        <v>390.9</v>
+        <v>17</v>
       </c>
       <c r="E276">
-        <v>425.1</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>280</v>
       </c>
       <c r="B277">
         <v>0</v>
       </c>
       <c r="C277">
-        <v>27</v>
+        <v>153</v>
       </c>
       <c r="D277">
-        <v>29.9</v>
+        <v>170</v>
       </c>
       <c r="E277">
-        <v>32.8</v>
+        <v>187</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>281</v>
       </c>
       <c r="B278">
         <v>0</v>
       </c>
       <c r="C278">
-        <v>7.4</v>
+        <v>40.9</v>
       </c>
       <c r="D278">
-        <v>8.199999999999999</v>
+        <v>45.4</v>
       </c>
       <c r="E278">
-        <v>9</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>282</v>
       </c>
       <c r="B279">
         <v>0</v>
       </c>
       <c r="C279">
-        <v>15.5</v>
+        <v>4750</v>
       </c>
       <c r="D279">
-        <v>17.2</v>
+        <v>5000</v>
       </c>
       <c r="E279">
-        <v>18.9</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>283</v>
       </c>
       <c r="B280">
         <v>0</v>
       </c>
       <c r="C280">
-        <v>173.7</v>
+        <v>4.1</v>
       </c>
       <c r="D280">
-        <v>193</v>
+        <v>4.5</v>
       </c>
       <c r="E280">
-        <v>212.3</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>284</v>
       </c>
       <c r="B281">
         <v>0</v>
       </c>
       <c r="C281">
-        <v>38.7</v>
+        <v>15.4</v>
       </c>
       <c r="D281">
-        <v>42.9</v>
+        <v>17.1</v>
       </c>
       <c r="E281">
-        <v>47.1</v>
+        <v>18.8</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>285</v>
       </c>
       <c r="B282">
         <v>0</v>
       </c>
       <c r="C282">
-        <v>4750</v>
+        <v>33.1</v>
       </c>
       <c r="D282">
-        <v>5000</v>
+        <v>36.7</v>
       </c>
       <c r="E282">
-        <v>5250</v>
+        <v>40.3</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>286</v>
       </c>
       <c r="B283">
         <v>0</v>
       </c>
       <c r="C283">
         <v>4.5</v>
       </c>
       <c r="D283">
         <v>4.9</v>
       </c>
       <c r="E283">
         <v>5.3</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>287</v>
       </c>
       <c r="B284">
         <v>0</v>
       </c>
       <c r="C284">
-        <v>15.4</v>
+        <v>23.5</v>
       </c>
       <c r="D284">
-        <v>17.1</v>
+        <v>26.1</v>
       </c>
       <c r="E284">
-        <v>18.8</v>
+        <v>28.7</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>288</v>
       </c>
       <c r="B285">
         <v>0</v>
       </c>
       <c r="C285">
-        <v>32.4</v>
+        <v>2.3</v>
       </c>
       <c r="D285">
-        <v>35.9</v>
+        <v>2.5</v>
       </c>
       <c r="E285">
-        <v>39.4</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>289</v>
       </c>
       <c r="B286">
         <v>0</v>
       </c>
       <c r="C286">
-        <v>4.5</v>
+        <v>2.3</v>
       </c>
       <c r="D286">
-        <v>4.9</v>
+        <v>2.5</v>
       </c>
       <c r="E286">
-        <v>5.3</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>290</v>
       </c>
       <c r="B287">
         <v>0</v>
       </c>
       <c r="C287">
-        <v>25.2</v>
+        <v>43.4</v>
       </c>
       <c r="D287">
-        <v>28</v>
+        <v>48.2</v>
       </c>
       <c r="E287">
-        <v>30.8</v>
+        <v>53</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>291</v>
       </c>
       <c r="B288">
         <v>0</v>
       </c>
       <c r="C288">
-        <v>2.5</v>
+        <v>0.5</v>
       </c>
       <c r="D288">
-        <v>2.7</v>
+        <v>0.55</v>
       </c>
       <c r="E288">
-        <v>2.9</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>292</v>
       </c>
       <c r="B289">
         <v>0</v>
       </c>
       <c r="C289">
+        <v>2.2</v>
+      </c>
+      <c r="D289">
+        <v>2.4</v>
+      </c>
+      <c r="E289">
         <v>2.6</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>293</v>
       </c>
       <c r="B290">
         <v>0</v>
       </c>
       <c r="C290">
-        <v>43.2</v>
+        <v>36.3</v>
       </c>
       <c r="D290">
-        <v>47.9</v>
+        <v>40.3</v>
       </c>
       <c r="E290">
-        <v>52.6</v>
+        <v>44.3</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>294</v>
       </c>
       <c r="B291">
         <v>0</v>
       </c>
       <c r="C291">
-        <v>0.89</v>
+        <v>25.6</v>
       </c>
       <c r="D291">
-        <v>0.99</v>
+        <v>28.4</v>
       </c>
       <c r="E291">
-        <v>1.09</v>
+        <v>31.2</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>295</v>
       </c>
       <c r="B292">
         <v>0</v>
       </c>
       <c r="C292">
-        <v>2.6</v>
+        <v>65.7</v>
       </c>
       <c r="D292">
-        <v>2.8</v>
+        <v>72.90000000000001</v>
       </c>
       <c r="E292">
-        <v>3</v>
+        <v>80.09999999999999</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>296</v>
       </c>
       <c r="B293">
         <v>0</v>
       </c>
       <c r="C293">
-        <v>39.2</v>
+        <v>136.8</v>
       </c>
       <c r="D293">
-        <v>43.5</v>
+        <v>152</v>
       </c>
       <c r="E293">
-        <v>47.8</v>
+        <v>167.2</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>297</v>
       </c>
       <c r="B294">
         <v>0</v>
       </c>
       <c r="C294">
-        <v>26.6</v>
+        <v>4750</v>
       </c>
       <c r="D294">
-        <v>29.5</v>
+        <v>5000</v>
       </c>
       <c r="E294">
-        <v>32.4</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>298</v>
       </c>
       <c r="B295">
         <v>0</v>
       </c>
       <c r="C295">
-        <v>64.5</v>
+        <v>3.6</v>
       </c>
       <c r="D295">
-        <v>71.59999999999999</v>
+        <v>4</v>
       </c>
       <c r="E295">
-        <v>78.7</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>299</v>
       </c>
       <c r="B296">
         <v>0</v>
       </c>
       <c r="C296">
-        <v>145.4</v>
+        <v>36.9</v>
       </c>
       <c r="D296">
-        <v>161.5</v>
+        <v>41</v>
       </c>
       <c r="E296">
-        <v>177.6</v>
+        <v>45.1</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>300</v>
       </c>
       <c r="B297">
         <v>0</v>
       </c>
       <c r="C297">
-        <v>4750</v>
+        <v>0.66</v>
       </c>
       <c r="D297">
-        <v>5000</v>
+        <v>0.73</v>
       </c>
       <c r="E297">
-        <v>5250</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>301</v>
       </c>
       <c r="B298">
         <v>0</v>
       </c>
       <c r="C298">
-        <v>4.8</v>
+        <v>3.6</v>
       </c>
       <c r="D298">
-        <v>5.3</v>
+        <v>4</v>
       </c>
       <c r="E298">
-        <v>5.8</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>302</v>
       </c>
       <c r="B299">
         <v>0</v>
       </c>
       <c r="C299">
-        <v>36.6</v>
+        <v>26.1</v>
       </c>
       <c r="D299">
-        <v>40.6</v>
+        <v>29</v>
       </c>
       <c r="E299">
-        <v>44.6</v>
+        <v>31.9</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>303</v>
       </c>
       <c r="B300">
         <v>0</v>
       </c>
       <c r="C300">
         <v>1.1</v>
       </c>
       <c r="D300">
         <v>1.2</v>
       </c>
       <c r="E300">
         <v>1.3</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>304</v>
       </c>
       <c r="B301">
         <v>0</v>
       </c>
       <c r="C301">
-        <v>3.6</v>
+        <v>27.5</v>
       </c>
       <c r="D301">
-        <v>4</v>
+        <v>30.5</v>
       </c>
       <c r="E301">
-        <v>4.4</v>
+        <v>33.5</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>305</v>
       </c>
       <c r="B302">
         <v>0</v>
       </c>
       <c r="C302">
-        <v>23.9</v>
+        <v>26.6</v>
       </c>
       <c r="D302">
-        <v>26.5</v>
+        <v>29.5</v>
       </c>
       <c r="E302">
-        <v>29.1</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>306</v>
       </c>
       <c r="B303">
         <v>0</v>
       </c>
       <c r="C303">
-        <v>1.8</v>
+        <v>11.7</v>
       </c>
       <c r="D303">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="E303">
-        <v>2.2</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>307</v>
       </c>
       <c r="B304">
         <v>0</v>
       </c>
       <c r="C304">
-        <v>26.1</v>
+        <v>36</v>
       </c>
       <c r="D304">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="E304">
-        <v>31.9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>308</v>
       </c>
       <c r="B305">
         <v>0</v>
       </c>
       <c r="C305">
-        <v>26.6</v>
+        <v>26.8</v>
       </c>
       <c r="D305">
-        <v>29.5</v>
+        <v>29.7</v>
       </c>
       <c r="E305">
-        <v>32.4</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>309</v>
       </c>
       <c r="B306">
         <v>0</v>
       </c>
       <c r="C306">
-        <v>11.6</v>
+        <v>44.9</v>
       </c>
       <c r="D306">
-        <v>12.8</v>
+        <v>49.8</v>
       </c>
       <c r="E306">
-        <v>14</v>
+        <v>54.7</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>310</v>
       </c>
       <c r="B307">
         <v>0</v>
       </c>
       <c r="C307">
-        <v>38.7</v>
+        <v>26.6</v>
       </c>
       <c r="D307">
-        <v>43</v>
+        <v>29.5</v>
       </c>
       <c r="E307">
-        <v>47.3</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>311</v>
       </c>
       <c r="B308">
         <v>0</v>
       </c>
       <c r="C308">
-        <v>25.7</v>
+        <v>38.7</v>
       </c>
       <c r="D308">
-        <v>28.5</v>
+        <v>42.9</v>
       </c>
       <c r="E308">
-        <v>31.3</v>
+        <v>47.1</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>312</v>
       </c>
       <c r="B309">
         <v>0</v>
       </c>
       <c r="C309">
-        <v>46.5</v>
+        <v>10.7</v>
       </c>
       <c r="D309">
-        <v>51.6</v>
+        <v>11.8</v>
       </c>
       <c r="E309">
-        <v>56.7</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>313</v>
       </c>
       <c r="B310">
         <v>0</v>
       </c>
       <c r="C310">
-        <v>26.1</v>
+        <v>126</v>
       </c>
       <c r="D310">
-        <v>29</v>
+        <v>140</v>
       </c>
       <c r="E310">
-        <v>31.9</v>
+        <v>154</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>314</v>
       </c>
       <c r="B311">
         <v>0</v>
       </c>
       <c r="C311">
-        <v>38.6</v>
+        <v>19.9</v>
       </c>
       <c r="D311">
-        <v>42.8</v>
+        <v>22.1</v>
       </c>
       <c r="E311">
-        <v>47</v>
+        <v>24.3</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>315</v>
       </c>
       <c r="B312">
         <v>0</v>
       </c>
       <c r="C312">
-        <v>9.9</v>
+        <v>138.9</v>
       </c>
       <c r="D312">
-        <v>11</v>
+        <v>154.3</v>
       </c>
       <c r="E312">
-        <v>12.1</v>
+        <v>169.7</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>316</v>
       </c>
       <c r="B313">
         <v>0</v>
       </c>
       <c r="C313">
-        <v>108.9</v>
+        <v>17.7</v>
       </c>
       <c r="D313">
-        <v>121</v>
+        <v>19.6</v>
       </c>
       <c r="E313">
-        <v>133.1</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>317</v>
       </c>
       <c r="B314">
         <v>0</v>
       </c>
       <c r="C314">
-        <v>20.7</v>
+        <v>3164.7</v>
       </c>
       <c r="D314">
-        <v>23</v>
+        <v>3331.2</v>
       </c>
       <c r="E314">
-        <v>25.3</v>
+        <v>3497.7</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>318</v>
       </c>
       <c r="B315">
         <v>0</v>
       </c>
       <c r="C315">
-        <v>153</v>
+        <v>2.4</v>
       </c>
       <c r="D315">
-        <v>170</v>
+        <v>2.6</v>
       </c>
       <c r="E315">
-        <v>187</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>319</v>
       </c>
       <c r="B316">
         <v>0</v>
       </c>
       <c r="C316">
-        <v>17.9</v>
+        <v>11.4</v>
       </c>
       <c r="D316">
-        <v>19.8</v>
+        <v>12.6</v>
       </c>
       <c r="E316">
-        <v>21.7</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>320</v>
       </c>
       <c r="B317">
         <v>0</v>
       </c>
       <c r="C317">
-        <v>3164.7</v>
+        <v>52.4</v>
       </c>
       <c r="D317">
-        <v>3331.2</v>
+        <v>58.2</v>
       </c>
       <c r="E317">
-        <v>3497.7</v>
+        <v>64</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>321</v>
       </c>
       <c r="B318">
         <v>0</v>
       </c>
       <c r="C318">
-        <v>1.8</v>
+        <v>22.6</v>
       </c>
       <c r="D318">
-        <v>1.9</v>
+        <v>25.1</v>
       </c>
       <c r="E318">
-        <v>2</v>
+        <v>27.6</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>322</v>
       </c>
       <c r="B319">
         <v>0</v>
       </c>
       <c r="C319">
-        <v>12.1</v>
+        <v>2.8</v>
       </c>
       <c r="D319">
-        <v>13.4</v>
+        <v>3.1</v>
       </c>
       <c r="E319">
-        <v>14.7</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>323</v>
       </c>
       <c r="B320">
         <v>0</v>
       </c>
       <c r="C320">
-        <v>52.4</v>
+        <v>25.2</v>
       </c>
       <c r="D320">
-        <v>58.2</v>
+        <v>27.9</v>
       </c>
       <c r="E320">
-        <v>64</v>
+        <v>30.6</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>324</v>
       </c>
       <c r="B321">
         <v>0</v>
       </c>
       <c r="C321">
-        <v>21.6</v>
+        <v>5.1</v>
       </c>
       <c r="D321">
-        <v>24</v>
+        <v>5.6</v>
       </c>
       <c r="E321">
-        <v>26.4</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>325</v>
       </c>
       <c r="B322">
         <v>0</v>
       </c>
       <c r="C322">
-        <v>3</v>
+        <v>32.3</v>
       </c>
       <c r="D322">
-        <v>3.3</v>
+        <v>35.8</v>
       </c>
       <c r="E322">
-        <v>3.6</v>
+        <v>39.3</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>326</v>
       </c>
       <c r="B323">
         <v>0</v>
       </c>
       <c r="C323">
-        <v>25.7</v>
+        <v>15.3</v>
       </c>
       <c r="D323">
-        <v>28.5</v>
+        <v>17</v>
       </c>
       <c r="E323">
-        <v>31.3</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>327</v>
       </c>
       <c r="B324">
         <v>0</v>
       </c>
       <c r="C324">
-        <v>5.9</v>
+        <v>19.2</v>
       </c>
       <c r="D324">
-        <v>6.5</v>
+        <v>21.3</v>
       </c>
       <c r="E324">
-        <v>7.1</v>
+        <v>23.4</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>328</v>
       </c>
       <c r="B325">
         <v>0</v>
       </c>
       <c r="C325">
-        <v>39.2</v>
+        <v>74.7</v>
       </c>
       <c r="D325">
-        <v>43.5</v>
+        <v>83</v>
       </c>
       <c r="E325">
-        <v>47.8</v>
+        <v>91.3</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>329</v>
       </c>
       <c r="B326">
         <v>0</v>
       </c>
       <c r="C326">
-        <v>16.2</v>
+        <v>61.4</v>
       </c>
       <c r="D326">
-        <v>17.9</v>
+        <v>102.3</v>
       </c>
       <c r="E326">
-        <v>19.6</v>
+        <v>75</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>330</v>
       </c>
       <c r="B327">
         <v>0</v>
       </c>
       <c r="C327">
-        <v>19.8</v>
+        <v>11.1</v>
       </c>
       <c r="D327">
-        <v>21.9</v>
+        <v>12.3</v>
       </c>
       <c r="E327">
-        <v>24</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>331</v>
       </c>
       <c r="B328">
         <v>0</v>
       </c>
       <c r="C328">
-        <v>72</v>
+        <v>4.5</v>
       </c>
       <c r="D328">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="E328">
-        <v>88</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>332</v>
       </c>
       <c r="B329">
         <v>0</v>
       </c>
       <c r="C329">
-        <v>92.09999999999999</v>
+        <v>17.2</v>
       </c>
       <c r="D329">
-        <v>102.3</v>
+        <v>19.1</v>
       </c>
       <c r="E329">
-        <v>112.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>333</v>
       </c>
       <c r="B330">
         <v>0</v>
       </c>
       <c r="C330">
-        <v>11.3</v>
+        <v>14.5</v>
       </c>
       <c r="D330">
-        <v>12.5</v>
+        <v>16.1</v>
       </c>
       <c r="E330">
-        <v>13.7</v>
+        <v>17.7</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>334</v>
       </c>
       <c r="B331">
         <v>0</v>
       </c>
       <c r="C331">
-        <v>5.1</v>
+        <v>14.1</v>
       </c>
       <c r="D331">
-        <v>5.6</v>
+        <v>15.6</v>
       </c>
       <c r="E331">
-        <v>6.1</v>
+        <v>17.1</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>335</v>
       </c>
       <c r="B332">
         <v>0</v>
       </c>
       <c r="C332">
-        <v>17</v>
+        <v>27.8</v>
       </c>
       <c r="D332">
-        <v>18.8</v>
+        <v>30.8</v>
       </c>
       <c r="E332">
-        <v>20.6</v>
+        <v>33.8</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>336</v>
       </c>
       <c r="B333">
         <v>0</v>
       </c>
       <c r="C333">
-        <v>13.5</v>
+        <v>85.7</v>
       </c>
       <c r="D333">
-        <v>15</v>
+        <v>95.2</v>
       </c>
       <c r="E333">
-        <v>16.5</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>337</v>
       </c>
       <c r="B334">
         <v>0</v>
       </c>
       <c r="C334">
-        <v>14.6</v>
+        <v>64.8</v>
       </c>
       <c r="D334">
-        <v>16.2</v>
+        <v>72</v>
       </c>
       <c r="E334">
-        <v>17.8</v>
+        <v>79.2</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>338</v>
       </c>
       <c r="B335">
         <v>0</v>
       </c>
       <c r="C335">
-        <v>26.4</v>
+        <v>17.1</v>
       </c>
       <c r="D335">
-        <v>29.3</v>
+        <v>19</v>
       </c>
       <c r="E335">
-        <v>32.2</v>
+        <v>20.9</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>339</v>
       </c>
       <c r="B336">
         <v>0</v>
       </c>
       <c r="C336">
-        <v>50</v>
+        <v>37.9</v>
       </c>
       <c r="D336">
-        <v>95.2</v>
+        <v>42.1</v>
       </c>
       <c r="E336">
-        <v>250</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>340</v>
       </c>
       <c r="B337">
         <v>0</v>
       </c>
       <c r="C337">
-        <v>65.5</v>
+        <v>5.4</v>
       </c>
       <c r="D337">
-        <v>72.7</v>
+        <v>5.9</v>
       </c>
       <c r="E337">
-        <v>79.90000000000001</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>341</v>
       </c>
       <c r="B338">
         <v>0</v>
       </c>
       <c r="C338">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D338">
-        <v>20</v>
+        <v>32.2</v>
       </c>
       <c r="E338">
-        <v>22</v>
+        <v>35.4</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>342</v>
       </c>
       <c r="B339">
         <v>0</v>
       </c>
       <c r="C339">
-        <v>42.3</v>
+        <v>4750</v>
       </c>
       <c r="D339">
-        <v>46.9</v>
+        <v>5000</v>
       </c>
       <c r="E339">
-        <v>51.5</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>343</v>
       </c>
       <c r="B340">
         <v>0</v>
       </c>
       <c r="C340">
-        <v>5.4</v>
+        <v>4.2</v>
       </c>
       <c r="D340">
-        <v>6</v>
+        <v>4.6</v>
       </c>
       <c r="E340">
-        <v>6.6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341" t="s">
         <v>344</v>
       </c>
       <c r="B341">
         <v>0</v>
       </c>
       <c r="C341">
-        <v>31.7</v>
+        <v>5.1</v>
       </c>
       <c r="D341">
-        <v>35.2</v>
+        <v>5.6</v>
       </c>
       <c r="E341">
-        <v>38.7</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>345</v>
       </c>
       <c r="B342">
         <v>0</v>
       </c>
       <c r="C342">
-        <v>4750</v>
+        <v>7.2</v>
       </c>
       <c r="D342">
-        <v>5000</v>
+        <v>8</v>
       </c>
       <c r="E342">
-        <v>5250</v>
+        <v>8.800000000000001</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>346</v>
       </c>
       <c r="B343">
         <v>0</v>
       </c>
       <c r="C343">
-        <v>4.7</v>
+        <v>14.7</v>
       </c>
       <c r="D343">
-        <v>5.2</v>
+        <v>16.3</v>
       </c>
       <c r="E343">
-        <v>5.7</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
         <v>347</v>
       </c>
       <c r="B344">
         <v>0</v>
       </c>
       <c r="C344">
-        <v>5.1</v>
+        <v>11.6</v>
       </c>
       <c r="D344">
-        <v>5.6</v>
+        <v>12.8</v>
       </c>
       <c r="E344">
-        <v>6.1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>348</v>
       </c>
       <c r="B345">
         <v>0</v>
       </c>
       <c r="C345">
-        <v>7.2</v>
+        <v>15</v>
       </c>
       <c r="D345">
-        <v>8</v>
+        <v>16.6</v>
       </c>
       <c r="E345">
-        <v>8.800000000000001</v>
+        <v>18.2</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>349</v>
       </c>
       <c r="B346">
         <v>0</v>
       </c>
       <c r="C346">
-        <v>15</v>
+        <v>11.9</v>
       </c>
       <c r="D346">
-        <v>16.6</v>
+        <v>13.2</v>
       </c>
       <c r="E346">
-        <v>18.2</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>350</v>
       </c>
       <c r="B347">
         <v>0</v>
       </c>
       <c r="C347">
-        <v>10.8</v>
+        <v>4</v>
       </c>
       <c r="D347">
-        <v>12</v>
+        <v>4.4</v>
       </c>
       <c r="E347">
-        <v>13.2</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
         <v>351</v>
       </c>
       <c r="B348">
         <v>0</v>
       </c>
       <c r="C348">
-        <v>13.5</v>
+        <v>16.8</v>
       </c>
       <c r="D348">
-        <v>15</v>
+        <v>18.6</v>
       </c>
       <c r="E348">
-        <v>16.5</v>
+        <v>20.4</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>352</v>
       </c>
       <c r="B349">
         <v>0</v>
       </c>
       <c r="C349">
-        <v>10.8</v>
+        <v>11.7</v>
       </c>
       <c r="D349">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E349">
-        <v>13.2</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>353</v>
       </c>
       <c r="B350">
         <v>0</v>
       </c>
       <c r="C350">
-        <v>4.5</v>
+        <v>7.9</v>
       </c>
       <c r="D350">
-        <v>4.9</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="E350">
-        <v>5.3</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>354</v>
       </c>
       <c r="B351">
         <v>0</v>
       </c>
       <c r="C351">
-        <v>2.8</v>
+        <v>19.3</v>
       </c>
       <c r="D351">
-        <v>3.1</v>
+        <v>21.4</v>
       </c>
       <c r="E351">
-        <v>3.4</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>355</v>
       </c>
       <c r="B352">
         <v>0</v>
       </c>
       <c r="C352">
-        <v>17.9</v>
+        <v>77.40000000000001</v>
       </c>
       <c r="D352">
-        <v>19.8</v>
+        <v>86</v>
       </c>
       <c r="E352">
-        <v>21.7</v>
+        <v>94.59999999999999</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>356</v>
       </c>
       <c r="B353">
         <v>0</v>
       </c>
       <c r="C353">
-        <v>12.5</v>
+        <v>40.4</v>
       </c>
       <c r="D353">
-        <v>13.8</v>
+        <v>44.8</v>
       </c>
       <c r="E353">
-        <v>15.1</v>
+        <v>49.2</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>357</v>
       </c>
       <c r="B354">
         <v>0</v>
       </c>
       <c r="C354">
-        <v>8.9</v>
+        <v>43</v>
       </c>
       <c r="D354">
-        <v>9.800000000000001</v>
+        <v>47.7</v>
       </c>
       <c r="E354">
-        <v>10.7</v>
+        <v>52.4</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>358</v>
       </c>
       <c r="B355">
         <v>0</v>
       </c>
       <c r="C355">
-        <v>29.2</v>
+        <v>4503</v>
       </c>
       <c r="D355">
-        <v>32.4</v>
+        <v>4740</v>
       </c>
       <c r="E355">
-        <v>35.6</v>
+        <v>4977</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>359</v>
       </c>
       <c r="B356">
         <v>0</v>
       </c>
       <c r="C356">
-        <v>78.3</v>
+        <v>7.3</v>
       </c>
       <c r="D356">
-        <v>87</v>
+        <v>8.1</v>
       </c>
       <c r="E356">
-        <v>95.7</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>360</v>
       </c>
       <c r="B357">
         <v>0</v>
       </c>
       <c r="C357">
-        <v>42.8</v>
+        <v>48.9</v>
       </c>
       <c r="D357">
-        <v>47.5</v>
+        <v>54.3</v>
       </c>
       <c r="E357">
-        <v>52.2</v>
+        <v>59.7</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>361</v>
       </c>
       <c r="B358">
         <v>0</v>
       </c>
       <c r="C358">
-        <v>48.6</v>
+        <v>190.5</v>
       </c>
       <c r="D358">
-        <v>54</v>
+        <v>208.7</v>
       </c>
       <c r="E358">
-        <v>59.4</v>
+        <v>226.9</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
         <v>362</v>
       </c>
       <c r="B359">
         <v>0</v>
       </c>
       <c r="C359">
-        <v>4503</v>
+        <v>23</v>
       </c>
       <c r="D359">
-        <v>4740</v>
+        <v>25.5</v>
       </c>
       <c r="E359">
-        <v>4977</v>
+        <v>28</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
         <v>363</v>
       </c>
       <c r="B360">
         <v>0</v>
       </c>
       <c r="C360">
-        <v>6.3</v>
+        <v>27</v>
       </c>
       <c r="D360">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="E360">
-        <v>7.7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>364</v>
       </c>
       <c r="B361">
         <v>0</v>
       </c>
       <c r="C361">
-        <v>53.6</v>
+        <v>8.1</v>
       </c>
       <c r="D361">
-        <v>59.5</v>
+        <v>9</v>
       </c>
       <c r="E361">
-        <v>65.40000000000001</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>365</v>
       </c>
       <c r="B362">
         <v>0</v>
       </c>
       <c r="C362">
-        <v>201.7</v>
+        <v>13.5</v>
       </c>
       <c r="D362">
-        <v>221</v>
+        <v>15</v>
       </c>
       <c r="E362">
-        <v>240.3</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>366</v>
       </c>
       <c r="B363">
         <v>0</v>
       </c>
       <c r="C363">
-        <v>22.9</v>
+        <v>41.8</v>
       </c>
       <c r="D363">
-        <v>25.4</v>
+        <v>46.4</v>
       </c>
       <c r="E363">
-        <v>27.9</v>
+        <v>51</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>367</v>
       </c>
       <c r="B364">
         <v>0</v>
       </c>
       <c r="C364">
-        <v>23.9</v>
+        <v>41.5</v>
       </c>
       <c r="D364">
-        <v>26.5</v>
+        <v>46.1</v>
       </c>
       <c r="E364">
-        <v>29.1</v>
+        <v>50.7</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>368</v>
       </c>
       <c r="B365">
         <v>0</v>
       </c>
       <c r="C365">
-        <v>8.5</v>
+        <v>180</v>
       </c>
       <c r="D365">
-        <v>9.4</v>
+        <v>200</v>
       </c>
       <c r="E365">
-        <v>10.3</v>
+        <v>220</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>369</v>
       </c>
       <c r="B366">
         <v>0</v>
       </c>
       <c r="C366">
-        <v>14.3</v>
+        <v>3.6</v>
       </c>
       <c r="D366">
-        <v>15.8</v>
+        <v>3.9</v>
       </c>
       <c r="E366">
-        <v>17.3</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>370</v>
       </c>
       <c r="B367">
         <v>0</v>
       </c>
       <c r="C367">
-        <v>49.7</v>
+        <v>64.7</v>
       </c>
       <c r="D367">
-        <v>55.2</v>
+        <v>71.8</v>
       </c>
       <c r="E367">
-        <v>60.7</v>
+        <v>78.90000000000001</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>371</v>
       </c>
       <c r="B368">
         <v>0</v>
       </c>
       <c r="C368">
-        <v>45.9</v>
+        <v>33.5</v>
       </c>
       <c r="D368">
-        <v>51</v>
+        <v>37.2</v>
       </c>
       <c r="E368">
-        <v>56.1</v>
+        <v>40.9</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>372</v>
       </c>
       <c r="B369">
         <v>0</v>
       </c>
       <c r="C369">
-        <v>185.5</v>
+        <v>4.3</v>
       </c>
       <c r="D369">
-        <v>203.2</v>
+        <v>4.7</v>
       </c>
       <c r="E369">
-        <v>220.9</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>373</v>
       </c>
       <c r="B370">
         <v>0</v>
       </c>
       <c r="C370">
-        <v>4</v>
+        <v>11.3</v>
       </c>
       <c r="D370">
-        <v>4.4</v>
+        <v>12.5</v>
       </c>
       <c r="E370">
-        <v>4.8</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>374</v>
       </c>
       <c r="B371">
         <v>0</v>
       </c>
       <c r="C371">
-        <v>58.8</v>
+        <v>44.1</v>
       </c>
       <c r="D371">
-        <v>65.3</v>
+        <v>49</v>
       </c>
       <c r="E371">
-        <v>71.8</v>
+        <v>53.9</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>375</v>
       </c>
       <c r="B372">
         <v>0</v>
       </c>
       <c r="C372">
-        <v>32.6</v>
+        <v>30.6</v>
       </c>
       <c r="D372">
-        <v>36.2</v>
+        <v>34</v>
       </c>
       <c r="E372">
-        <v>39.8</v>
+        <v>37.4</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>376</v>
       </c>
       <c r="B373">
         <v>0</v>
       </c>
       <c r="C373">
-        <v>4.9</v>
+        <v>5.1</v>
       </c>
       <c r="D373">
-        <v>5.4</v>
+        <v>5.6</v>
       </c>
       <c r="E373">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>377</v>
       </c>
       <c r="B374">
         <v>0</v>
       </c>
       <c r="C374">
-        <v>12.5</v>
+        <v>117</v>
       </c>
       <c r="D374">
-        <v>13.8</v>
+        <v>129.9</v>
       </c>
       <c r="E374">
-        <v>15.1</v>
+        <v>142.8</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>378</v>
       </c>
       <c r="B375">
         <v>0</v>
       </c>
       <c r="C375">
-        <v>52.2</v>
+        <v>97.75</v>
       </c>
       <c r="D375">
-        <v>58</v>
+        <v>99.73999999999999</v>
       </c>
       <c r="E375">
-        <v>63.8</v>
+        <v>101.73</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>379</v>
       </c>
       <c r="B376">
         <v>0</v>
       </c>
       <c r="C376">
-        <v>30.6</v>
+        <v>94.39</v>
       </c>
       <c r="D376">
-        <v>34</v>
+        <v>96.31999999999999</v>
       </c>
       <c r="E376">
-        <v>37.4</v>
+        <v>98.25</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>380</v>
       </c>
       <c r="B377">
         <v>0</v>
       </c>
       <c r="C377">
-        <v>5</v>
+        <v>93.43000000000001</v>
       </c>
       <c r="D377">
-        <v>5.5</v>
+        <v>95.34</v>
       </c>
       <c r="E377">
-        <v>6</v>
+        <v>97.25</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>381</v>
       </c>
       <c r="B378">
         <v>0</v>
       </c>
       <c r="C378">
-        <v>121.5</v>
+        <v>84.59</v>
       </c>
       <c r="D378">
-        <v>135</v>
+        <v>86.31999999999999</v>
       </c>
       <c r="E378">
-        <v>148.5</v>
+        <v>88.05</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>382</v>
       </c>
       <c r="B379">
         <v>0</v>
       </c>
       <c r="C379">
-        <v>97.61</v>
+        <v>111.08</v>
       </c>
       <c r="D379">
-        <v>99.59999999999999</v>
+        <v>113.35</v>
       </c>
       <c r="E379">
-        <v>101.59</v>
+        <v>115.62</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>383</v>
       </c>
       <c r="B380">
         <v>0</v>
       </c>
       <c r="C380">
-        <v>94.61</v>
+        <v>81.28</v>
       </c>
       <c r="D380">
-        <v>96.54000000000001</v>
+        <v>82.94</v>
       </c>
       <c r="E380">
-        <v>98.47</v>
+        <v>84.59999999999999</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>384</v>
       </c>
       <c r="B381">
         <v>0</v>
       </c>
       <c r="C381">
-        <v>94.26000000000001</v>
+        <v>110.53</v>
       </c>
       <c r="D381">
-        <v>96.18000000000001</v>
+        <v>112.79</v>
       </c>
       <c r="E381">
-        <v>98.09999999999999</v>
+        <v>115.05</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>385</v>
       </c>
       <c r="B382">
         <v>0</v>
       </c>
       <c r="C382">
-        <v>84.69</v>
+        <v>90.59999999999999</v>
       </c>
       <c r="D382">
-        <v>86.42</v>
+        <v>92.45</v>
       </c>
       <c r="E382">
-        <v>88.15000000000001</v>
+        <v>94.3</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>386</v>
       </c>
       <c r="B383">
         <v>0</v>
       </c>
       <c r="C383">
-        <v>107.57</v>
+        <v>110.94</v>
       </c>
       <c r="D383">
-        <v>109.77</v>
+        <v>113.2</v>
       </c>
       <c r="E383">
-        <v>111.97</v>
+        <v>115.46</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>387</v>
       </c>
       <c r="B384">
         <v>0</v>
       </c>
       <c r="C384">
-        <v>82.01000000000001</v>
+        <v>91.76000000000001</v>
       </c>
       <c r="D384">
-        <v>83.68000000000001</v>
+        <v>93.63</v>
       </c>
       <c r="E384">
-        <v>85.34999999999999</v>
+        <v>95.5</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>388</v>
       </c>
       <c r="B385">
         <v>0</v>
       </c>
       <c r="C385">
-        <v>108.18</v>
+        <v>111.15</v>
       </c>
       <c r="D385">
-        <v>110.39</v>
+        <v>113.42</v>
       </c>
       <c r="E385">
-        <v>112.6</v>
+        <v>115.69</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>389</v>
       </c>
       <c r="B386">
         <v>0</v>
       </c>
       <c r="C386">
-        <v>89.59</v>
+        <v>91.98</v>
       </c>
       <c r="D386">
-        <v>91.42</v>
+        <v>93.86</v>
       </c>
       <c r="E386">
-        <v>93.25</v>
+        <v>95.73999999999999</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>390</v>
       </c>
       <c r="B387">
         <v>0</v>
       </c>
       <c r="C387">
-        <v>107.88</v>
+        <v>80.01000000000001</v>
       </c>
       <c r="D387">
-        <v>110.08</v>
+        <v>81.64</v>
       </c>
       <c r="E387">
-        <v>112.28</v>
+        <v>83.27</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>391</v>
       </c>
       <c r="B388">
         <v>0</v>
       </c>
       <c r="C388">
-        <v>91.31999999999999</v>
+        <v>88.44</v>
       </c>
       <c r="D388">
-        <v>93.18000000000001</v>
+        <v>90.23999999999999</v>
       </c>
       <c r="E388">
-        <v>95.04000000000001</v>
+        <v>92.04000000000001</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>392</v>
       </c>
       <c r="B389">
         <v>0</v>
       </c>
       <c r="C389">
-        <v>106.85</v>
+        <v>110</v>
       </c>
       <c r="D389">
-        <v>109.03</v>
+        <v>112.24</v>
       </c>
       <c r="E389">
-        <v>111.21</v>
+        <v>114.48</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>393</v>
       </c>
       <c r="B390">
         <v>0</v>
       </c>
       <c r="C390">
-        <v>93.34</v>
+        <v>92.48</v>
       </c>
       <c r="D390">
-        <v>95.23999999999999</v>
+        <v>94.37</v>
       </c>
       <c r="E390">
-        <v>97.14</v>
+        <v>96.26000000000001</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>394</v>
       </c>
       <c r="B391">
         <v>0</v>
       </c>
       <c r="C391">
-        <v>80.56999999999999</v>
+        <v>93.06999999999999</v>
       </c>
       <c r="D391">
-        <v>82.20999999999999</v>
+        <v>94.97</v>
       </c>
       <c r="E391">
-        <v>83.84999999999999</v>
+        <v>96.87</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>395</v>
       </c>
       <c r="B392">
         <v>0</v>
       </c>
       <c r="C392">
-        <v>88.27</v>
+        <v>91.68000000000001</v>
       </c>
       <c r="D392">
-        <v>90.06999999999999</v>
+        <v>93.55</v>
       </c>
       <c r="E392">
-        <v>91.87</v>
+        <v>95.42</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>396</v>
       </c>
       <c r="B393">
         <v>0</v>
       </c>
       <c r="C393">
-        <v>107.47</v>
+        <v>88.90000000000001</v>
       </c>
       <c r="D393">
-        <v>109.66</v>
+        <v>90.70999999999999</v>
       </c>
       <c r="E393">
-        <v>111.85</v>
+        <v>92.52</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>397</v>
       </c>
       <c r="B394">
         <v>0</v>
       </c>
       <c r="C394">
-        <v>92.39</v>
+        <v>113.78</v>
       </c>
       <c r="D394">
-        <v>94.28</v>
+        <v>116.1</v>
       </c>
       <c r="E394">
-        <v>96.17</v>
+        <v>118.42</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>398</v>
       </c>
       <c r="B395">
         <v>0</v>
       </c>
       <c r="C395">
-        <v>92.36</v>
+        <v>96.38</v>
       </c>
       <c r="D395">
-        <v>94.23999999999999</v>
+        <v>98.34999999999999</v>
       </c>
       <c r="E395">
-        <v>96.12</v>
+        <v>100.32</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>399</v>
       </c>
       <c r="B396">
         <v>0</v>
       </c>
       <c r="C396">
-        <v>92.95</v>
+        <v>88.94</v>
       </c>
       <c r="D396">
-        <v>94.84999999999999</v>
+        <v>90.75</v>
       </c>
       <c r="E396">
-        <v>96.75</v>
+        <v>92.56999999999999</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>400</v>
       </c>
       <c r="B397">
         <v>0</v>
       </c>
       <c r="C397">
-        <v>88.63</v>
+        <v>78.06</v>
       </c>
       <c r="D397">
-        <v>90.44</v>
+        <v>79.65000000000001</v>
       </c>
       <c r="E397">
-        <v>92.25</v>
+        <v>81.23999999999999</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>401</v>
       </c>
       <c r="B398">
         <v>0</v>
       </c>
       <c r="C398">
-        <v>108.61</v>
+        <v>101.48</v>
       </c>
       <c r="D398">
-        <v>110.83</v>
+        <v>103.55</v>
       </c>
       <c r="E398">
-        <v>113.05</v>
+        <v>105.62</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>402</v>
       </c>
       <c r="B399">
         <v>0</v>
       </c>
       <c r="C399">
-        <v>96.44</v>
+        <v>94.83</v>
       </c>
       <c r="D399">
-        <v>98.41</v>
+        <v>96.77</v>
       </c>
       <c r="E399">
-        <v>100.38</v>
+        <v>98.70999999999999</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>403</v>
       </c>
       <c r="B400">
         <v>0</v>
       </c>
       <c r="C400">
-        <v>90.11</v>
+        <v>94.63</v>
       </c>
       <c r="D400">
-        <v>91.95</v>
+        <v>96.56</v>
       </c>
       <c r="E400">
-        <v>93.79000000000001</v>
+        <v>98.48999999999999</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>404</v>
       </c>
       <c r="B401">
         <v>0</v>
       </c>
       <c r="C401">
-        <v>78.45</v>
+        <v>88.86</v>
       </c>
       <c r="D401">
-        <v>80.05</v>
+        <v>90.67</v>
       </c>
       <c r="E401">
-        <v>81.65000000000001</v>
+        <v>92.48</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>405</v>
       </c>
       <c r="B402">
         <v>0</v>
       </c>
       <c r="C402">
-        <v>99.43000000000001</v>
+        <v>92.84999999999999</v>
       </c>
       <c r="D402">
-        <v>101.46</v>
+        <v>94.73999999999999</v>
       </c>
       <c r="E402">
-        <v>103.49</v>
+        <v>96.63</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>406</v>
       </c>
       <c r="B403">
         <v>0</v>
       </c>
       <c r="C403">
-        <v>94.51000000000001</v>
+        <v>80.48999999999999</v>
       </c>
       <c r="D403">
-        <v>96.44</v>
+        <v>82.13</v>
       </c>
       <c r="E403">
-        <v>98.37</v>
+        <v>83.77</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>407</v>
       </c>
       <c r="B404">
         <v>0</v>
       </c>
       <c r="C404">
-        <v>93.11</v>
+        <v>83.53</v>
       </c>
       <c r="D404">
-        <v>95.01000000000001</v>
+        <v>85.23</v>
       </c>
       <c r="E404">
-        <v>96.91</v>
+        <v>86.93000000000001</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>408</v>
       </c>
       <c r="B405">
         <v>0</v>
       </c>
       <c r="C405">
-        <v>88.36</v>
+        <v>90.90000000000001</v>
       </c>
       <c r="D405">
-        <v>90.16</v>
+        <v>92.76000000000001</v>
       </c>
       <c r="E405">
-        <v>91.95999999999999</v>
+        <v>94.62</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>409</v>
       </c>
       <c r="B406">
         <v>0</v>
       </c>
       <c r="C406">
-        <v>92.95</v>
+        <v>100.49</v>
       </c>
       <c r="D406">
-        <v>94.84999999999999</v>
+        <v>102.54</v>
       </c>
       <c r="E406">
-        <v>96.75</v>
+        <v>104.59</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>410</v>
       </c>
       <c r="B407">
         <v>0</v>
       </c>
       <c r="C407">
-        <v>81.39</v>
+        <v>93.72</v>
       </c>
       <c r="D407">
-        <v>83.05</v>
+        <v>95.63</v>
       </c>
       <c r="E407">
-        <v>84.70999999999999</v>
+        <v>97.54000000000001</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>411</v>
       </c>
       <c r="B408">
         <v>0</v>
       </c>
       <c r="C408">
-        <v>83.83</v>
+        <v>89.98999999999999</v>
       </c>
       <c r="D408">
-        <v>85.54000000000001</v>
+        <v>91.83</v>
       </c>
       <c r="E408">
-        <v>87.25</v>
+        <v>93.67</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>412</v>
       </c>
       <c r="B409">
         <v>0</v>
       </c>
       <c r="C409">
-        <v>90.66</v>
+        <v>99</v>
       </c>
       <c r="D409">
-        <v>92.51000000000001</v>
+        <v>101.02</v>
       </c>
       <c r="E409">
-        <v>94.36</v>
+        <v>103.04</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>413</v>
       </c>
       <c r="B410">
         <v>0</v>
       </c>
       <c r="C410">
-        <v>98.68000000000001</v>
+        <v>101.66</v>
       </c>
       <c r="D410">
-        <v>100.69</v>
+        <v>103.73</v>
       </c>
       <c r="E410">
-        <v>102.7</v>
+        <v>105.8</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>414</v>
       </c>
       <c r="B411">
         <v>0</v>
       </c>
       <c r="C411">
-        <v>94.38</v>
+        <v>103.48</v>
       </c>
       <c r="D411">
-        <v>96.31</v>
+        <v>105.59</v>
       </c>
       <c r="E411">
-        <v>98.23999999999999</v>
+        <v>107.7</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>415</v>
       </c>
       <c r="B412">
         <v>0</v>
       </c>
       <c r="C412">
-        <v>89.22</v>
+        <v>97.79000000000001</v>
       </c>
       <c r="D412">
-        <v>91.04000000000001</v>
+        <v>99.79000000000001</v>
       </c>
       <c r="E412">
-        <v>92.86</v>
+        <v>101.79</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>416</v>
       </c>
       <c r="B413">
         <v>0</v>
       </c>
       <c r="C413">
-        <v>99.48</v>
+        <v>99.20999999999999</v>
       </c>
       <c r="D413">
-        <v>101.51</v>
+        <v>101.23</v>
       </c>
       <c r="E413">
-        <v>103.54</v>
+        <v>103.25</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>417</v>
       </c>
       <c r="B414">
         <v>0</v>
       </c>
       <c r="C414">
-        <v>101.93</v>
+        <v>101.99</v>
       </c>
       <c r="D414">
-        <v>104.01</v>
+        <v>104.07</v>
       </c>
       <c r="E414">
-        <v>106.09</v>
+        <v>106.15</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>418</v>
       </c>
       <c r="B415">
         <v>0</v>
       </c>
       <c r="C415">
         <v>103.35</v>
       </c>
       <c r="D415">
         <v>105.46</v>
       </c>
       <c r="E415">
         <v>107.57</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>419</v>
       </c>
       <c r="B416">
         <v>0</v>
       </c>
       <c r="C416">
-        <v>97.78</v>
+        <v>97.70999999999999</v>
       </c>
       <c r="D416">
-        <v>99.78</v>
+        <v>99.7</v>
       </c>
       <c r="E416">
-        <v>101.78</v>
+        <v>101.69</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>420</v>
       </c>
       <c r="B417">
         <v>0</v>
       </c>
       <c r="C417">
-        <v>99.70999999999999</v>
+        <v>99.36</v>
       </c>
       <c r="D417">
-        <v>101.74</v>
+        <v>101.39</v>
       </c>
       <c r="E417">
-        <v>103.77</v>
+        <v>103.42</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>421</v>
       </c>
       <c r="B418">
         <v>0</v>
       </c>
       <c r="C418">
-        <v>102.25</v>
+        <v>102.29</v>
       </c>
       <c r="D418">
-        <v>104.34</v>
+        <v>104.38</v>
       </c>
       <c r="E418">
-        <v>106.43</v>
+        <v>106.47</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>422</v>
       </c>
       <c r="B419">
         <v>0</v>
       </c>
       <c r="C419">
-        <v>103.17</v>
+        <v>103.21</v>
       </c>
       <c r="D419">
-        <v>105.28</v>
+        <v>105.32</v>
       </c>
       <c r="E419">
-        <v>107.39</v>
+        <v>107.43</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>423</v>
       </c>
       <c r="B420">
         <v>0</v>
       </c>
       <c r="C420">
-        <v>97.73</v>
+        <v>107.04</v>
       </c>
       <c r="D420">
-        <v>99.72</v>
+        <v>109.22</v>
       </c>
       <c r="E420">
-        <v>101.71</v>
+        <v>111.4</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>424</v>
       </c>
       <c r="B421">
         <v>0</v>
       </c>
       <c r="C421">
-        <v>99.86</v>
+        <v>112.62</v>
       </c>
       <c r="D421">
-        <v>101.9</v>
+        <v>114.92</v>
       </c>
       <c r="E421">
-        <v>103.94</v>
+        <v>117.22</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>425</v>
       </c>
       <c r="B422">
         <v>0</v>
       </c>
       <c r="C422">
-        <v>102.55</v>
+        <v>97.62</v>
       </c>
       <c r="D422">
-        <v>104.64</v>
+        <v>99.61</v>
       </c>
       <c r="E422">
-        <v>106.73</v>
+        <v>101.6</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>426</v>
       </c>
       <c r="B423">
         <v>0</v>
       </c>
       <c r="C423">
-        <v>103</v>
+        <v>99.53</v>
       </c>
       <c r="D423">
-        <v>105.1</v>
+        <v>101.56</v>
       </c>
       <c r="E423">
-        <v>107.2</v>
+        <v>103.59</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>427</v>
       </c>
       <c r="B424">
         <v>0</v>
       </c>
       <c r="C424">
-        <v>107.75</v>
+        <v>102.44</v>
       </c>
       <c r="D424">
-        <v>109.95</v>
+        <v>104.53</v>
       </c>
       <c r="E424">
-        <v>112.15</v>
+        <v>106.62</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>428</v>
       </c>
       <c r="B425">
         <v>0</v>
       </c>
       <c r="C425">
-        <v>112.21</v>
+        <v>103.2</v>
       </c>
       <c r="D425">
-        <v>114.5</v>
+        <v>105.31</v>
       </c>
       <c r="E425">
-        <v>116.79</v>
+        <v>107.42</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>429</v>
       </c>
       <c r="B426">
         <v>0</v>
       </c>
       <c r="C426">
-        <v>97.68000000000001</v>
+        <v>87.97</v>
       </c>
       <c r="D426">
-        <v>99.67</v>
+        <v>89.77</v>
       </c>
       <c r="E426">
-        <v>101.66</v>
+        <v>91.56999999999999</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>430</v>
       </c>
       <c r="B427">
         <v>0</v>
       </c>
       <c r="C427">
-        <v>100.04</v>
+        <v>82.73999999999999</v>
       </c>
       <c r="D427">
-        <v>102.08</v>
+        <v>84.43000000000001</v>
       </c>
       <c r="E427">
-        <v>104.12</v>
+        <v>86.12</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>431</v>
       </c>
       <c r="B428">
         <v>0</v>
       </c>
       <c r="C428">
-        <v>102.67</v>
+        <v>97.55</v>
       </c>
       <c r="D428">
-        <v>104.77</v>
+        <v>99.54000000000001</v>
       </c>
       <c r="E428">
-        <v>106.87</v>
+        <v>101.53</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
         <v>432</v>
       </c>
       <c r="B429">
         <v>0</v>
       </c>
       <c r="C429">
-        <v>102.82</v>
+        <v>99.75</v>
       </c>
       <c r="D429">
-        <v>104.92</v>
+        <v>101.79</v>
       </c>
       <c r="E429">
-        <v>107.02</v>
+        <v>103.83</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
         <v>433</v>
       </c>
       <c r="B430">
         <v>0</v>
       </c>
       <c r="C430">
-        <v>88.69</v>
+        <v>102.65</v>
       </c>
       <c r="D430">
-        <v>90.5</v>
+        <v>104.74</v>
       </c>
       <c r="E430">
-        <v>92.31</v>
+        <v>106.83</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>434</v>
       </c>
       <c r="B431">
         <v>0</v>
       </c>
       <c r="C431">
-        <v>81.95999999999999</v>
+        <v>103.1</v>
       </c>
       <c r="D431">
-        <v>83.63</v>
+        <v>105.2</v>
       </c>
       <c r="E431">
-        <v>85.3</v>
+        <v>107.3</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>435</v>
       </c>
       <c r="B432">
         <v>0</v>
       </c>
       <c r="C432">
-        <v>97.64</v>
+        <v>92.36</v>
       </c>
       <c r="D432">
-        <v>99.63</v>
+        <v>94.23999999999999</v>
       </c>
       <c r="E432">
-        <v>101.62</v>
+        <v>96.12</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>436</v>
       </c>
       <c r="B433">
         <v>0</v>
       </c>
       <c r="C433">
-        <v>100.25</v>
+        <v>97.47</v>
       </c>
       <c r="D433">
-        <v>102.3</v>
+        <v>99.45999999999999</v>
       </c>
       <c r="E433">
-        <v>104.35</v>
+        <v>101.45</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>437</v>
       </c>
       <c r="B434">
         <v>0</v>
       </c>
       <c r="C434">
-        <v>102.85</v>
+        <v>99.95999999999999</v>
       </c>
       <c r="D434">
-        <v>104.95</v>
+        <v>102</v>
       </c>
       <c r="E434">
-        <v>107.05</v>
+        <v>104.04</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>438</v>
       </c>
       <c r="B435">
         <v>0</v>
       </c>
       <c r="C435">
-        <v>102.41</v>
+        <v>102.84</v>
       </c>
       <c r="D435">
-        <v>104.5</v>
+        <v>104.94</v>
       </c>
       <c r="E435">
-        <v>106.59</v>
+        <v>107.04</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>439</v>
       </c>
       <c r="B436">
         <v>0</v>
       </c>
       <c r="C436">
-        <v>89.98</v>
+        <v>103.01</v>
       </c>
       <c r="D436">
-        <v>91.81999999999999</v>
+        <v>105.11</v>
       </c>
       <c r="E436">
-        <v>93.66</v>
+        <v>107.21</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>440</v>
       </c>
       <c r="B437">
         <v>0</v>
       </c>
       <c r="C437">
-        <v>97.55</v>
+        <v>90.98999999999999</v>
       </c>
       <c r="D437">
-        <v>99.54000000000001</v>
+        <v>92.84999999999999</v>
       </c>
       <c r="E437">
-        <v>101.53</v>
+        <v>94.70999999999999</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>441</v>
       </c>
       <c r="B438">
         <v>0</v>
       </c>
       <c r="C438">
-        <v>100.42</v>
+        <v>86.09</v>
       </c>
       <c r="D438">
-        <v>102.47</v>
+        <v>87.84999999999999</v>
       </c>
       <c r="E438">
-        <v>104.52</v>
+        <v>89.61</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>442</v>
       </c>
       <c r="B439">
         <v>0</v>
       </c>
       <c r="C439">
-        <v>103</v>
+        <v>100.14</v>
       </c>
       <c r="D439">
-        <v>105.1</v>
+        <v>102.18</v>
       </c>
       <c r="E439">
-        <v>107.2</v>
+        <v>104.22</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>443</v>
       </c>
       <c r="B440">
         <v>0</v>
       </c>
       <c r="C440">
-        <v>102.44</v>
+        <v>103.01</v>
       </c>
       <c r="D440">
-        <v>104.53</v>
+        <v>105.11</v>
       </c>
       <c r="E440">
-        <v>106.62</v>
+        <v>107.21</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>444</v>
       </c>
       <c r="B441">
         <v>0</v>
       </c>
       <c r="C441">
-        <v>89</v>
+        <v>102.59</v>
       </c>
       <c r="D441">
-        <v>90.81999999999999</v>
+        <v>104.68</v>
       </c>
       <c r="E441">
-        <v>92.64</v>
+        <v>106.77</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>445</v>
       </c>
       <c r="B442">
         <v>0</v>
       </c>
       <c r="C442">
-        <v>85.39</v>
+        <v>96.53</v>
       </c>
       <c r="D442">
-        <v>87.13</v>
+        <v>98.5</v>
       </c>
       <c r="E442">
-        <v>88.87</v>
+        <v>100.47</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>446</v>
       </c>
       <c r="B443">
         <v>0</v>
       </c>
       <c r="C443">
-        <v>100.59</v>
+        <v>69.75</v>
       </c>
       <c r="D443">
-        <v>102.64</v>
+        <v>71.17</v>
       </c>
       <c r="E443">
-        <v>104.69</v>
+        <v>72.59</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>447</v>
       </c>
       <c r="B444">
         <v>0</v>
       </c>
       <c r="C444">
-        <v>103.13</v>
+        <v>97.40000000000001</v>
       </c>
       <c r="D444">
-        <v>105.23</v>
+        <v>99.39</v>
       </c>
       <c r="E444">
-        <v>107.33</v>
+        <v>101.38</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>448</v>
       </c>
       <c r="B445">
         <v>0</v>
       </c>
       <c r="C445">
-        <v>102.18</v>
+        <v>103.18</v>
       </c>
       <c r="D445">
-        <v>104.27</v>
+        <v>105.29</v>
       </c>
       <c r="E445">
-        <v>106.36</v>
+        <v>107.4</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>449</v>
       </c>
       <c r="B446">
         <v>0</v>
       </c>
       <c r="C446">
-        <v>97.84</v>
+        <v>101.6</v>
       </c>
       <c r="D446">
-        <v>99.84</v>
+        <v>103.67</v>
       </c>
       <c r="E446">
-        <v>101.84</v>
+        <v>105.74</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>450</v>
       </c>
       <c r="B447">
         <v>0</v>
       </c>
       <c r="C447">
-        <v>68.55</v>
+        <v>98.73999999999999</v>
       </c>
       <c r="D447">
-        <v>69.95</v>
+        <v>100.75</v>
       </c>
       <c r="E447">
-        <v>71.34999999999999</v>
+        <v>102.77</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>451</v>
       </c>
       <c r="B448">
         <v>0</v>
       </c>
       <c r="C448">
-        <v>97.67</v>
+        <v>97.78</v>
       </c>
       <c r="D448">
-        <v>99.66</v>
+        <v>99.78</v>
       </c>
       <c r="E448">
-        <v>101.65</v>
+        <v>101.78</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" t="s">
         <v>452</v>
       </c>
       <c r="B449">
         <v>0</v>
       </c>
       <c r="C449">
-        <v>103.27</v>
+        <v>100.46</v>
       </c>
       <c r="D449">
-        <v>105.38</v>
+        <v>102.51</v>
       </c>
       <c r="E449">
-        <v>107.49</v>
+        <v>104.56</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>453</v>
       </c>
       <c r="B450">
         <v>0</v>
       </c>
       <c r="C450">
-        <v>101.39</v>
+        <v>103.36</v>
       </c>
       <c r="D450">
-        <v>103.46</v>
+        <v>105.47</v>
       </c>
       <c r="E450">
-        <v>105.53</v>
+        <v>107.58</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>454</v>
       </c>
       <c r="B451">
         <v>0</v>
       </c>
       <c r="C451">
-        <v>97.95999999999999</v>
+        <v>101.18</v>
       </c>
       <c r="D451">
-        <v>99.95999999999999</v>
+        <v>103.24</v>
       </c>
       <c r="E451">
-        <v>101.96</v>
+        <v>105.3</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>455</v>
       </c>
       <c r="B452">
         <v>0</v>
       </c>
       <c r="C452">
-        <v>98.16</v>
+        <v>90.77</v>
       </c>
       <c r="D452">
-        <v>100.16</v>
+        <v>92.62</v>
       </c>
       <c r="E452">
-        <v>102.16</v>
+        <v>94.47</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" t="s">
         <v>456</v>
       </c>
       <c r="B453">
         <v>0</v>
       </c>
       <c r="C453">
-        <v>100.87</v>
+        <v>84.23999999999999</v>
       </c>
       <c r="D453">
-        <v>102.93</v>
+        <v>85.95999999999999</v>
       </c>
       <c r="E453">
-        <v>104.99</v>
+        <v>87.68000000000001</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>457</v>
       </c>
       <c r="B454">
         <v>0</v>
       </c>
       <c r="C454">
-        <v>103.43</v>
+        <v>98.31</v>
       </c>
       <c r="D454">
-        <v>105.54</v>
+        <v>100.32</v>
       </c>
       <c r="E454">
-        <v>107.65</v>
+        <v>102.33</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>458</v>
       </c>
       <c r="B455">
         <v>0</v>
       </c>
       <c r="C455">
-        <v>101.15</v>
+        <v>100.69</v>
       </c>
       <c r="D455">
-        <v>103.21</v>
+        <v>102.74</v>
       </c>
       <c r="E455">
-        <v>105.27</v>
+        <v>104.79</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>459</v>
       </c>
       <c r="B456">
         <v>0</v>
       </c>
       <c r="C456">
-        <v>91.89</v>
+        <v>103.52</v>
       </c>
       <c r="D456">
-        <v>93.77</v>
+        <v>105.63</v>
       </c>
       <c r="E456">
-        <v>95.65000000000001</v>
+        <v>107.74</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>460</v>
       </c>
       <c r="B457">
         <v>0</v>
       </c>
       <c r="C457">
-        <v>82.64</v>
+        <v>100.77</v>
       </c>
       <c r="D457">
-        <v>84.33</v>
+        <v>102.83</v>
       </c>
       <c r="E457">
-        <v>86.02</v>
+        <v>104.89</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>461</v>
       </c>
       <c r="B458">
         <v>0</v>
       </c>
       <c r="C458">
-        <v>98.75</v>
+        <v>98.38</v>
       </c>
       <c r="D458">
-        <v>100.77</v>
+        <v>100.39</v>
       </c>
       <c r="E458">
-        <v>102.79</v>
+        <v>102.4</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>462</v>
       </c>
       <c r="B459">
         <v>0</v>
       </c>
       <c r="C459">
-        <v>101.08</v>
+        <v>100.99</v>
       </c>
       <c r="D459">
-        <v>103.14</v>
+        <v>103.05</v>
       </c>
       <c r="E459">
-        <v>105.2</v>
+        <v>105.11</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>463</v>
       </c>
       <c r="B460">
         <v>0</v>
       </c>
       <c r="C460">
-        <v>103.55</v>
+        <v>103.4</v>
       </c>
       <c r="D460">
-        <v>105.66</v>
+        <v>105.51</v>
       </c>
       <c r="E460">
-        <v>107.77</v>
+        <v>107.62</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>464</v>
       </c>
       <c r="B461">
         <v>0</v>
       </c>
       <c r="C461">
-        <v>101.05</v>
+        <v>100.8</v>
       </c>
       <c r="D461">
-        <v>103.11</v>
+        <v>102.86</v>
       </c>
       <c r="E461">
-        <v>105.17</v>
+        <v>104.92</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>465</v>
       </c>
       <c r="B462">
         <v>0</v>
       </c>
       <c r="C462">
-        <v>98.84</v>
+        <v>86.08</v>
       </c>
       <c r="D462">
-        <v>100.86</v>
+        <v>87.84</v>
       </c>
       <c r="E462">
-        <v>102.88</v>
+        <v>89.59999999999999</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>466</v>
       </c>
       <c r="B463">
         <v>0</v>
       </c>
       <c r="C463">
-        <v>101.36</v>
+        <v>98.47</v>
       </c>
       <c r="D463">
-        <v>103.43</v>
+        <v>100.48</v>
       </c>
       <c r="E463">
-        <v>105.5</v>
+        <v>102.49</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>467</v>
       </c>
       <c r="B464">
         <v>0</v>
       </c>
       <c r="C464">
-        <v>103.39</v>
+        <v>101.34</v>
       </c>
       <c r="D464">
-        <v>105.5</v>
+        <v>103.41</v>
       </c>
       <c r="E464">
-        <v>107.61</v>
+        <v>105.48</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>468</v>
       </c>
       <c r="B465">
         <v>0</v>
       </c>
       <c r="C465">
-        <v>101.38</v>
+        <v>103.57</v>
       </c>
       <c r="D465">
-        <v>103.45</v>
+        <v>105.68</v>
       </c>
       <c r="E465">
-        <v>105.52</v>
+        <v>107.79</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>469</v>
       </c>
       <c r="B466">
         <v>0</v>
       </c>
       <c r="C466">
-        <v>84.27</v>
+        <v>103.47</v>
       </c>
       <c r="D466">
-        <v>85.98999999999999</v>
+        <v>105.58</v>
       </c>
       <c r="E466">
-        <v>87.70999999999999</v>
+        <v>107.69</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>470</v>
       </c>
       <c r="B467">
         <v>0</v>
       </c>
       <c r="C467">
-        <v>97.95</v>
+        <v>105.53</v>
       </c>
       <c r="D467">
-        <v>99.95</v>
+        <v>107.68</v>
       </c>
       <c r="E467">
-        <v>101.95</v>
+        <v>109.83</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
         <v>471</v>
       </c>
       <c r="B468">
         <v>0</v>
       </c>
       <c r="C468">
-        <v>98.91</v>
+        <v>95.04000000000001</v>
       </c>
       <c r="D468">
-        <v>100.93</v>
+        <v>96.98</v>
       </c>
       <c r="E468">
-        <v>102.95</v>
+        <v>98.92</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>472</v>
       </c>
       <c r="B469">
         <v>0</v>
       </c>
       <c r="C469">
-        <v>101.65</v>
+        <v>105.77</v>
       </c>
       <c r="D469">
-        <v>103.72</v>
+        <v>107.93</v>
       </c>
       <c r="E469">
-        <v>105.79</v>
+        <v>110.09</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>473</v>
       </c>
       <c r="B470">
         <v>0</v>
       </c>
       <c r="C470">
-        <v>103.48</v>
+        <v>109.83</v>
       </c>
       <c r="D470">
-        <v>105.59</v>
+        <v>112.07</v>
       </c>
       <c r="E470">
-        <v>107.7</v>
+        <v>114.31</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>474</v>
       </c>
       <c r="B471">
         <v>0</v>
       </c>
       <c r="C471">
-        <v>103.79</v>
+        <v>111.53</v>
       </c>
       <c r="D471">
-        <v>105.91</v>
+        <v>113.81</v>
       </c>
       <c r="E471">
-        <v>108.03</v>
+        <v>116.09</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>475</v>
       </c>
       <c r="B472">
         <v>0</v>
       </c>
       <c r="C472">
-        <v>105.42</v>
+        <v>82.69</v>
       </c>
       <c r="D472">
-        <v>107.57</v>
+        <v>84.38</v>
       </c>
       <c r="E472">
-        <v>109.72</v>
+        <v>86.06999999999999</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>476</v>
       </c>
       <c r="B473">
         <v>0</v>
       </c>
       <c r="C473">
-        <v>96.03</v>
+        <v>103.61</v>
       </c>
       <c r="D473">
-        <v>97.98999999999999</v>
+        <v>105.72</v>
       </c>
       <c r="E473">
-        <v>99.95</v>
+        <v>107.83</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>477</v>
       </c>
       <c r="B474">
         <v>0</v>
       </c>
       <c r="C474">
-        <v>106.05</v>
+        <v>105.66</v>
       </c>
       <c r="D474">
-        <v>108.21</v>
+        <v>107.82</v>
       </c>
       <c r="E474">
-        <v>110.37</v>
+        <v>109.98</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>478</v>
       </c>
       <c r="B475">
         <v>0</v>
       </c>
       <c r="C475">
-        <v>108.98</v>
+        <v>93.27</v>
       </c>
       <c r="D475">
-        <v>111.2</v>
+        <v>95.17</v>
       </c>
       <c r="E475">
-        <v>113.42</v>
+        <v>97.06999999999999</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>479</v>
       </c>
       <c r="B476">
         <v>0</v>
       </c>
       <c r="C476">
-        <v>109.27</v>
+        <v>95.06</v>
       </c>
       <c r="D476">
-        <v>111.5</v>
+        <v>97</v>
       </c>
       <c r="E476">
-        <v>113.73</v>
+        <v>98.94</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>480</v>
       </c>
       <c r="B477">
         <v>0</v>
       </c>
       <c r="C477">
-        <v>85.48</v>
+        <v>106.16</v>
       </c>
       <c r="D477">
-        <v>87.22</v>
+        <v>108.33</v>
       </c>
       <c r="E477">
-        <v>88.95999999999999</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>481</v>
       </c>
       <c r="B478">
         <v>0</v>
       </c>
       <c r="C478">
-        <v>103.91</v>
+        <v>110.52</v>
       </c>
       <c r="D478">
-        <v>106.03</v>
+        <v>112.78</v>
       </c>
       <c r="E478">
-        <v>108.15</v>
+        <v>115.04</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>482</v>
       </c>
       <c r="B479">
         <v>0</v>
       </c>
       <c r="C479">
-        <v>105.53</v>
+        <v>111.57</v>
       </c>
       <c r="D479">
-        <v>107.68</v>
+        <v>113.85</v>
       </c>
       <c r="E479">
-        <v>109.83</v>
+        <v>116.13</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>483</v>
       </c>
       <c r="B480">
         <v>0</v>
       </c>
       <c r="C480">
-        <v>94.27</v>
+        <v>103.8</v>
       </c>
       <c r="D480">
-        <v>96.19</v>
+        <v>105.92</v>
       </c>
       <c r="E480">
-        <v>98.11</v>
+        <v>108.04</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>484</v>
       </c>
       <c r="B481">
         <v>0</v>
       </c>
       <c r="C481">
-        <v>96</v>
+        <v>105.82</v>
       </c>
       <c r="D481">
-        <v>97.95999999999999</v>
+        <v>107.98</v>
       </c>
       <c r="E481">
-        <v>99.92</v>
+        <v>110.14</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>485</v>
       </c>
       <c r="B482">
         <v>0</v>
       </c>
       <c r="C482">
-        <v>106.35</v>
+        <v>93.37</v>
       </c>
       <c r="D482">
-        <v>108.52</v>
+        <v>95.28</v>
       </c>
       <c r="E482">
-        <v>110.69</v>
+        <v>97.19</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
         <v>486</v>
       </c>
       <c r="B483">
         <v>0</v>
       </c>
       <c r="C483">
-        <v>109.56</v>
+        <v>95.2</v>
       </c>
       <c r="D483">
-        <v>111.8</v>
+        <v>97.14</v>
       </c>
       <c r="E483">
-        <v>114.04</v>
+        <v>99.08</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>487</v>
       </c>
       <c r="B484">
         <v>0</v>
       </c>
       <c r="C484">
-        <v>109.06</v>
+        <v>106.45</v>
       </c>
       <c r="D484">
-        <v>111.29</v>
+        <v>108.62</v>
       </c>
       <c r="E484">
-        <v>113.52</v>
+        <v>110.79</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>488</v>
       </c>
       <c r="B485">
         <v>0</v>
       </c>
       <c r="C485">
-        <v>104.09</v>
+        <v>110.7</v>
       </c>
       <c r="D485">
-        <v>106.21</v>
+        <v>112.96</v>
       </c>
       <c r="E485">
-        <v>108.33</v>
+        <v>115.22</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" t="s">
         <v>489</v>
       </c>
       <c r="B486">
         <v>0</v>
       </c>
       <c r="C486">
-        <v>105.64</v>
+        <v>111.06</v>
       </c>
       <c r="D486">
-        <v>107.8</v>
+        <v>113.33</v>
       </c>
       <c r="E486">
-        <v>109.96</v>
+        <v>115.6</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>490</v>
       </c>
       <c r="B487">
         <v>0</v>
       </c>
       <c r="C487">
-        <v>94.52</v>
+        <v>75.98</v>
       </c>
       <c r="D487">
-        <v>96.45</v>
+        <v>77.53</v>
       </c>
       <c r="E487">
-        <v>98.38</v>
+        <v>79.08</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>491</v>
       </c>
       <c r="B488">
         <v>0</v>
       </c>
       <c r="C488">
-        <v>96.09</v>
+        <v>103.99</v>
       </c>
       <c r="D488">
-        <v>98.05</v>
+        <v>106.11</v>
       </c>
       <c r="E488">
-        <v>100.01</v>
+        <v>108.23</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>492</v>
       </c>
       <c r="B489">
         <v>0</v>
       </c>
       <c r="C489">
-        <v>106.56</v>
+        <v>101.84</v>
       </c>
       <c r="D489">
-        <v>108.73</v>
+        <v>103.92</v>
       </c>
       <c r="E489">
-        <v>110.9</v>
+        <v>106</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>493</v>
       </c>
       <c r="B490">
         <v>0</v>
       </c>
       <c r="C490">
-        <v>109.64</v>
+        <v>93.43000000000001</v>
       </c>
       <c r="D490">
-        <v>111.88</v>
+        <v>95.34</v>
       </c>
       <c r="E490">
-        <v>114.12</v>
+        <v>97.25</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>494</v>
       </c>
       <c r="B491">
         <v>0</v>
       </c>
       <c r="C491">
-        <v>107.53</v>
+        <v>95.31999999999999</v>
       </c>
       <c r="D491">
-        <v>109.72</v>
+        <v>97.27</v>
       </c>
       <c r="E491">
-        <v>111.91</v>
+        <v>99.22</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>495</v>
       </c>
       <c r="B492">
         <v>0</v>
       </c>
       <c r="C492">
-        <v>77.56999999999999</v>
+        <v>106.78</v>
       </c>
       <c r="D492">
-        <v>79.15000000000001</v>
+        <v>108.96</v>
       </c>
       <c r="E492">
-        <v>80.73</v>
+        <v>111.14</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>496</v>
       </c>
       <c r="B493">
         <v>0</v>
       </c>
       <c r="C493">
-        <v>104.25</v>
+        <v>110.89</v>
       </c>
       <c r="D493">
-        <v>106.38</v>
+        <v>113.15</v>
       </c>
       <c r="E493">
-        <v>108.51</v>
+        <v>115.41</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>497</v>
       </c>
       <c r="B494">
         <v>0</v>
       </c>
       <c r="C494">
-        <v>101.34</v>
+        <v>111.1</v>
       </c>
       <c r="D494">
-        <v>103.41</v>
+        <v>113.37</v>
       </c>
       <c r="E494">
-        <v>105.48</v>
+        <v>115.64</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>498</v>
       </c>
       <c r="B495">
         <v>0</v>
       </c>
       <c r="C495">
-        <v>94.77</v>
+        <v>86.51000000000001</v>
       </c>
       <c r="D495">
-        <v>96.7</v>
+        <v>88.28</v>
       </c>
       <c r="E495">
-        <v>98.63</v>
+        <v>90.05</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>499</v>
       </c>
       <c r="B496">
         <v>0</v>
       </c>
       <c r="C496">
-        <v>96.15000000000001</v>
+        <v>104.22</v>
       </c>
       <c r="D496">
-        <v>98.11</v>
+        <v>106.35</v>
       </c>
       <c r="E496">
-        <v>100.07</v>
+        <v>108.48</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>500</v>
       </c>
       <c r="B497">
         <v>0</v>
       </c>
       <c r="C497">
-        <v>106.82</v>
+        <v>100.66</v>
       </c>
       <c r="D497">
-        <v>109</v>
+        <v>102.71</v>
       </c>
       <c r="E497">
-        <v>111.18</v>
+        <v>104.76</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" t="s">
         <v>501</v>
       </c>
       <c r="B498">
         <v>0</v>
       </c>
       <c r="C498">
-        <v>109.73</v>
+        <v>93.53</v>
       </c>
       <c r="D498">
-        <v>111.97</v>
+        <v>95.44</v>
       </c>
       <c r="E498">
-        <v>114.21</v>
+        <v>97.34999999999999</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" t="s">
         <v>502</v>
       </c>
       <c r="B499">
         <v>0</v>
       </c>
       <c r="C499">
-        <v>106.73</v>
+        <v>95.36</v>
       </c>
       <c r="D499">
-        <v>108.91</v>
+        <v>97.31</v>
       </c>
       <c r="E499">
-        <v>111.09</v>
+        <v>99.26000000000001</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" t="s">
         <v>503</v>
       </c>
       <c r="B500">
         <v>0</v>
       </c>
       <c r="C500">
-        <v>85.06999999999999</v>
+        <v>107.12</v>
       </c>
       <c r="D500">
-        <v>86.81</v>
+        <v>109.31</v>
       </c>
       <c r="E500">
-        <v>88.55</v>
+        <v>111.5</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" t="s">
         <v>504</v>
       </c>
       <c r="B501">
         <v>0</v>
       </c>
       <c r="C501">
-        <v>104.47</v>
+        <v>111.08</v>
       </c>
       <c r="D501">
-        <v>106.6</v>
+        <v>113.35</v>
       </c>
       <c r="E501">
-        <v>108.73</v>
+        <v>115.62</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>505</v>
       </c>
       <c r="B502">
         <v>0</v>
       </c>
       <c r="C502">
-        <v>99.93000000000001</v>
+        <v>111.17</v>
       </c>
       <c r="D502">
-        <v>101.97</v>
+        <v>113.44</v>
       </c>
       <c r="E502">
-        <v>104.01</v>
+        <v>115.71</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>506</v>
       </c>
       <c r="B503">
         <v>0</v>
       </c>
       <c r="C503">
-        <v>94.89</v>
+        <v>90.34999999999999</v>
       </c>
       <c r="D503">
-        <v>96.83</v>
+        <v>92.19</v>
       </c>
       <c r="E503">
-        <v>98.77</v>
+        <v>94.03</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>507</v>
       </c>
       <c r="B504">
         <v>0</v>
       </c>
       <c r="C504">
-        <v>96.14</v>
+        <v>112.7</v>
       </c>
       <c r="D504">
-        <v>98.09999999999999</v>
+        <v>115</v>
       </c>
       <c r="E504">
-        <v>100.06</v>
+        <v>117.3</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>508</v>
       </c>
       <c r="B505">
         <v>0</v>
       </c>
       <c r="C505">
-        <v>107.07</v>
+        <v>104.34</v>
       </c>
       <c r="D505">
-        <v>109.25</v>
+        <v>106.47</v>
       </c>
       <c r="E505">
-        <v>111.44</v>
+        <v>108.6</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" t="s">
         <v>509</v>
       </c>
       <c r="B506">
         <v>0</v>
       </c>
       <c r="C506">
-        <v>109.8</v>
+        <v>97.63</v>
       </c>
       <c r="D506">
-        <v>112.04</v>
+        <v>99.62</v>
       </c>
       <c r="E506">
-        <v>114.28</v>
+        <v>101.61</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" t="s">
         <v>510</v>
       </c>
       <c r="B507">
         <v>0</v>
       </c>
       <c r="C507">
-        <v>106.39</v>
+        <v>93.36</v>
       </c>
       <c r="D507">
-        <v>108.56</v>
+        <v>95.27</v>
       </c>
       <c r="E507">
-        <v>110.73</v>
+        <v>97.18000000000001</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" t="s">
         <v>511</v>
       </c>
       <c r="B508">
         <v>0</v>
       </c>
       <c r="C508">
-        <v>90.29000000000001</v>
+        <v>95.42</v>
       </c>
       <c r="D508">
-        <v>92.13</v>
+        <v>97.37</v>
       </c>
       <c r="E508">
-        <v>93.97</v>
+        <v>99.31999999999999</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" t="s">
         <v>512</v>
       </c>
       <c r="B509">
         <v>0</v>
       </c>
       <c r="C509">
-        <v>110.9</v>
+        <v>107.38</v>
       </c>
       <c r="D509">
-        <v>113.16</v>
+        <v>109.57</v>
       </c>
       <c r="E509">
-        <v>115.42</v>
+        <v>111.76</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
         <v>513</v>
       </c>
       <c r="B510">
         <v>0</v>
       </c>
       <c r="C510">
-        <v>104.52</v>
+        <v>111.32</v>
       </c>
       <c r="D510">
-        <v>106.65</v>
+        <v>113.59</v>
       </c>
       <c r="E510">
-        <v>108.78</v>
+        <v>115.86</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>514</v>
       </c>
       <c r="B511">
         <v>0</v>
       </c>
       <c r="C511">
-        <v>97</v>
+        <v>111.1</v>
       </c>
       <c r="D511">
-        <v>98.98</v>
+        <v>113.37</v>
       </c>
       <c r="E511">
-        <v>100.96</v>
+        <v>115.64</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>515</v>
       </c>
       <c r="B512">
         <v>0</v>
       </c>
       <c r="C512">
-        <v>94.67</v>
+        <v>88.37</v>
       </c>
       <c r="D512">
-        <v>96.59999999999999</v>
+        <v>90.17</v>
       </c>
       <c r="E512">
-        <v>98.53</v>
+        <v>91.97</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>516</v>
       </c>
       <c r="B513">
         <v>0</v>
       </c>
       <c r="C513">
-        <v>96.09</v>
+        <v>88.81</v>
       </c>
       <c r="D513">
-        <v>98.05</v>
+        <v>90.62</v>
       </c>
       <c r="E513">
-        <v>100.01</v>
+        <v>92.43000000000001</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>517</v>
       </c>
       <c r="B514">
         <v>0</v>
       </c>
       <c r="C514">
-        <v>107.21</v>
+        <v>65.39</v>
       </c>
       <c r="D514">
-        <v>109.4</v>
+        <v>66.72</v>
       </c>
       <c r="E514">
-        <v>111.59</v>
+        <v>68.05</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>518</v>
       </c>
       <c r="B515">
         <v>0</v>
       </c>
       <c r="C515">
-        <v>109.91</v>
+        <v>82.11</v>
       </c>
       <c r="D515">
-        <v>112.15</v>
+        <v>83.79000000000001</v>
       </c>
       <c r="E515">
-        <v>114.39</v>
+        <v>85.47</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>519</v>
       </c>
       <c r="B516">
         <v>0</v>
       </c>
       <c r="C516">
-        <v>106.06</v>
+        <v>105.93</v>
       </c>
       <c r="D516">
-        <v>108.22</v>
+        <v>108.09</v>
       </c>
       <c r="E516">
-        <v>110.38</v>
+        <v>110.25</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>520</v>
       </c>
       <c r="B517">
         <v>0</v>
       </c>
       <c r="C517">
-        <v>88.7</v>
+        <v>104.47</v>
       </c>
       <c r="D517">
-        <v>90.51000000000001</v>
+        <v>106.6</v>
       </c>
       <c r="E517">
-        <v>92.31999999999999</v>
+        <v>108.73</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>521</v>
       </c>
       <c r="B518">
         <v>0</v>
       </c>
       <c r="C518">
-        <v>88.29000000000001</v>
+        <v>94.18000000000001</v>
       </c>
       <c r="D518">
-        <v>90.09</v>
+        <v>96.09999999999999</v>
       </c>
       <c r="E518">
-        <v>91.89</v>
+        <v>98.02</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>522</v>
       </c>
       <c r="B519">
         <v>0</v>
       </c>
       <c r="C519">
-        <v>65.81</v>
+        <v>93.51000000000001</v>
       </c>
       <c r="D519">
-        <v>67.15000000000001</v>
+        <v>95.42</v>
       </c>
       <c r="E519">
-        <v>68.48999999999999</v>
+        <v>97.33</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>523</v>
       </c>
       <c r="B520">
         <v>0</v>
       </c>
       <c r="C520">
-        <v>84.18000000000001</v>
+        <v>96.87</v>
       </c>
       <c r="D520">
-        <v>85.90000000000001</v>
+        <v>98.84999999999999</v>
       </c>
       <c r="E520">
-        <v>87.62</v>
+        <v>100.83</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>524</v>
       </c>
       <c r="B521">
         <v>0</v>
       </c>
       <c r="C521">
-        <v>106.61</v>
+        <v>107.52</v>
       </c>
       <c r="D521">
-        <v>108.79</v>
+        <v>109.71</v>
       </c>
       <c r="E521">
-        <v>110.97</v>
+        <v>111.9</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>525</v>
       </c>
       <c r="B522">
         <v>0</v>
       </c>
       <c r="C522">
-        <v>104.62</v>
+        <v>111.48</v>
       </c>
       <c r="D522">
-        <v>106.75</v>
+        <v>113.76</v>
       </c>
       <c r="E522">
-        <v>108.89</v>
+        <v>116.04</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>526</v>
       </c>
       <c r="B523">
         <v>0</v>
       </c>
       <c r="C523">
-        <v>93.70999999999999</v>
+        <v>111.01</v>
       </c>
       <c r="D523">
-        <v>95.62</v>
+        <v>113.28</v>
       </c>
       <c r="E523">
-        <v>97.53</v>
+        <v>115.55</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>527</v>
       </c>
       <c r="B524">
         <v>0</v>
       </c>
       <c r="C524">
-        <v>94.77</v>
+        <v>100.73</v>
       </c>
       <c r="D524">
-        <v>96.7</v>
+        <v>102.79</v>
       </c>
       <c r="E524">
-        <v>98.63</v>
+        <v>104.85</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>528</v>
       </c>
       <c r="B525">
         <v>0</v>
       </c>
       <c r="C525">
-        <v>97.51000000000001</v>
+        <v>113.01</v>
       </c>
       <c r="D525">
-        <v>99.5</v>
+        <v>115.32</v>
       </c>
       <c r="E525">
-        <v>101.49</v>
+        <v>117.63</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>529</v>
       </c>
       <c r="B526">
         <v>0</v>
       </c>
       <c r="C526">
-        <v>107.27</v>
+        <v>105.63</v>
       </c>
       <c r="D526">
-        <v>109.46</v>
+        <v>107.79</v>
       </c>
       <c r="E526">
-        <v>111.65</v>
+        <v>109.95</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>530</v>
       </c>
       <c r="B527">
         <v>0</v>
       </c>
       <c r="C527">
-        <v>109.97</v>
+        <v>104.68</v>
       </c>
       <c r="D527">
-        <v>112.21</v>
+        <v>106.82</v>
       </c>
       <c r="E527">
-        <v>114.45</v>
+        <v>108.96</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>531</v>
       </c>
       <c r="B528">
         <v>0</v>
       </c>
       <c r="C528">
-        <v>106.15</v>
+        <v>92.8</v>
       </c>
       <c r="D528">
-        <v>108.32</v>
+        <v>94.69</v>
       </c>
       <c r="E528">
-        <v>110.49</v>
+        <v>96.58</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>532</v>
       </c>
       <c r="B529">
         <v>0</v>
       </c>
       <c r="C529">
-        <v>98.70999999999999</v>
+        <v>93.61</v>
       </c>
       <c r="D529">
-        <v>100.72</v>
+        <v>95.52</v>
       </c>
       <c r="E529">
-        <v>102.73</v>
+        <v>97.43000000000001</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>533</v>
       </c>
       <c r="B530">
         <v>0</v>
       </c>
       <c r="C530">
-        <v>114.47</v>
+        <v>97.95999999999999</v>
       </c>
       <c r="D530">
-        <v>116.81</v>
+        <v>99.95999999999999</v>
       </c>
       <c r="E530">
-        <v>119.15</v>
+        <v>101.96</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>534</v>
       </c>
       <c r="B531">
         <v>0</v>
       </c>
       <c r="C531">
-        <v>106.26</v>
+        <v>107.89</v>
       </c>
       <c r="D531">
-        <v>108.43</v>
+        <v>110.09</v>
       </c>
       <c r="E531">
-        <v>110.6</v>
+        <v>112.29</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>535</v>
       </c>
       <c r="B532">
         <v>0</v>
       </c>
       <c r="C532">
-        <v>104.8</v>
+        <v>111.7</v>
       </c>
       <c r="D532">
-        <v>106.94</v>
+        <v>113.98</v>
       </c>
       <c r="E532">
-        <v>109.08</v>
+        <v>116.26</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>536</v>
       </c>
       <c r="B533">
         <v>0</v>
       </c>
       <c r="C533">
-        <v>92.47</v>
+        <v>109.85</v>
       </c>
       <c r="D533">
-        <v>94.36</v>
+        <v>112.09</v>
       </c>
       <c r="E533">
-        <v>96.25</v>
+        <v>114.33</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>537</v>
       </c>
       <c r="B534">
         <v>0</v>
       </c>
       <c r="C534">
-        <v>94.83</v>
+        <v>97.51000000000001</v>
       </c>
       <c r="D534">
-        <v>96.77</v>
+        <v>99.5</v>
       </c>
       <c r="E534">
-        <v>98.70999999999999</v>
+        <v>101.49</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>538</v>
       </c>
       <c r="B535">
         <v>0</v>
       </c>
       <c r="C535">
-        <v>98.55</v>
+        <v>104.12</v>
       </c>
       <c r="D535">
-        <v>100.56</v>
+        <v>106.24</v>
       </c>
       <c r="E535">
-        <v>102.57</v>
+        <v>108.36</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>539</v>
       </c>
       <c r="B536">
         <v>0</v>
       </c>
       <c r="C536">
-        <v>107.54</v>
+        <v>104.86</v>
       </c>
       <c r="D536">
-        <v>109.73</v>
+        <v>107</v>
       </c>
       <c r="E536">
-        <v>111.92</v>
+        <v>109.14</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>540</v>
       </c>
       <c r="B537">
         <v>0</v>
       </c>
       <c r="C537">
-        <v>110.05</v>
+        <v>93.68000000000001</v>
       </c>
       <c r="D537">
-        <v>112.3</v>
+        <v>95.59</v>
       </c>
       <c r="E537">
-        <v>114.55</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>541</v>
       </c>
       <c r="B538">
         <v>0</v>
       </c>
       <c r="C538">
-        <v>105.28</v>
+        <v>100.55</v>
       </c>
       <c r="D538">
-        <v>107.43</v>
+        <v>102.6</v>
       </c>
       <c r="E538">
-        <v>109.58</v>
+        <v>104.65</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>542</v>
       </c>
       <c r="B539">
         <v>0</v>
       </c>
       <c r="C539">
-        <v>95.39</v>
+        <v>108.05</v>
       </c>
       <c r="D539">
-        <v>97.34</v>
+        <v>110.25</v>
       </c>
       <c r="E539">
-        <v>99.29000000000001</v>
+        <v>112.46</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>543</v>
       </c>
       <c r="B540">
         <v>0</v>
       </c>
       <c r="C540">
-        <v>104.65</v>
+        <v>111.88</v>
       </c>
       <c r="D540">
-        <v>106.79</v>
+        <v>114.16</v>
       </c>
       <c r="E540">
-        <v>108.93</v>
+        <v>116.44</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>544</v>
       </c>
       <c r="B541">
         <v>0</v>
       </c>
       <c r="C541">
-        <v>104.95</v>
+        <v>110.38</v>
       </c>
       <c r="D541">
-        <v>107.09</v>
+        <v>112.63</v>
       </c>
       <c r="E541">
-        <v>109.23</v>
+        <v>114.88</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>545</v>
       </c>
       <c r="B542">
         <v>0</v>
       </c>
       <c r="C542">
-        <v>94.84999999999999</v>
+        <v>103.85</v>
       </c>
       <c r="D542">
-        <v>96.79000000000001</v>
+        <v>105.97</v>
       </c>
       <c r="E542">
-        <v>98.73</v>
+        <v>108.09</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>546</v>
       </c>
       <c r="B543">
         <v>0</v>
       </c>
       <c r="C543">
-        <v>101.1</v>
+        <v>105.03</v>
       </c>
       <c r="D543">
-        <v>103.16</v>
+        <v>107.17</v>
       </c>
       <c r="E543">
-        <v>105.22</v>
+        <v>109.31</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>547</v>
       </c>
       <c r="B544">
         <v>0</v>
       </c>
       <c r="C544">
-        <v>107.6</v>
+        <v>93.73</v>
       </c>
       <c r="D544">
-        <v>109.8</v>
+        <v>95.64</v>
       </c>
       <c r="E544">
-        <v>112</v>
+        <v>97.55</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>548</v>
       </c>
       <c r="B545">
         <v>0</v>
       </c>
       <c r="C545">
-        <v>110.12</v>
+        <v>93.69</v>
       </c>
       <c r="D545">
-        <v>112.37</v>
+        <v>95.59999999999999</v>
       </c>
       <c r="E545">
-        <v>114.62</v>
+        <v>97.51000000000001</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
         <v>549</v>
       </c>
       <c r="B546">
         <v>0</v>
       </c>
       <c r="C546">
-        <v>106.01</v>
+        <v>103.4</v>
       </c>
       <c r="D546">
-        <v>108.17</v>
+        <v>105.51</v>
       </c>
       <c r="E546">
-        <v>110.33</v>
+        <v>107.62</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" t="s">
         <v>550</v>
       </c>
       <c r="B547">
         <v>0</v>
       </c>
       <c r="C547">
-        <v>104.35</v>
+        <v>108.22</v>
       </c>
       <c r="D547">
-        <v>106.48</v>
+        <v>110.43</v>
       </c>
       <c r="E547">
-        <v>108.61</v>
+        <v>112.64</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>551</v>
       </c>
       <c r="B548">
         <v>0</v>
       </c>
       <c r="C548">
-        <v>105.08</v>
+        <v>112.06</v>
       </c>
       <c r="D548">
-        <v>107.22</v>
+        <v>114.35</v>
       </c>
       <c r="E548">
-        <v>109.36</v>
+        <v>116.64</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>552</v>
       </c>
       <c r="B549">
         <v>0</v>
       </c>
       <c r="C549">
-        <v>93.88</v>
+        <v>110.42</v>
       </c>
       <c r="D549">
-        <v>95.8</v>
+        <v>112.67</v>
       </c>
       <c r="E549">
-        <v>97.72</v>
+        <v>114.92</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>553</v>
       </c>
       <c r="B550">
         <v>0</v>
       </c>
       <c r="C550">
-        <v>94.81999999999999</v>
+        <v>103.55</v>
       </c>
       <c r="D550">
-        <v>96.75</v>
+        <v>105.66</v>
       </c>
       <c r="E550">
-        <v>98.69</v>
+        <v>107.77</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>554</v>
       </c>
       <c r="B551">
         <v>0</v>
       </c>
       <c r="C551">
-        <v>103.91</v>
+        <v>105.22</v>
       </c>
       <c r="D551">
-        <v>106.03</v>
+        <v>107.37</v>
       </c>
       <c r="E551">
-        <v>108.15</v>
+        <v>109.52</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>555</v>
       </c>
       <c r="B552">
         <v>0</v>
       </c>
       <c r="C552">
-        <v>107.69</v>
+        <v>94.44</v>
       </c>
       <c r="D552">
-        <v>109.89</v>
+        <v>96.37</v>
       </c>
       <c r="E552">
-        <v>112.09</v>
+        <v>98.3</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>556</v>
       </c>
       <c r="B553">
         <v>0</v>
       </c>
       <c r="C553">
-        <v>110.21</v>
+        <v>103.54</v>
       </c>
       <c r="D553">
-        <v>112.46</v>
+        <v>105.65</v>
       </c>
       <c r="E553">
-        <v>114.71</v>
+        <v>107.76</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>557</v>
       </c>
       <c r="B554">
         <v>0</v>
       </c>
       <c r="C554">
-        <v>106.3</v>
+        <v>108.53</v>
       </c>
       <c r="D554">
-        <v>108.47</v>
+        <v>110.74</v>
       </c>
       <c r="E554">
-        <v>110.64</v>
+        <v>112.95</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>558</v>
       </c>
       <c r="B555">
         <v>0</v>
       </c>
       <c r="C555">
-        <v>103.98</v>
+        <v>111.51</v>
       </c>
       <c r="D555">
-        <v>106.1</v>
+        <v>113.79</v>
       </c>
       <c r="E555">
-        <v>108.22</v>
+        <v>116.07</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>559</v>
       </c>
       <c r="B556">
         <v>0</v>
       </c>
       <c r="C556">
-        <v>105.24</v>
+        <v>110.46</v>
       </c>
       <c r="D556">
-        <v>107.39</v>
+        <v>112.71</v>
       </c>
       <c r="E556">
-        <v>109.54</v>
+        <v>114.96</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>560</v>
       </c>
       <c r="B557">
         <v>0</v>
       </c>
       <c r="C557">
-        <v>95.54000000000001</v>
+        <v>90.19</v>
       </c>
       <c r="D557">
-        <v>97.48999999999999</v>
+        <v>92.03</v>
       </c>
       <c r="E557">
-        <v>99.44</v>
+        <v>93.87</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>561</v>
       </c>
       <c r="B558">
         <v>0</v>
       </c>
       <c r="C558">
-        <v>103.98</v>
+        <v>81.09</v>
       </c>
       <c r="D558">
-        <v>106.1</v>
+        <v>82.73999999999999</v>
       </c>
       <c r="E558">
-        <v>108.22</v>
+        <v>84.39</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>562</v>
       </c>
       <c r="B559">
         <v>0</v>
       </c>
       <c r="C559">
-        <v>107.9</v>
+        <v>103.45</v>
       </c>
       <c r="D559">
-        <v>110.1</v>
+        <v>105.56</v>
       </c>
       <c r="E559">
-        <v>112.3</v>
+        <v>107.67</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>563</v>
       </c>
       <c r="B560">
         <v>0</v>
       </c>
       <c r="C560">
-        <v>109.53</v>
+        <v>105.37</v>
       </c>
       <c r="D560">
-        <v>111.77</v>
+        <v>107.52</v>
       </c>
       <c r="E560">
-        <v>114.01</v>
+        <v>109.67</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>564</v>
       </c>
       <c r="B561">
         <v>0</v>
       </c>
       <c r="C561">
-        <v>106.56</v>
+        <v>93.31</v>
       </c>
       <c r="D561">
-        <v>108.73</v>
+        <v>95.20999999999999</v>
       </c>
       <c r="E561">
-        <v>110.9</v>
+        <v>97.11</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>565</v>
       </c>
       <c r="B562">
         <v>0</v>
       </c>
       <c r="C562">
-        <v>88.47</v>
+        <v>94.92</v>
       </c>
       <c r="D562">
-        <v>90.28</v>
+        <v>96.86</v>
       </c>
       <c r="E562">
-        <v>92.09</v>
+        <v>98.8</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>566</v>
       </c>
       <c r="B563">
         <v>0</v>
       </c>
       <c r="C563">
-        <v>81.39</v>
+        <v>103.7</v>
       </c>
       <c r="D563">
-        <v>83.05</v>
+        <v>105.82</v>
       </c>
       <c r="E563">
-        <v>84.70999999999999</v>
+        <v>107.94</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>567</v>
       </c>
       <c r="B564">
         <v>0</v>
       </c>
       <c r="C564">
-        <v>103.81</v>
+        <v>109.19</v>
       </c>
       <c r="D564">
-        <v>105.93</v>
+        <v>111.42</v>
       </c>
       <c r="E564">
-        <v>108.05</v>
+        <v>113.65</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>568</v>
       </c>
       <c r="B565">
         <v>0</v>
       </c>
       <c r="C565">
-        <v>105.32</v>
+        <v>111.71</v>
       </c>
       <c r="D565">
-        <v>107.47</v>
+        <v>113.99</v>
       </c>
       <c r="E565">
-        <v>109.62</v>
+        <v>116.27</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>569</v>
       </c>
       <c r="B566">
         <v>0</v>
       </c>
       <c r="C566">
-        <v>93.98</v>
+        <v>83.14</v>
       </c>
       <c r="D566">
-        <v>95.90000000000001</v>
+        <v>84.84</v>
       </c>
       <c r="E566">
-        <v>97.81999999999999</v>
+        <v>86.54000000000001</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>570</v>
       </c>
       <c r="B567">
         <v>0</v>
       </c>
       <c r="C567">
-        <v>95.94</v>
+        <v>98.03</v>
       </c>
       <c r="D567">
-        <v>97.90000000000001</v>
+        <v>100.03</v>
       </c>
       <c r="E567">
-        <v>99.86</v>
+        <v>102.03</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>571</v>
       </c>
       <c r="B568">
         <v>0</v>
       </c>
       <c r="C568">
-        <v>104.03</v>
+        <v>99.56</v>
       </c>
       <c r="D568">
-        <v>106.15</v>
+        <v>101.59</v>
       </c>
       <c r="E568">
-        <v>108.27</v>
+        <v>103.62</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>572</v>
       </c>
       <c r="B569">
         <v>0</v>
       </c>
       <c r="C569">
-        <v>108.43</v>
+        <v>98.52</v>
       </c>
       <c r="D569">
-        <v>110.64</v>
+        <v>100.53</v>
       </c>
       <c r="E569">
-        <v>112.85</v>
+        <v>102.54</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>573</v>
       </c>
       <c r="B570">
         <v>0</v>
       </c>
       <c r="C570">
-        <v>109.57</v>
+        <v>98.81</v>
       </c>
       <c r="D570">
-        <v>111.81</v>
+        <v>100.83</v>
       </c>
       <c r="E570">
-        <v>114.05</v>
+        <v>102.85</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>574</v>
       </c>
       <c r="B571">
         <v>0</v>
       </c>
       <c r="C571">
-        <v>86.01000000000001</v>
+        <v>98.34999999999999</v>
       </c>
       <c r="D571">
-        <v>87.77</v>
+        <v>100.36</v>
       </c>
       <c r="E571">
-        <v>89.53</v>
+        <v>102.37</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>575</v>
       </c>
       <c r="B572">
         <v>0</v>
       </c>
       <c r="C572">
-        <v>98.13</v>
+        <v>100.05</v>
       </c>
       <c r="D572">
-        <v>100.13</v>
+        <v>102.09</v>
       </c>
       <c r="E572">
-        <v>102.13</v>
+        <v>104.13</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>576</v>
       </c>
       <c r="B573">
         <v>0</v>
       </c>
       <c r="C573">
-        <v>100.08</v>
+        <v>98.52</v>
       </c>
       <c r="D573">
-        <v>102.12</v>
+        <v>100.53</v>
       </c>
       <c r="E573">
-        <v>104.16</v>
+        <v>102.54</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>577</v>
       </c>
       <c r="B574">
         <v>0</v>
       </c>
       <c r="C574">
-        <v>98.98</v>
+        <v>99.95</v>
       </c>
       <c r="D574">
-        <v>101</v>
+        <v>101.99</v>
       </c>
       <c r="E574">
-        <v>103.02</v>
+        <v>104.03</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>578</v>
       </c>
       <c r="B575">
         <v>0</v>
       </c>
       <c r="C575">
-        <v>99.29000000000001</v>
+        <v>98.73999999999999</v>
       </c>
       <c r="D575">
-        <v>101.32</v>
+        <v>100.76</v>
       </c>
       <c r="E575">
-        <v>103.35</v>
+        <v>102.78</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>579</v>
       </c>
       <c r="B576">
         <v>0</v>
       </c>
       <c r="C576">
-        <v>98.58</v>
+        <v>100.51</v>
       </c>
       <c r="D576">
-        <v>100.59</v>
+        <v>102.56</v>
       </c>
       <c r="E576">
-        <v>102.6</v>
+        <v>104.61</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>580</v>
       </c>
       <c r="B577">
         <v>0</v>
       </c>
       <c r="C577">
-        <v>100.59</v>
+        <v>99.75</v>
       </c>
       <c r="D577">
-        <v>102.64</v>
+        <v>101.79</v>
       </c>
       <c r="E577">
-        <v>104.69</v>
+        <v>103.83</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>581</v>
       </c>
       <c r="B578">
         <v>0</v>
       </c>
       <c r="C578">
-        <v>98.76000000000001</v>
+        <v>98.93000000000001</v>
       </c>
       <c r="D578">
-        <v>100.78</v>
+        <v>100.95</v>
       </c>
       <c r="E578">
-        <v>102.8</v>
+        <v>102.97</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>582</v>
       </c>
       <c r="B579">
         <v>0</v>
       </c>
       <c r="C579">
-        <v>100.47</v>
+        <v>97.83</v>
       </c>
       <c r="D579">
-        <v>102.52</v>
+        <v>99.83</v>
       </c>
       <c r="E579">
-        <v>104.57</v>
+        <v>101.83</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>583</v>
       </c>
       <c r="B580">
         <v>0</v>
       </c>
       <c r="C580">
-        <v>99</v>
+        <v>99.15000000000001</v>
       </c>
       <c r="D580">
-        <v>101.02</v>
+        <v>101.17</v>
       </c>
       <c r="E580">
-        <v>103.04</v>
+        <v>103.19</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>584</v>
       </c>
       <c r="B581">
         <v>0</v>
       </c>
       <c r="C581">
-        <v>101.03</v>
+        <v>99.39</v>
       </c>
       <c r="D581">
-        <v>103.09</v>
+        <v>101.42</v>
       </c>
       <c r="E581">
-        <v>105.15</v>
+        <v>103.45</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>585</v>
       </c>
       <c r="B582">
         <v>0</v>
       </c>
       <c r="C582">
-        <v>100.2</v>
+        <v>97.8</v>
       </c>
       <c r="D582">
-        <v>102.24</v>
+        <v>99.8</v>
       </c>
       <c r="E582">
-        <v>104.28</v>
+        <v>101.8</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>586</v>
       </c>
       <c r="B583">
         <v>0</v>
       </c>
       <c r="C583">
-        <v>99.33</v>
+        <v>94.68000000000001</v>
       </c>
       <c r="D583">
-        <v>101.36</v>
+        <v>96.61</v>
       </c>
       <c r="E583">
-        <v>103.39</v>
+        <v>98.54000000000001</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>587</v>
       </c>
       <c r="B584">
         <v>0</v>
       </c>
       <c r="C584">
-        <v>98.16</v>
+        <v>97.66</v>
       </c>
       <c r="D584">
-        <v>100.16</v>
+        <v>99.65000000000001</v>
       </c>
       <c r="E584">
-        <v>102.16</v>
+        <v>101.64</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>588</v>
       </c>
       <c r="B585">
         <v>0</v>
       </c>
       <c r="C585">
-        <v>99.65000000000001</v>
+        <v>96.56999999999999</v>
       </c>
       <c r="D585">
-        <v>101.68</v>
+        <v>98.54000000000001</v>
       </c>
       <c r="E585">
-        <v>103.71</v>
+        <v>100.51</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>589</v>
       </c>
       <c r="B586">
         <v>0</v>
       </c>
       <c r="C586">
-        <v>99.93000000000001</v>
+        <v>93.36</v>
       </c>
       <c r="D586">
-        <v>101.97</v>
+        <v>95.27</v>
       </c>
       <c r="E586">
-        <v>104.01</v>
+        <v>97.18000000000001</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>590</v>
       </c>
       <c r="B587">
         <v>0</v>
       </c>
       <c r="C587">
-        <v>98.08</v>
+        <v>94.3</v>
       </c>
       <c r="D587">
-        <v>100.08</v>
+        <v>96.22</v>
       </c>
       <c r="E587">
-        <v>102.08</v>
+        <v>98.14</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>591</v>
       </c>
       <c r="B588">
         <v>0</v>
       </c>
       <c r="C588">
-        <v>94.76000000000001</v>
+        <v>103.58</v>
       </c>
       <c r="D588">
-        <v>96.69</v>
+        <v>105.69</v>
       </c>
       <c r="E588">
-        <v>98.62</v>
+        <v>107.8</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>592</v>
       </c>
       <c r="B589">
         <v>0</v>
       </c>
       <c r="C589">
-        <v>98.68000000000001</v>
+        <v>104.15</v>
       </c>
       <c r="D589">
-        <v>100.69</v>
+        <v>106.28</v>
       </c>
       <c r="E589">
-        <v>102.7</v>
+        <v>108.41</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>593</v>
       </c>
       <c r="B590">
         <v>0</v>
       </c>
       <c r="C590">
-        <v>96.29000000000001</v>
+        <v>94.66</v>
       </c>
       <c r="D590">
-        <v>98.25</v>
+        <v>96.59</v>
       </c>
       <c r="E590">
-        <v>100.22</v>
+        <v>98.52</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>594</v>
       </c>
       <c r="B591">
         <v>0</v>
       </c>
       <c r="C591">
-        <v>93.55</v>
+        <v>104.32</v>
       </c>
       <c r="D591">
-        <v>95.45999999999999</v>
+        <v>106.45</v>
       </c>
       <c r="E591">
-        <v>97.37</v>
+        <v>108.58</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>595</v>
       </c>
       <c r="B592">
         <v>0</v>
       </c>
       <c r="C592">
-        <v>94.31999999999999</v>
+        <v>94.98999999999999</v>
       </c>
       <c r="D592">
-        <v>96.23999999999999</v>
+        <v>96.93000000000001</v>
       </c>
       <c r="E592">
-        <v>98.16</v>
+        <v>98.87</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>596</v>
       </c>
       <c r="B593">
         <v>0</v>
       </c>
       <c r="C593">
-        <v>103.33</v>
+        <v>95.14</v>
       </c>
       <c r="D593">
-        <v>105.44</v>
+        <v>97.08</v>
       </c>
       <c r="E593">
-        <v>107.55</v>
+        <v>99.02</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>597</v>
       </c>
       <c r="B594">
         <v>0</v>
       </c>
       <c r="C594">
-        <v>105.65</v>
+        <v>104.55</v>
       </c>
       <c r="D594">
-        <v>107.81</v>
+        <v>106.68</v>
       </c>
       <c r="E594">
-        <v>109.97</v>
+        <v>108.81</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>598</v>
       </c>
       <c r="B595">
         <v>0</v>
       </c>
       <c r="C595">
-        <v>94.92</v>
+        <v>94.65000000000001</v>
       </c>
       <c r="D595">
-        <v>96.86</v>
+        <v>96.58</v>
       </c>
       <c r="E595">
-        <v>98.8</v>
+        <v>98.51000000000001</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>599</v>
       </c>
       <c r="B596">
         <v>0</v>
       </c>
       <c r="C596">
-        <v>103.58</v>
+        <v>95.55</v>
       </c>
       <c r="D596">
-        <v>105.69</v>
+        <v>97.5</v>
       </c>
       <c r="E596">
-        <v>107.8</v>
+        <v>99.45</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>600</v>
       </c>
       <c r="B597">
         <v>0</v>
       </c>
       <c r="C597">
-        <v>94.75</v>
+        <v>94.22</v>
       </c>
       <c r="D597">
-        <v>96.68000000000001</v>
+        <v>96.14</v>
       </c>
       <c r="E597">
-        <v>98.61</v>
+        <v>98.06</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>601</v>
       </c>
       <c r="B598">
         <v>0</v>
       </c>
       <c r="C598">
-        <v>95.12</v>
+        <v>95.72</v>
       </c>
       <c r="D598">
-        <v>97.06</v>
+        <v>97.67</v>
       </c>
       <c r="E598">
-        <v>99</v>
+        <v>99.62</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" t="s">
         <v>602</v>
       </c>
       <c r="B599">
         <v>0</v>
       </c>
       <c r="C599">
-        <v>106.08</v>
+        <v>96.47</v>
       </c>
       <c r="D599">
-        <v>108.24</v>
+        <v>98.44</v>
       </c>
       <c r="E599">
-        <v>110.4</v>
+        <v>100.41</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" t="s">
         <v>603</v>
       </c>
       <c r="B600">
         <v>0</v>
       </c>
       <c r="C600">
-        <v>94.88</v>
+        <v>103.5</v>
       </c>
       <c r="D600">
-        <v>96.81999999999999</v>
+        <v>105.61</v>
       </c>
       <c r="E600">
-        <v>98.76000000000001</v>
+        <v>107.72</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>604</v>
       </c>
       <c r="B601">
         <v>0</v>
       </c>
       <c r="C601">
-        <v>95.48999999999999</v>
+        <v>94.73999999999999</v>
       </c>
       <c r="D601">
-        <v>97.44</v>
+        <v>96.67</v>
       </c>
       <c r="E601">
-        <v>99.39</v>
+        <v>98.59999999999999</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>605</v>
       </c>
       <c r="B602">
         <v>0</v>
       </c>
       <c r="C602">
-        <v>94.25</v>
+        <v>94.09</v>
       </c>
       <c r="D602">
-        <v>96.17</v>
+        <v>96.01000000000001</v>
       </c>
       <c r="E602">
-        <v>98.09</v>
+        <v>97.93000000000001</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>606</v>
       </c>
       <c r="B603">
         <v>0</v>
       </c>
       <c r="C603">
-        <v>95.63</v>
+        <v>100.21</v>
       </c>
       <c r="D603">
-        <v>97.58</v>
+        <v>102.25</v>
       </c>
       <c r="E603">
-        <v>99.53</v>
+        <v>104.3</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>607</v>
       </c>
       <c r="B604">
         <v>0</v>
       </c>
       <c r="C604">
-        <v>97.73</v>
+        <v>99.42</v>
       </c>
       <c r="D604">
-        <v>99.72</v>
+        <v>101.45</v>
       </c>
       <c r="E604">
-        <v>101.71</v>
+        <v>103.48</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>608</v>
       </c>
       <c r="B605">
         <v>0</v>
       </c>
       <c r="C605">
-        <v>103.61</v>
+        <v>98.70999999999999</v>
       </c>
       <c r="D605">
-        <v>105.72</v>
+        <v>100.72</v>
       </c>
       <c r="E605">
-        <v>107.83</v>
+        <v>102.73</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>609</v>
       </c>
       <c r="B606">
         <v>0</v>
       </c>
       <c r="C606">
-        <v>94.91</v>
+        <v>103.58</v>
       </c>
       <c r="D606">
-        <v>96.84999999999999</v>
+        <v>105.69</v>
       </c>
       <c r="E606">
-        <v>98.79000000000001</v>
+        <v>107.8</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>610</v>
       </c>
       <c r="B607">
         <v>0</v>
       </c>
       <c r="C607">
-        <v>94.23</v>
+        <v>26.7</v>
       </c>
       <c r="D607">
-        <v>96.15000000000001</v>
+        <v>29.6</v>
       </c>
       <c r="E607">
-        <v>98.06999999999999</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>611</v>
       </c>
       <c r="B608">
         <v>0</v>
       </c>
       <c r="C608">
-        <v>100.14</v>
+        <v>37.5</v>
       </c>
       <c r="D608">
-        <v>102.18</v>
+        <v>41.6</v>
       </c>
       <c r="E608">
-        <v>104.22</v>
+        <v>45.7</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>612</v>
       </c>
       <c r="B609">
         <v>0</v>
       </c>
       <c r="C609">
-        <v>97.81999999999999</v>
+        <v>14.4</v>
       </c>
       <c r="D609">
-        <v>99.81999999999999</v>
+        <v>15.9</v>
       </c>
       <c r="E609">
-        <v>101.82</v>
+        <v>17.4</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>613</v>
       </c>
       <c r="B610">
         <v>0</v>
       </c>
       <c r="C610">
-        <v>98.56</v>
+        <v>16.2</v>
       </c>
       <c r="D610">
-        <v>100.57</v>
+        <v>18</v>
       </c>
       <c r="E610">
-        <v>102.58</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>614</v>
       </c>
       <c r="B611">
         <v>0</v>
       </c>
       <c r="C611">
-        <v>104.35</v>
+        <v>2.5</v>
       </c>
       <c r="D611">
-        <v>106.48</v>
+        <v>2.7</v>
       </c>
       <c r="E611">
-        <v>108.61</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>615</v>
       </c>
       <c r="B612">
         <v>0</v>
       </c>
       <c r="C612">
-        <v>27.6</v>
+        <v>15.3</v>
       </c>
       <c r="D612">
-        <v>30.6</v>
+        <v>17</v>
       </c>
       <c r="E612">
-        <v>33.6</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>616</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>38.6</v>
+        <v>1.5</v>
       </c>
       <c r="D613">
-        <v>42.8</v>
+        <v>1.6</v>
       </c>
       <c r="E613">
-        <v>47</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>617</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>15.6</v>
+        <v>9</v>
       </c>
       <c r="D614">
-        <v>17.3</v>
+        <v>10</v>
       </c>
       <c r="E614">
-        <v>19</v>
+        <v>11</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" t="s">
         <v>618</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
-        <v>15.3</v>
+        <v>4750</v>
       </c>
       <c r="D615">
-        <v>17</v>
+        <v>5000</v>
       </c>
       <c r="E615">
-        <v>18.7</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>619</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
-        <v>2.7</v>
+        <v>2.8</v>
       </c>
       <c r="D616">
-        <v>2.9</v>
+        <v>3.1</v>
       </c>
       <c r="E616">
-        <v>3.1</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>620</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
-        <v>15.5</v>
+        <v>31.5</v>
       </c>
       <c r="D617">
-        <v>17.2</v>
+        <v>35</v>
       </c>
       <c r="E617">
-        <v>18.9</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>621</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
-        <v>1.4</v>
+        <v>36</v>
       </c>
       <c r="D618">
-        <v>1.5</v>
+        <v>40</v>
       </c>
       <c r="E618">
-        <v>1.6</v>
+        <v>44</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>622</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>9.300000000000001</v>
+        <v>94.5</v>
       </c>
       <c r="D619">
-        <v>10.3</v>
+        <v>105</v>
       </c>
       <c r="E619">
-        <v>11.3</v>
+        <v>115.5</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>623</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
-        <v>4750</v>
+        <v>30.7</v>
       </c>
       <c r="D620">
-        <v>5000</v>
+        <v>34.1</v>
       </c>
       <c r="E620">
-        <v>5250</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>624</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
-        <v>1.5</v>
+        <v>19.4</v>
       </c>
       <c r="D621">
-        <v>1.6</v>
+        <v>21.5</v>
       </c>
       <c r="E621">
-        <v>1.7</v>
+        <v>23.6</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>625</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
-        <v>3.2</v>
+        <v>9.5</v>
       </c>
       <c r="D622">
-        <v>3.5</v>
+        <v>10.5</v>
       </c>
       <c r="E622">
-        <v>3.8</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>626</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
-        <v>27.3</v>
+        <v>6.9</v>
       </c>
       <c r="D623">
-        <v>30.3</v>
+        <v>7.6</v>
       </c>
       <c r="E623">
-        <v>33.3</v>
+        <v>8.300000000000001</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
         <v>627</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
-        <v>34.4</v>
+        <v>4.7</v>
       </c>
       <c r="D624">
-        <v>38.2</v>
+        <v>5.2</v>
       </c>
       <c r="E624">
-        <v>42</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" t="s">
         <v>628</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
-        <v>102.3</v>
+        <v>11.1</v>
       </c>
       <c r="D625">
-        <v>113.6</v>
+        <v>12.3</v>
       </c>
       <c r="E625">
-        <v>124.9</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" t="s">
         <v>629</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
-        <v>28.2</v>
+        <v>344.1</v>
       </c>
       <c r="D626">
-        <v>31.3</v>
+        <v>377</v>
       </c>
       <c r="E626">
-        <v>34.4</v>
+        <v>409.9</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" t="s">
         <v>630</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
-        <v>19.2</v>
+        <v>121.5</v>
       </c>
       <c r="D627">
-        <v>21.3</v>
+        <v>134.9</v>
       </c>
       <c r="E627">
-        <v>23.4</v>
+        <v>148.3</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" t="s">
         <v>631</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
-        <v>9.9</v>
+        <v>9.4</v>
       </c>
       <c r="D628">
-        <v>11</v>
+        <v>10.4</v>
       </c>
       <c r="E628">
-        <v>12.1</v>
+        <v>11.4</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" t="s">
         <v>632</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
-        <v>6.9</v>
+        <v>7.6</v>
       </c>
       <c r="D629">
-        <v>7.6</v>
+        <v>8.4</v>
       </c>
       <c r="E629">
-        <v>8.300000000000001</v>
+        <v>9.199999999999999</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" t="s">
         <v>633</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
-        <v>4.7</v>
+        <v>17.1</v>
       </c>
       <c r="D630">
-        <v>5.2</v>
+        <v>18.9</v>
       </c>
       <c r="E630">
-        <v>5.7</v>
+        <v>20.7</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
         <v>634</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
-        <v>9.800000000000001</v>
+        <v>15.3</v>
       </c>
       <c r="D631">
-        <v>10.8</v>
+        <v>17</v>
       </c>
       <c r="E631">
-        <v>11.8</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
         <v>635</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
-        <v>346.8</v>
+        <v>3.6</v>
       </c>
       <c r="D632">
-        <v>380</v>
+        <v>4</v>
       </c>
       <c r="E632">
-        <v>413.2</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633" t="s">
         <v>636</v>
       </c>
       <c r="B633">
         <v>0</v>
       </c>
       <c r="C633">
-        <v>109.7</v>
+        <v>5</v>
       </c>
       <c r="D633">
-        <v>121.8</v>
+        <v>5.5</v>
       </c>
       <c r="E633">
-        <v>133.9</v>
-[...101 lines deleted...]
-        <v>6.2</v>
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">