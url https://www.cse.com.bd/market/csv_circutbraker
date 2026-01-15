--- v3 (2025-12-21)
+++ v4 (2026-01-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="636">
   <si>
     <t>SCRIP CODE</t>
   </si>
   <si>
     <t>FLOOR PRICE</t>
   </si>
   <si>
     <t>MINIMUM ALLOW PRICE</t>
   </si>
   <si>
     <t>CLOSE PRICE</t>
   </si>
   <si>
     <t>MAXIMUM ALLOW PRICE</t>
   </si>
   <si>
     <t>1JANATAMF</t>
   </si>
   <si>
     <t>1STPRIMFMF</t>
   </si>
   <si>
     <t>AAMRANET</t>
   </si>
   <si>
@@ -1722,53 +1722,50 @@
     <t>TB20Y1138</t>
   </si>
   <si>
     <t>TB20Y1227</t>
   </si>
   <si>
     <t>TB20Y1228</t>
   </si>
   <si>
     <t>TB20Y1229</t>
   </si>
   <si>
     <t>TB20Y1230</t>
   </si>
   <si>
     <t>TB20Y1231</t>
   </si>
   <si>
     <t>TB20Y1232</t>
   </si>
   <si>
     <t>TB20Y1233</t>
   </si>
   <si>
     <t>TB20Y1242</t>
-  </si>
-[...1 lines deleted...]
-    <t>TB2Y0126</t>
   </si>
   <si>
     <t>TB2Y0127</t>
   </si>
   <si>
     <t>TB2Y0227</t>
   </si>
   <si>
     <t>TB2Y0327</t>
   </si>
   <si>
     <t>TB2Y0426</t>
   </si>
   <si>
     <t>TB2Y0427</t>
   </si>
   <si>
     <t>TB2Y0526</t>
   </si>
   <si>
     <t>TB2Y0527</t>
   </si>
   <si>
     <t>TB2Y0626</t>
   </si>
@@ -2281,175 +2278,175 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E633"/>
+  <dimension ref="A1:E632"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5" s="1" customFormat="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="C2">
-        <v>2.5</v>
+        <v>2.2</v>
       </c>
       <c r="D2">
-        <v>2.7</v>
+        <v>2.4</v>
       </c>
       <c r="E2">
-        <v>2.9</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="C3">
-        <v>18.9</v>
+        <v>19</v>
       </c>
       <c r="D3">
-        <v>21</v>
+        <v>21.1</v>
       </c>
       <c r="E3">
-        <v>23.1</v>
+        <v>23.2</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="C4">
-        <v>16.2</v>
+        <v>14.4</v>
       </c>
       <c r="D4">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E4">
-        <v>19.8</v>
+        <v>17.6</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>0</v>
       </c>
       <c r="C5">
-        <v>9.1</v>
+        <v>10.5</v>
       </c>
       <c r="D5">
-        <v>10.1</v>
+        <v>11.6</v>
       </c>
       <c r="E5">
-        <v>11.1</v>
+        <v>12.7</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="C6">
+        <v>2.4</v>
+      </c>
+      <c r="D6">
         <v>2.6</v>
       </c>
-      <c r="D6">
+      <c r="E6">
         <v>2.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>0</v>
       </c>
       <c r="C7">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
       <c r="D7">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
       <c r="E7">
-        <v>4.5</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="C8">
         <v>879</v>
       </c>
       <c r="D8">
         <v>950</v>
       </c>
       <c r="E8">
         <v>1021</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
         <v>0</v>
@@ -2467,2709 +2464,2709 @@
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="C10">
         <v>36.9</v>
       </c>
       <c r="D10">
         <v>41</v>
       </c>
       <c r="E10">
         <v>45.1</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>0</v>
       </c>
       <c r="C11">
-        <v>175.6</v>
+        <v>183.5</v>
       </c>
       <c r="D11">
-        <v>195.1</v>
+        <v>201.1</v>
       </c>
       <c r="E11">
-        <v>214.6</v>
+        <v>218.7</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="C12">
         <v>121.4</v>
       </c>
       <c r="D12">
         <v>134.8</v>
       </c>
       <c r="E12">
         <v>148.2</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="C13">
-        <v>63.9</v>
+        <v>63</v>
       </c>
       <c r="D13">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="E13">
-        <v>78.09999999999999</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
         <v>0</v>
       </c>
       <c r="C14">
-        <v>14.7</v>
+        <v>14.4</v>
       </c>
       <c r="D14">
-        <v>16.3</v>
+        <v>15.9</v>
       </c>
       <c r="E14">
-        <v>17.9</v>
+        <v>17.4</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="C15">
+        <v>4.5</v>
+      </c>
+      <c r="D15">
+        <v>5</v>
+      </c>
+      <c r="E15">
         <v>5.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>6.7</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>0</v>
       </c>
       <c r="C16">
-        <v>51.3</v>
+        <v>54.3</v>
       </c>
       <c r="D16">
-        <v>56.9</v>
+        <v>60.3</v>
       </c>
       <c r="E16">
-        <v>62.5</v>
+        <v>66.3</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>0</v>
       </c>
       <c r="C17">
-        <v>12.3</v>
+        <v>11.7</v>
       </c>
       <c r="D17">
-        <v>13.6</v>
+        <v>12.9</v>
       </c>
       <c r="E17">
-        <v>14.9</v>
+        <v>14.1</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>0</v>
       </c>
       <c r="C18">
-        <v>4.9</v>
+        <v>4.7</v>
       </c>
       <c r="D18">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="E18">
-        <v>5.9</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>0</v>
       </c>
       <c r="C19">
-        <v>30.2</v>
+        <v>29</v>
       </c>
       <c r="D19">
-        <v>33.5</v>
+        <v>32.2</v>
       </c>
       <c r="E19">
-        <v>36.8</v>
+        <v>35.4</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>0</v>
       </c>
       <c r="C20">
-        <v>18.3</v>
+        <v>18.8</v>
       </c>
       <c r="D20">
-        <v>20.3</v>
+        <v>20.8</v>
       </c>
       <c r="E20">
-        <v>22.3</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>24</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
         <v>3.1</v>
       </c>
       <c r="D21">
         <v>3.4</v>
       </c>
       <c r="E21">
         <v>3.7</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>25</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="C22">
         <v>3610</v>
       </c>
       <c r="D22">
         <v>3800</v>
       </c>
       <c r="E22">
         <v>3990</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>26</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="C23">
-        <v>38.3</v>
+        <v>25.9</v>
       </c>
       <c r="D23">
-        <v>42.5</v>
+        <v>28.7</v>
       </c>
       <c r="E23">
-        <v>46.7</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>27</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="C24">
-        <v>14.4</v>
+        <v>12.3</v>
       </c>
       <c r="D24">
-        <v>16</v>
+        <v>13.6</v>
       </c>
       <c r="E24">
-        <v>17.6</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="C25">
-        <v>12</v>
+        <v>11.7</v>
       </c>
       <c r="D25">
-        <v>13.3</v>
+        <v>13</v>
       </c>
       <c r="E25">
-        <v>14.6</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
       <c r="C26">
-        <v>20.7</v>
+        <v>19.7</v>
       </c>
       <c r="D26">
-        <v>23</v>
+        <v>21.8</v>
       </c>
       <c r="E26">
-        <v>25.3</v>
+        <v>23.9</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="C27">
         <v>686.8</v>
       </c>
       <c r="D27">
         <v>742.4</v>
       </c>
       <c r="E27">
         <v>798</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>31</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="C28">
         <v>187.1</v>
       </c>
       <c r="D28">
         <v>205</v>
       </c>
       <c r="E28">
         <v>222.9</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>32</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="C29">
-        <v>28.1</v>
+        <v>36</v>
       </c>
       <c r="D29">
-        <v>31.2</v>
+        <v>39.9</v>
       </c>
       <c r="E29">
-        <v>34.3</v>
+        <v>43.8</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>33</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="C30">
-        <v>17.3</v>
+        <v>17</v>
       </c>
       <c r="D30">
-        <v>19.2</v>
+        <v>18.8</v>
       </c>
       <c r="E30">
-        <v>21.1</v>
+        <v>20.6</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="C31">
-        <v>74.5</v>
+        <v>81.59999999999999</v>
       </c>
       <c r="D31">
-        <v>82.7</v>
+        <v>90.59999999999999</v>
       </c>
       <c r="E31">
-        <v>90.90000000000001</v>
+        <v>99.59999999999999</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>35</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="C32">
-        <v>12.3</v>
+        <v>13.5</v>
       </c>
       <c r="D32">
-        <v>13.6</v>
+        <v>15</v>
       </c>
       <c r="E32">
-        <v>14.9</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>36</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="C33">
         <v>9</v>
       </c>
       <c r="D33">
         <v>10</v>
       </c>
       <c r="E33">
         <v>11</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="C34">
-        <v>180</v>
+        <v>237</v>
       </c>
       <c r="D34">
-        <v>200</v>
+        <v>259.7</v>
       </c>
       <c r="E34">
-        <v>220</v>
+        <v>282.4</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="C35">
-        <v>165.2</v>
+        <v>154.9</v>
       </c>
       <c r="D35">
-        <v>183.5</v>
+        <v>172.1</v>
       </c>
       <c r="E35">
-        <v>201.8</v>
+        <v>189.3</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>39</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="C36">
-        <v>159.4</v>
+        <v>165.4</v>
       </c>
       <c r="D36">
-        <v>177.1</v>
+        <v>183.7</v>
       </c>
       <c r="E36">
-        <v>194.8</v>
+        <v>202</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>40</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="C37">
         <v>53.1</v>
       </c>
       <c r="D37">
         <v>59</v>
       </c>
       <c r="E37">
         <v>64.90000000000001</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>41</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="C38">
-        <v>4.1</v>
+        <v>6.2</v>
       </c>
       <c r="D38">
-        <v>4.5</v>
+        <v>6.8</v>
       </c>
       <c r="E38">
-        <v>4.9</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>42</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="C39">
+        <v>1.6</v>
+      </c>
+      <c r="D39">
+        <v>1.7</v>
+      </c>
+      <c r="E39">
         <v>1.8</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.2</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>43</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="C40">
-        <v>2672</v>
+        <v>2004.5</v>
       </c>
       <c r="D40">
-        <v>2812.5</v>
+        <v>2109.5</v>
       </c>
       <c r="E40">
-        <v>2953</v>
+        <v>2214.5</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>44</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="C41">
-        <v>157.5</v>
+        <v>156.6</v>
       </c>
       <c r="D41">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E41">
-        <v>192.5</v>
+        <v>191.4</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>45</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="C42">
-        <v>8.300000000000001</v>
+        <v>7.7</v>
       </c>
       <c r="D42">
-        <v>9.199999999999999</v>
+        <v>8.5</v>
       </c>
       <c r="E42">
-        <v>10.1</v>
+        <v>9.300000000000001</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>46</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="C43">
-        <v>16.3</v>
+        <v>16.2</v>
       </c>
       <c r="D43">
-        <v>18.1</v>
+        <v>17.9</v>
       </c>
       <c r="E43">
-        <v>19.9</v>
+        <v>19.6</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>47</v>
       </c>
       <c r="B44">
         <v>0</v>
       </c>
       <c r="C44">
-        <v>25.7</v>
+        <v>24.3</v>
       </c>
       <c r="D44">
-        <v>28.5</v>
+        <v>27</v>
       </c>
       <c r="E44">
-        <v>31.3</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>48</v>
       </c>
       <c r="B45">
         <v>0</v>
       </c>
       <c r="C45">
-        <v>28</v>
+        <v>26.1</v>
       </c>
       <c r="D45">
-        <v>31.1</v>
+        <v>29</v>
       </c>
       <c r="E45">
-        <v>34.2</v>
+        <v>31.9</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>49</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="C46">
-        <v>44.1</v>
+        <v>41.5</v>
       </c>
       <c r="D46">
-        <v>49</v>
+        <v>46.1</v>
       </c>
       <c r="E46">
-        <v>53.9</v>
+        <v>50.7</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>50</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="C47">
         <v>6.2</v>
       </c>
       <c r="D47">
         <v>6.8</v>
       </c>
       <c r="E47">
         <v>7.4</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>51</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="C48">
         <v>39.6</v>
       </c>
       <c r="D48">
         <v>44</v>
       </c>
       <c r="E48">
         <v>48.4</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>52</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="C49">
-        <v>114.6</v>
+        <v>107.1</v>
       </c>
       <c r="D49">
-        <v>127.3</v>
+        <v>119</v>
       </c>
       <c r="E49">
-        <v>140</v>
+        <v>130.9</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>53</v>
       </c>
       <c r="B50">
         <v>0</v>
       </c>
       <c r="C50">
-        <v>0</v>
+        <v>4750</v>
       </c>
       <c r="D50">
         <v>5000</v>
       </c>
       <c r="E50">
-        <v>0</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>54</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="C51">
-        <v>16.2</v>
+        <v>17.2</v>
       </c>
       <c r="D51">
-        <v>18</v>
+        <v>19.1</v>
       </c>
       <c r="E51">
-        <v>19.8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>55</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="C52">
-        <v>6.2</v>
+        <v>6.3</v>
       </c>
       <c r="D52">
-        <v>6.8</v>
+        <v>7</v>
       </c>
       <c r="E52">
-        <v>7.4</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>56</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="C53">
         <v>770.6</v>
       </c>
       <c r="D53">
         <v>833</v>
       </c>
       <c r="E53">
         <v>895.4</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="C54">
-        <v>225.3</v>
+        <v>229.9</v>
       </c>
       <c r="D54">
-        <v>246.8</v>
+        <v>251.9</v>
       </c>
       <c r="E54">
-        <v>268.4</v>
+        <v>273.9</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>58</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="C55">
         <v>2.7</v>
       </c>
       <c r="D55">
         <v>3</v>
       </c>
       <c r="E55">
         <v>3.3</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>59</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="C56">
-        <v>8.199999999999999</v>
+        <v>7.9</v>
       </c>
       <c r="D56">
-        <v>9.1</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="E56">
-        <v>10</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>60</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="C57">
-        <v>13.8</v>
+        <v>13.2</v>
       </c>
       <c r="D57">
-        <v>15.3</v>
+        <v>14.6</v>
       </c>
       <c r="E57">
-        <v>16.8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58">
         <v>0</v>
       </c>
       <c r="C58">
         <v>33.9</v>
       </c>
       <c r="D58">
         <v>37.6</v>
       </c>
       <c r="E58">
         <v>41.3</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>62</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="C59">
-        <v>22.5</v>
+        <v>21.8</v>
       </c>
       <c r="D59">
-        <v>25</v>
+        <v>25.4</v>
       </c>
       <c r="E59">
-        <v>27.5</v>
+        <v>26.6</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>63</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="C60">
-        <v>13.5</v>
+        <v>11.8</v>
       </c>
       <c r="D60">
-        <v>15</v>
+        <v>13.1</v>
       </c>
       <c r="E60">
-        <v>16.5</v>
+        <v>14.4</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>64</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="C61">
-        <v>117.6</v>
+        <v>121.1</v>
       </c>
       <c r="D61">
-        <v>130.6</v>
+        <v>134.5</v>
       </c>
       <c r="E61">
-        <v>143.6</v>
+        <v>147.9</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>65</v>
       </c>
       <c r="B62">
         <v>0</v>
       </c>
       <c r="C62">
         <v>25.7</v>
       </c>
       <c r="D62">
         <v>28.5</v>
       </c>
       <c r="E62">
         <v>31.3</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>66</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="C63">
-        <v>10.4</v>
+        <v>9.6</v>
       </c>
       <c r="D63">
-        <v>11.5</v>
+        <v>10.6</v>
       </c>
       <c r="E63">
-        <v>12.6</v>
+        <v>11.6</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>67</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="C64">
-        <v>13</v>
+        <v>11.6</v>
       </c>
       <c r="D64">
-        <v>14.4</v>
+        <v>12.8</v>
       </c>
       <c r="E64">
-        <v>15.8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>68</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="C65">
-        <v>11.6</v>
+        <v>14.1</v>
       </c>
       <c r="D65">
-        <v>12.8</v>
+        <v>15.6</v>
       </c>
       <c r="E65">
-        <v>14</v>
+        <v>17.1</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>69</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="C66">
-        <v>43.6</v>
+        <v>29.3</v>
       </c>
       <c r="D66">
-        <v>48.4</v>
+        <v>32.5</v>
       </c>
       <c r="E66">
-        <v>53.2</v>
+        <v>35.7</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>70</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="C67">
-        <v>92.09999999999999</v>
+        <v>94.09999999999999</v>
       </c>
       <c r="D67">
-        <v>102.3</v>
+        <v>104.5</v>
       </c>
       <c r="E67">
-        <v>112.5</v>
+        <v>114.9</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>71</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="C68">
-        <v>43.2</v>
+        <v>56.4</v>
       </c>
       <c r="D68">
-        <v>48</v>
+        <v>62.6</v>
       </c>
       <c r="E68">
-        <v>52.8</v>
+        <v>68.8</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>72</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="C69">
-        <v>16.2</v>
+        <v>16.7</v>
       </c>
       <c r="D69">
-        <v>17.9</v>
+        <v>18.5</v>
       </c>
       <c r="E69">
-        <v>19.6</v>
+        <v>20.3</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>73</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="C70">
-        <v>1305</v>
+        <v>1303.3</v>
       </c>
       <c r="D70">
-        <v>1392</v>
+        <v>1390.1</v>
       </c>
       <c r="E70">
-        <v>1479</v>
+        <v>1476.9</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>74</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="C71">
-        <v>12.5</v>
+        <v>10.2</v>
       </c>
       <c r="D71">
-        <v>13.8</v>
+        <v>11.3</v>
       </c>
       <c r="E71">
-        <v>15.1</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>75</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="C72">
-        <v>45.1</v>
+        <v>41.4</v>
       </c>
       <c r="D72">
-        <v>50.1</v>
+        <v>46</v>
       </c>
       <c r="E72">
-        <v>55.1</v>
+        <v>50.6</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>76</v>
       </c>
       <c r="B73">
         <v>110.2</v>
       </c>
       <c r="C73">
         <v>110.2</v>
       </c>
       <c r="D73">
         <v>110.2</v>
       </c>
       <c r="E73">
         <v>121.2</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>77</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="C74">
-        <v>27.9</v>
+        <v>27.6</v>
       </c>
       <c r="D74">
-        <v>31</v>
+        <v>30.6</v>
       </c>
       <c r="E74">
-        <v>34.1</v>
+        <v>33.6</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>78</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="C75">
-        <v>1.6</v>
+        <v>1.2</v>
       </c>
       <c r="D75">
-        <v>1.7</v>
+        <v>1.3</v>
       </c>
       <c r="E75">
-        <v>1.8</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>79</v>
       </c>
       <c r="B76">
         <v>0</v>
       </c>
       <c r="C76">
-        <v>40.7</v>
+        <v>48.5</v>
       </c>
       <c r="D76">
-        <v>45.2</v>
+        <v>53.8</v>
       </c>
       <c r="E76">
-        <v>49.7</v>
+        <v>59.1</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>80</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="C77">
-        <v>22.7</v>
+        <v>22.5</v>
       </c>
       <c r="D77">
-        <v>25.2</v>
+        <v>25</v>
       </c>
       <c r="E77">
-        <v>27.7</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>81</v>
       </c>
       <c r="B78">
         <v>0</v>
       </c>
       <c r="C78">
-        <v>12.6</v>
+        <v>12.4</v>
       </c>
       <c r="D78">
-        <v>14</v>
+        <v>13.7</v>
       </c>
       <c r="E78">
-        <v>15.4</v>
+        <v>15</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>82</v>
       </c>
       <c r="B79">
         <v>0</v>
       </c>
       <c r="C79">
-        <v>57.5</v>
+        <v>59.9</v>
       </c>
       <c r="D79">
-        <v>63.8</v>
+        <v>66.5</v>
       </c>
       <c r="E79">
-        <v>70.09999999999999</v>
+        <v>73.09999999999999</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>83</v>
       </c>
       <c r="B80">
         <v>0</v>
       </c>
       <c r="C80">
-        <v>100.9</v>
+        <v>98</v>
       </c>
       <c r="D80">
-        <v>112.1</v>
+        <v>108.8</v>
       </c>
       <c r="E80">
-        <v>123.3</v>
+        <v>119.6</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>84</v>
       </c>
       <c r="B81">
         <v>0</v>
       </c>
       <c r="C81">
-        <v>115.2</v>
+        <v>116.1</v>
       </c>
       <c r="D81">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E81">
-        <v>140.8</v>
+        <v>141.9</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>85</v>
       </c>
       <c r="B82">
         <v>0</v>
       </c>
       <c r="C82">
-        <v>69.3</v>
+        <v>72</v>
       </c>
       <c r="D82">
-        <v>77</v>
+        <v>79.90000000000001</v>
       </c>
       <c r="E82">
-        <v>84.7</v>
+        <v>87.8</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83">
         <v>0</v>
       </c>
       <c r="C83">
-        <v>57.1</v>
+        <v>59</v>
       </c>
       <c r="D83">
-        <v>63.4</v>
+        <v>65.5</v>
       </c>
       <c r="E83">
-        <v>69.7</v>
+        <v>72</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>87</v>
       </c>
       <c r="B84">
         <v>0</v>
       </c>
       <c r="C84">
-        <v>96.3</v>
+        <v>95</v>
       </c>
       <c r="D84">
-        <v>107</v>
+        <v>105.5</v>
       </c>
       <c r="E84">
-        <v>117.7</v>
+        <v>116</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>88</v>
       </c>
       <c r="B85">
         <v>0</v>
       </c>
       <c r="C85">
-        <v>6.5</v>
+        <v>6.3</v>
       </c>
       <c r="D85">
-        <v>7.2</v>
+        <v>6.9</v>
       </c>
       <c r="E85">
-        <v>7.9</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>89</v>
       </c>
       <c r="B86">
         <v>0</v>
       </c>
       <c r="C86">
-        <v>9.9</v>
+        <v>8.9</v>
       </c>
       <c r="D86">
-        <v>11</v>
+        <v>9.800000000000001</v>
       </c>
       <c r="E86">
-        <v>12.1</v>
+        <v>10.7</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>90</v>
       </c>
       <c r="B87">
         <v>0</v>
       </c>
       <c r="C87">
         <v>6.2</v>
       </c>
       <c r="D87">
         <v>6.8</v>
       </c>
       <c r="E87">
         <v>7.4</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>91</v>
       </c>
       <c r="B88">
         <v>0</v>
       </c>
       <c r="C88">
         <v>998594</v>
       </c>
       <c r="D88">
         <v>1037500</v>
       </c>
       <c r="E88">
         <v>1076406</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>92</v>
       </c>
       <c r="B89">
         <v>0</v>
       </c>
       <c r="C89">
-        <v>36.4</v>
+        <v>39.6</v>
       </c>
       <c r="D89">
-        <v>40.4</v>
+        <v>44</v>
       </c>
       <c r="E89">
-        <v>44.4</v>
+        <v>48.4</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>93</v>
       </c>
       <c r="B90">
         <v>0</v>
       </c>
       <c r="C90">
-        <v>7.9</v>
+        <v>7.7</v>
       </c>
       <c r="D90">
-        <v>8.699999999999999</v>
+        <v>8.5</v>
       </c>
       <c r="E90">
-        <v>9.5</v>
+        <v>9.300000000000001</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91">
         <v>0</v>
       </c>
       <c r="C91">
-        <v>21.6</v>
+        <v>23.1</v>
       </c>
       <c r="D91">
-        <v>24</v>
+        <v>25.6</v>
       </c>
       <c r="E91">
-        <v>26.4</v>
+        <v>28.1</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>95</v>
       </c>
       <c r="B92">
         <v>0</v>
       </c>
       <c r="C92">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D92">
-        <v>75.5</v>
+        <v>80</v>
       </c>
       <c r="E92">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>96</v>
       </c>
       <c r="B93">
         <v>0</v>
       </c>
       <c r="C93">
-        <v>47.6</v>
+        <v>55.1</v>
       </c>
       <c r="D93">
-        <v>52.8</v>
+        <v>61.2</v>
       </c>
       <c r="E93">
-        <v>58</v>
+        <v>67.3</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>97</v>
       </c>
       <c r="B94">
         <v>0</v>
       </c>
       <c r="C94">
+        <v>2</v>
+      </c>
+      <c r="D94">
         <v>2.2</v>
       </c>
-      <c r="D94">
+      <c r="E94">
         <v>2.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.6</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>98</v>
       </c>
       <c r="B95">
         <v>0</v>
       </c>
       <c r="C95">
-        <v>45.5</v>
+        <v>44.1</v>
       </c>
       <c r="D95">
-        <v>50.5</v>
+        <v>49</v>
       </c>
       <c r="E95">
-        <v>55.5</v>
+        <v>53.9</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>99</v>
       </c>
       <c r="B96">
         <v>0</v>
       </c>
       <c r="C96">
-        <v>21.4</v>
+        <v>21.7</v>
       </c>
       <c r="D96">
-        <v>23.7</v>
+        <v>24.1</v>
       </c>
       <c r="E96">
-        <v>26</v>
+        <v>26.5</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>100</v>
       </c>
       <c r="B97">
         <v>0</v>
       </c>
       <c r="C97">
-        <v>17.6</v>
+        <v>17.7</v>
       </c>
       <c r="D97">
-        <v>19.5</v>
+        <v>19.6</v>
       </c>
       <c r="E97">
-        <v>21.4</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>101</v>
       </c>
       <c r="B98">
         <v>0</v>
       </c>
       <c r="C98">
-        <v>25.2</v>
+        <v>27.8</v>
       </c>
       <c r="D98">
-        <v>28</v>
+        <v>30.8</v>
       </c>
       <c r="E98">
-        <v>30.8</v>
+        <v>33.8</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>102</v>
       </c>
       <c r="B99">
         <v>0</v>
       </c>
       <c r="C99">
         <v>41.2</v>
       </c>
       <c r="D99">
         <v>45.7</v>
       </c>
       <c r="E99">
         <v>50.2</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>103</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
       <c r="C100">
-        <v>45.5</v>
+        <v>61.7</v>
       </c>
       <c r="D100">
-        <v>50.5</v>
+        <v>68.5</v>
       </c>
       <c r="E100">
-        <v>55.5</v>
+        <v>75.3</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>104</v>
       </c>
       <c r="B101">
         <v>0</v>
       </c>
       <c r="C101">
         <v>135.9</v>
       </c>
       <c r="D101">
         <v>150.9</v>
       </c>
       <c r="E101">
         <v>165.9</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>105</v>
       </c>
       <c r="B102">
         <v>0</v>
       </c>
       <c r="C102">
-        <v>17.1</v>
+        <v>15.3</v>
       </c>
       <c r="D102">
-        <v>19</v>
+        <v>16.9</v>
       </c>
       <c r="E102">
-        <v>20.9</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>106</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
       <c r="C103">
-        <v>32.8</v>
+        <v>31.7</v>
       </c>
       <c r="D103">
-        <v>36.4</v>
+        <v>35.2</v>
       </c>
       <c r="E103">
-        <v>40</v>
+        <v>38.7</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>107</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
       <c r="C104">
-        <v>28.8</v>
+        <v>31.7</v>
       </c>
       <c r="D104">
-        <v>31.9</v>
+        <v>35.2</v>
       </c>
       <c r="E104">
-        <v>35</v>
+        <v>38.7</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>108</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
       <c r="C105">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
       <c r="D105">
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="E105">
-        <v>7.1</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>109</v>
       </c>
       <c r="B106">
         <v>0</v>
       </c>
       <c r="C106">
         <v>4750</v>
       </c>
       <c r="D106">
         <v>5000</v>
       </c>
       <c r="E106">
         <v>5250</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>110</v>
       </c>
       <c r="B107">
         <v>0</v>
       </c>
       <c r="C107">
-        <v>64.8</v>
+        <v>59.5</v>
       </c>
       <c r="D107">
-        <v>72</v>
+        <v>66.09999999999999</v>
       </c>
       <c r="E107">
-        <v>79.2</v>
+        <v>72.7</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>111</v>
       </c>
       <c r="B108">
         <v>0</v>
       </c>
       <c r="C108">
-        <v>4.3</v>
+        <v>4.5</v>
       </c>
       <c r="D108">
-        <v>4.7</v>
+        <v>5</v>
       </c>
       <c r="E108">
-        <v>5.1</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>112</v>
       </c>
       <c r="B109">
         <v>0</v>
       </c>
       <c r="C109">
-        <v>18.1</v>
+        <v>18</v>
       </c>
       <c r="D109">
-        <v>20.1</v>
+        <v>20</v>
       </c>
       <c r="E109">
-        <v>22.1</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>113</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="C110">
-        <v>15.9</v>
+        <v>13.3</v>
       </c>
       <c r="D110">
-        <v>17.6</v>
+        <v>14.7</v>
       </c>
       <c r="E110">
-        <v>19.3</v>
+        <v>16.1</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>114</v>
       </c>
       <c r="B111">
         <v>0</v>
       </c>
       <c r="C111">
-        <v>18.7</v>
+        <v>18.8</v>
       </c>
       <c r="D111">
-        <v>20.7</v>
+        <v>20.8</v>
       </c>
       <c r="E111">
-        <v>22.7</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>115</v>
       </c>
       <c r="B112">
         <v>0</v>
       </c>
       <c r="C112">
-        <v>9.9</v>
+        <v>11.2</v>
       </c>
       <c r="D112">
-        <v>11</v>
+        <v>12.4</v>
       </c>
       <c r="E112">
-        <v>12.1</v>
+        <v>13.6</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>116</v>
       </c>
       <c r="B113">
         <v>0</v>
       </c>
       <c r="C113">
-        <v>31.3</v>
+        <v>33.7</v>
       </c>
       <c r="D113">
-        <v>34.7</v>
+        <v>37.4</v>
       </c>
       <c r="E113">
-        <v>38.1</v>
+        <v>41.1</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>117</v>
       </c>
       <c r="B114">
         <v>0</v>
       </c>
       <c r="C114">
-        <v>26.1</v>
+        <v>26</v>
       </c>
       <c r="D114">
-        <v>28.9</v>
+        <v>28.8</v>
       </c>
       <c r="E114">
-        <v>31.7</v>
+        <v>31.6</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>118</v>
       </c>
       <c r="B115">
         <v>0</v>
       </c>
       <c r="C115">
-        <v>26.8</v>
+        <v>24.3</v>
       </c>
       <c r="D115">
+        <v>27</v>
+      </c>
+      <c r="E115">
         <v>29.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>32.6</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>119</v>
       </c>
       <c r="B116">
         <v>0</v>
       </c>
       <c r="C116">
-        <v>7.7</v>
+        <v>7.5</v>
       </c>
       <c r="D116">
-        <v>8.5</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="E116">
-        <v>9.300000000000001</v>
+        <v>9.1</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>120</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
       <c r="C117">
         <v>9.199999999999999</v>
       </c>
       <c r="D117">
         <v>10.2</v>
       </c>
       <c r="E117">
         <v>11.2</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>121</v>
       </c>
       <c r="B118">
         <v>0</v>
       </c>
       <c r="C118">
-        <v>35.4</v>
+        <v>35.6</v>
       </c>
       <c r="D118">
-        <v>39.3</v>
+        <v>39.5</v>
       </c>
       <c r="E118">
-        <v>43.2</v>
+        <v>43.4</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>122</v>
       </c>
       <c r="B119">
         <v>0</v>
       </c>
       <c r="C119">
         <v>45.3</v>
       </c>
       <c r="D119">
         <v>50.3</v>
       </c>
       <c r="E119">
         <v>55.3</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>123</v>
       </c>
       <c r="B120">
         <v>0</v>
       </c>
       <c r="C120">
-        <v>16.1</v>
+        <v>18</v>
       </c>
       <c r="D120">
-        <v>17.8</v>
+        <v>19.9</v>
       </c>
       <c r="E120">
-        <v>19.5</v>
+        <v>21.8</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>124</v>
       </c>
       <c r="B121">
         <v>0</v>
       </c>
       <c r="C121">
-        <v>21.1</v>
+        <v>22.3</v>
       </c>
       <c r="D121">
-        <v>23.4</v>
+        <v>24.7</v>
       </c>
       <c r="E121">
-        <v>25.7</v>
+        <v>27.1</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>125</v>
       </c>
       <c r="B122">
         <v>0</v>
       </c>
       <c r="C122">
-        <v>3.4</v>
+        <v>2.7</v>
       </c>
       <c r="D122">
-        <v>3.7</v>
+        <v>3</v>
       </c>
       <c r="E122">
-        <v>4</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>126</v>
       </c>
       <c r="B123">
         <v>0</v>
       </c>
       <c r="C123">
+        <v>2.3</v>
+      </c>
+      <c r="D123">
         <v>2.5</v>
       </c>
-      <c r="D123">
+      <c r="E123">
         <v>2.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.9</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>127</v>
       </c>
       <c r="B124">
         <v>0</v>
       </c>
       <c r="C124">
         <v>108</v>
       </c>
       <c r="D124">
         <v>120</v>
       </c>
       <c r="E124">
         <v>132</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>128</v>
       </c>
       <c r="B125">
         <v>0</v>
       </c>
       <c r="C125">
-        <v>18</v>
+        <v>17.2</v>
       </c>
       <c r="D125">
-        <v>19.9</v>
+        <v>19.1</v>
       </c>
       <c r="E125">
-        <v>21.8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>129</v>
       </c>
       <c r="B126">
         <v>0</v>
       </c>
       <c r="C126">
-        <v>62.5</v>
+        <v>65.5</v>
       </c>
       <c r="D126">
-        <v>69.40000000000001</v>
+        <v>72.7</v>
       </c>
       <c r="E126">
-        <v>76.3</v>
+        <v>79.90000000000001</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>130</v>
       </c>
       <c r="B127">
         <v>0</v>
       </c>
       <c r="C127">
-        <v>25.7</v>
+        <v>25.9</v>
       </c>
       <c r="D127">
-        <v>28.5</v>
+        <v>28.7</v>
       </c>
       <c r="E127">
-        <v>31.3</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>131</v>
       </c>
       <c r="B128">
         <v>0</v>
       </c>
       <c r="C128">
-        <v>12.3</v>
+        <v>11</v>
       </c>
       <c r="D128">
-        <v>13.6</v>
+        <v>12.2</v>
       </c>
       <c r="E128">
-        <v>14.9</v>
+        <v>13.4</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>132</v>
       </c>
       <c r="B129">
         <v>0</v>
       </c>
       <c r="C129">
-        <v>44.6</v>
+        <v>46.8</v>
       </c>
       <c r="D129">
-        <v>49.5</v>
+        <v>51.9</v>
       </c>
       <c r="E129">
-        <v>54.4</v>
+        <v>57</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>133</v>
       </c>
       <c r="B130">
         <v>0</v>
       </c>
       <c r="C130">
-        <v>14.2</v>
+        <v>13.5</v>
       </c>
       <c r="D130">
-        <v>15.7</v>
+        <v>15</v>
       </c>
       <c r="E130">
-        <v>17.2</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>134</v>
       </c>
       <c r="B131">
         <v>0</v>
       </c>
       <c r="C131">
-        <v>21.8</v>
+        <v>19</v>
       </c>
       <c r="D131">
-        <v>24.2</v>
+        <v>21.1</v>
       </c>
       <c r="E131">
-        <v>26.6</v>
+        <v>23.2</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>135</v>
       </c>
       <c r="B132">
         <v>0</v>
       </c>
       <c r="C132">
-        <v>9.4</v>
+        <v>8.800000000000001</v>
       </c>
       <c r="D132">
-        <v>10.4</v>
+        <v>9.699999999999999</v>
       </c>
       <c r="E132">
-        <v>11.4</v>
+        <v>10.6</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>136</v>
       </c>
       <c r="B133">
         <v>0</v>
       </c>
       <c r="C133">
+        <v>2.7</v>
+      </c>
+      <c r="D133">
         <v>3</v>
       </c>
-      <c r="D133">
+      <c r="E133">
         <v>3.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.6</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>137</v>
       </c>
       <c r="B134">
         <v>0</v>
       </c>
       <c r="C134">
         <v>1.1</v>
       </c>
       <c r="D134">
         <v>1.2</v>
       </c>
       <c r="E134">
         <v>1.3</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>138</v>
       </c>
       <c r="B135">
         <v>0</v>
       </c>
       <c r="C135">
-        <v>13.5</v>
+        <v>12.7</v>
       </c>
       <c r="D135">
-        <v>15</v>
+        <v>14.1</v>
       </c>
       <c r="E135">
-        <v>16.5</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>139</v>
       </c>
       <c r="B136">
         <v>0</v>
       </c>
       <c r="C136">
+        <v>0.5</v>
+      </c>
+      <c r="D136">
         <v>0.55</v>
       </c>
-      <c r="D136">
+      <c r="E136">
         <v>0.61</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.67</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>140</v>
       </c>
       <c r="B137">
         <v>0</v>
       </c>
       <c r="C137">
         <v>18.3</v>
       </c>
       <c r="D137">
         <v>20.3</v>
       </c>
       <c r="E137">
         <v>22.3</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>141</v>
       </c>
       <c r="B138">
         <v>0</v>
       </c>
       <c r="C138">
-        <v>0.72</v>
+        <v>0.41</v>
       </c>
       <c r="D138">
-        <v>0.8</v>
+        <v>0.45</v>
       </c>
       <c r="E138">
-        <v>0.88</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>142</v>
       </c>
       <c r="B139">
         <v>0</v>
       </c>
       <c r="C139">
+        <v>2.4</v>
+      </c>
+      <c r="D139">
         <v>2.6</v>
       </c>
-      <c r="D139">
+      <c r="E139">
         <v>2.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>143</v>
       </c>
       <c r="B140">
         <v>0</v>
       </c>
       <c r="C140">
-        <v>17.1</v>
+        <v>17.4</v>
       </c>
       <c r="D140">
-        <v>19</v>
+        <v>19.3</v>
       </c>
       <c r="E140">
-        <v>20.9</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
         <v>144</v>
       </c>
       <c r="B141">
         <v>0</v>
       </c>
       <c r="C141">
-        <v>12.6</v>
+        <v>12.8</v>
       </c>
       <c r="D141">
-        <v>14</v>
+        <v>14.2</v>
       </c>
       <c r="E141">
-        <v>15.4</v>
+        <v>15.6</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
         <v>145</v>
       </c>
       <c r="B142">
         <v>0</v>
       </c>
       <c r="C142">
-        <v>344.5</v>
+        <v>380.6</v>
       </c>
       <c r="D142">
-        <v>377.5</v>
+        <v>417</v>
       </c>
       <c r="E142">
-        <v>410.5</v>
+        <v>453.4</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
         <v>146</v>
       </c>
       <c r="B143">
         <v>0</v>
       </c>
       <c r="C143">
-        <v>2.5</v>
+        <v>2</v>
       </c>
       <c r="D143">
-        <v>2.7</v>
+        <v>2.2</v>
       </c>
       <c r="E143">
-        <v>2.9</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
         <v>147</v>
       </c>
       <c r="B144">
         <v>0</v>
       </c>
       <c r="C144">
-        <v>12.3</v>
+        <v>12.5</v>
       </c>
       <c r="D144">
-        <v>13.6</v>
+        <v>13.8</v>
       </c>
       <c r="E144">
-        <v>14.9</v>
+        <v>15.1</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
         <v>148</v>
       </c>
       <c r="B145">
         <v>0</v>
       </c>
       <c r="C145">
-        <v>10.2</v>
+        <v>9.9</v>
       </c>
       <c r="D145">
-        <v>11.3</v>
+        <v>11</v>
       </c>
       <c r="E145">
-        <v>12.4</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
         <v>149</v>
       </c>
       <c r="B146">
         <v>0</v>
       </c>
       <c r="C146">
-        <v>9.9</v>
+        <v>8.6</v>
       </c>
       <c r="D146">
-        <v>11</v>
+        <v>9.5</v>
       </c>
       <c r="E146">
-        <v>12.1</v>
+        <v>10.4</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
         <v>150</v>
       </c>
       <c r="B147">
         <v>0</v>
       </c>
       <c r="C147">
-        <v>5.4</v>
+        <v>5.2</v>
       </c>
       <c r="D147">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E147">
-        <v>6.6</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
         <v>151</v>
       </c>
       <c r="B148">
         <v>0</v>
       </c>
       <c r="C148">
-        <v>22.3</v>
+        <v>23</v>
       </c>
       <c r="D148">
-        <v>24.7</v>
+        <v>25.5</v>
       </c>
       <c r="E148">
-        <v>27.1</v>
+        <v>28</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>152</v>
       </c>
       <c r="B149">
         <v>0</v>
       </c>
       <c r="C149">
         <v>2.1</v>
       </c>
       <c r="D149">
         <v>2.3</v>
       </c>
       <c r="E149">
         <v>2.5</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
         <v>153</v>
       </c>
       <c r="B150">
         <v>0</v>
       </c>
       <c r="C150">
-        <v>9.9</v>
+        <v>9.5</v>
       </c>
       <c r="D150">
-        <v>11</v>
+        <v>10.5</v>
       </c>
       <c r="E150">
-        <v>12.1</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
         <v>154</v>
       </c>
       <c r="B151">
         <v>0</v>
       </c>
       <c r="C151">
-        <v>20.4</v>
+        <v>17.6</v>
       </c>
       <c r="D151">
-        <v>22.6</v>
+        <v>19.5</v>
       </c>
       <c r="E151">
-        <v>24.8</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>155</v>
       </c>
       <c r="B152">
         <v>0</v>
       </c>
       <c r="C152">
+        <v>6.2</v>
+      </c>
+      <c r="D152">
         <v>6.8</v>
       </c>
-      <c r="D152">
-[...1 lines deleted...]
-      </c>
       <c r="E152">
-        <v>8.199999999999999</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>156</v>
       </c>
       <c r="B153">
         <v>0</v>
       </c>
       <c r="C153">
-        <v>24.3</v>
+        <v>25.2</v>
       </c>
       <c r="D153">
-        <v>26.9</v>
+        <v>27.9</v>
       </c>
       <c r="E153">
-        <v>29.5</v>
+        <v>30.6</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>157</v>
       </c>
       <c r="B154">
         <v>0</v>
       </c>
       <c r="C154">
-        <v>9</v>
+        <v>8.5</v>
       </c>
       <c r="D154">
-        <v>10</v>
+        <v>9.4</v>
       </c>
       <c r="E154">
-        <v>11</v>
+        <v>10.3</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>158</v>
       </c>
       <c r="B155">
         <v>0</v>
       </c>
       <c r="C155">
-        <v>236.6</v>
+        <v>229.5</v>
       </c>
       <c r="D155">
-        <v>259.2</v>
+        <v>251.5</v>
       </c>
       <c r="E155">
-        <v>281.8</v>
+        <v>273.5</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>159</v>
       </c>
       <c r="B156">
         <v>0</v>
       </c>
       <c r="C156">
-        <v>15.4</v>
+        <v>14.3</v>
       </c>
       <c r="D156">
-        <v>17.1</v>
+        <v>15.8</v>
       </c>
       <c r="E156">
-        <v>18.8</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
         <v>160</v>
       </c>
       <c r="B157">
         <v>0</v>
       </c>
       <c r="C157">
-        <v>427.1</v>
+        <v>481</v>
       </c>
       <c r="D157">
-        <v>468</v>
+        <v>520</v>
       </c>
       <c r="E157">
-        <v>508.9</v>
+        <v>559</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
         <v>161</v>
       </c>
       <c r="B158">
         <v>0</v>
       </c>
       <c r="C158">
-        <v>10.8</v>
+        <v>9.9</v>
       </c>
       <c r="D158">
-        <v>11.9</v>
+        <v>11</v>
       </c>
       <c r="E158">
-        <v>13</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
         <v>162</v>
       </c>
       <c r="B159">
         <v>0</v>
       </c>
       <c r="C159">
         <v>2.9</v>
       </c>
       <c r="D159">
         <v>3.2</v>
       </c>
       <c r="E159">
         <v>3.5</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
         <v>163</v>
       </c>
       <c r="B160">
         <v>0</v>
       </c>
       <c r="C160">
-        <v>48.2</v>
+        <v>52.4</v>
       </c>
       <c r="D160">
-        <v>53.5</v>
+        <v>58.2</v>
       </c>
       <c r="E160">
-        <v>58.8</v>
+        <v>64</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
         <v>164</v>
       </c>
       <c r="B161">
         <v>0</v>
       </c>
       <c r="C161">
-        <v>1.5</v>
+        <v>1.2</v>
       </c>
       <c r="D161">
-        <v>1.6</v>
+        <v>1.3</v>
       </c>
       <c r="E161">
-        <v>1.7</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
         <v>165</v>
       </c>
       <c r="B162">
         <v>0</v>
       </c>
       <c r="C162">
-        <v>59.8</v>
+        <v>65.59999999999999</v>
       </c>
       <c r="D162">
-        <v>66.40000000000001</v>
+        <v>72.8</v>
       </c>
       <c r="E162">
-        <v>73</v>
+        <v>80</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
         <v>166</v>
       </c>
       <c r="B163">
         <v>0</v>
       </c>
       <c r="C163">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="D163">
-        <v>120</v>
+        <v>109.9</v>
       </c>
       <c r="E163">
-        <v>132</v>
+        <v>120.8</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
         <v>167</v>
       </c>
       <c r="B164">
         <v>0</v>
       </c>
       <c r="C164">
-        <v>196.2</v>
+        <v>214.5</v>
       </c>
       <c r="D164">
-        <v>215</v>
+        <v>235</v>
       </c>
       <c r="E164">
-        <v>233.8</v>
+        <v>255.5</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
         <v>168</v>
       </c>
       <c r="B165">
         <v>0</v>
       </c>
       <c r="C165">
+        <v>5.5</v>
+      </c>
+      <c r="D165">
         <v>6.1</v>
       </c>
-      <c r="D165">
+      <c r="E165">
         <v>6.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>7.3</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
         <v>169</v>
       </c>
       <c r="B166">
         <v>0</v>
       </c>
       <c r="C166">
         <v>586.6</v>
       </c>
       <c r="D166">
         <v>651.7</v>
       </c>
       <c r="E166">
         <v>716.8</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
         <v>170</v>
       </c>
       <c r="B167">
         <v>0</v>
       </c>
       <c r="C167">
-        <v>18.1</v>
+        <v>15</v>
       </c>
       <c r="D167">
-        <v>20.1</v>
+        <v>16.6</v>
       </c>
       <c r="E167">
-        <v>22.1</v>
+        <v>18.2</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
         <v>171</v>
       </c>
       <c r="B168">
         <v>0</v>
       </c>
       <c r="C168">
         <v>34.4</v>
       </c>
       <c r="D168">
         <v>38.2</v>
       </c>
       <c r="E168">
         <v>42</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
         <v>172</v>
       </c>
       <c r="B169">
         <v>0</v>
@@ -5187,261 +5184,261 @@
     <row r="170" spans="1:5">
       <c r="A170" t="s">
         <v>173</v>
       </c>
       <c r="B170">
         <v>0</v>
       </c>
       <c r="C170">
         <v>573.5</v>
       </c>
       <c r="D170">
         <v>620</v>
       </c>
       <c r="E170">
         <v>666.5</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
         <v>174</v>
       </c>
       <c r="B171">
         <v>0</v>
       </c>
       <c r="C171">
-        <v>287.5</v>
+        <v>291.1</v>
       </c>
       <c r="D171">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E171">
-        <v>342.5</v>
+        <v>346.9</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
         <v>175</v>
       </c>
       <c r="B172">
         <v>0</v>
       </c>
       <c r="C172">
-        <v>10.4</v>
+        <v>10.6</v>
       </c>
       <c r="D172">
-        <v>11.5</v>
+        <v>11.7</v>
       </c>
       <c r="E172">
-        <v>12.6</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>176</v>
       </c>
       <c r="B173">
         <v>0</v>
       </c>
       <c r="C173">
+        <v>34.1</v>
+      </c>
+      <c r="D173">
         <v>37.8</v>
       </c>
-      <c r="D173">
-[...1 lines deleted...]
-      </c>
       <c r="E173">
-        <v>46.2</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>177</v>
       </c>
       <c r="B174">
         <v>0</v>
       </c>
       <c r="C174">
         <v>3.9</v>
       </c>
       <c r="D174">
         <v>4.3</v>
       </c>
       <c r="E174">
         <v>4.7</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>178</v>
       </c>
       <c r="B175">
         <v>0</v>
       </c>
       <c r="C175">
         <v>6.4</v>
       </c>
       <c r="D175">
         <v>7.1</v>
       </c>
       <c r="E175">
         <v>7.8</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
         <v>179</v>
       </c>
       <c r="B176">
         <v>0</v>
       </c>
       <c r="C176">
-        <v>4.6</v>
+        <v>5</v>
       </c>
       <c r="D176">
-        <v>5.1</v>
+        <v>5.5</v>
       </c>
       <c r="E176">
-        <v>5.6</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
         <v>180</v>
       </c>
       <c r="B177">
         <v>0</v>
       </c>
       <c r="C177">
-        <v>3.4</v>
+        <v>3.2</v>
       </c>
       <c r="D177">
-        <v>3.7</v>
+        <v>3.5</v>
       </c>
       <c r="E177">
-        <v>4</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
         <v>181</v>
       </c>
       <c r="B178">
         <v>0</v>
       </c>
       <c r="C178">
+        <v>4</v>
+      </c>
+      <c r="D178">
         <v>4.4</v>
       </c>
-      <c r="D178">
+      <c r="E178">
         <v>4.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>5.2</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
         <v>182</v>
       </c>
       <c r="B179">
         <v>0</v>
       </c>
       <c r="C179">
-        <v>20.8</v>
+        <v>21.1</v>
       </c>
       <c r="D179">
-        <v>23.1</v>
+        <v>23.4</v>
       </c>
       <c r="E179">
-        <v>25.4</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
         <v>183</v>
       </c>
       <c r="B180">
         <v>0</v>
       </c>
       <c r="C180">
-        <v>32</v>
+        <v>34.9</v>
       </c>
       <c r="D180">
-        <v>35.5</v>
+        <v>38.7</v>
       </c>
       <c r="E180">
-        <v>39</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
         <v>184</v>
       </c>
       <c r="B181">
         <v>0</v>
       </c>
       <c r="C181">
-        <v>21.1</v>
+        <v>18.9</v>
       </c>
       <c r="D181">
-        <v>23.4</v>
+        <v>20.9</v>
       </c>
       <c r="E181">
-        <v>25.7</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
         <v>185</v>
       </c>
       <c r="B182">
         <v>0</v>
       </c>
       <c r="C182">
-        <v>4</v>
+        <v>4.2</v>
       </c>
       <c r="D182">
-        <v>4.4</v>
+        <v>4.6</v>
       </c>
       <c r="E182">
-        <v>4.8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
         <v>186</v>
       </c>
       <c r="B183">
         <v>0</v>
       </c>
       <c r="C183">
+        <v>2.1</v>
+      </c>
+      <c r="D183">
+        <v>2.3</v>
+      </c>
+      <c r="E183">
         <v>2.5</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.9</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
         <v>187</v>
       </c>
       <c r="B184">
         <v>0</v>
       </c>
       <c r="C184">
         <v>5600430</v>
       </c>
       <c r="D184">
         <v>5895189</v>
       </c>
       <c r="E184">
         <v>6189948</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
         <v>188</v>
       </c>
       <c r="B185">
         <v>0</v>
@@ -5459,703 +5456,703 @@
     <row r="186" spans="1:5">
       <c r="A186" t="s">
         <v>189</v>
       </c>
       <c r="B186">
         <v>0</v>
       </c>
       <c r="C186">
         <v>3.5</v>
       </c>
       <c r="D186">
         <v>3.8</v>
       </c>
       <c r="E186">
         <v>4.1</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
         <v>190</v>
       </c>
       <c r="B187">
         <v>0</v>
       </c>
       <c r="C187">
-        <v>0.72</v>
+        <v>0.37</v>
       </c>
       <c r="D187">
-        <v>0.8</v>
+        <v>0.41</v>
       </c>
       <c r="E187">
-        <v>0.88</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
         <v>191</v>
       </c>
       <c r="B188">
         <v>0</v>
       </c>
       <c r="C188">
-        <v>61.1</v>
+        <v>58.5</v>
       </c>
       <c r="D188">
-        <v>67.8</v>
+        <v>65</v>
       </c>
       <c r="E188">
-        <v>74.5</v>
+        <v>71.5</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
         <v>192</v>
       </c>
       <c r="B189">
         <v>0</v>
       </c>
       <c r="C189">
-        <v>27.9</v>
+        <v>26.2</v>
       </c>
       <c r="D189">
-        <v>31</v>
+        <v>29.1</v>
       </c>
       <c r="E189">
-        <v>34.1</v>
+        <v>32</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
         <v>193</v>
       </c>
       <c r="B190">
         <v>0</v>
       </c>
       <c r="C190">
-        <v>18.9</v>
+        <v>17.4</v>
       </c>
       <c r="D190">
-        <v>21</v>
+        <v>19.3</v>
       </c>
       <c r="E190">
-        <v>23.1</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
         <v>194</v>
       </c>
       <c r="B191">
         <v>0</v>
       </c>
       <c r="C191">
-        <v>17</v>
+        <v>17.9</v>
       </c>
       <c r="D191">
-        <v>18.8</v>
+        <v>19.8</v>
       </c>
       <c r="E191">
-        <v>20.6</v>
+        <v>21.7</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
         <v>195</v>
       </c>
       <c r="B192">
         <v>32.28</v>
       </c>
       <c r="C192">
-        <v>32.3</v>
+        <v>32.8</v>
       </c>
       <c r="D192">
-        <v>33.2</v>
+        <v>36.4</v>
       </c>
       <c r="E192">
-        <v>36.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
         <v>196</v>
       </c>
       <c r="B193">
         <v>0</v>
       </c>
       <c r="C193">
-        <v>7.7</v>
+        <v>8.4</v>
       </c>
       <c r="D193">
-        <v>8.5</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E193">
-        <v>9.300000000000001</v>
+        <v>10.2</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>197</v>
       </c>
       <c r="B194">
         <v>0</v>
       </c>
       <c r="C194">
         <v>35.6</v>
       </c>
       <c r="D194">
         <v>39.5</v>
       </c>
       <c r="E194">
         <v>43.4</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
         <v>198</v>
       </c>
       <c r="B195">
         <v>0</v>
       </c>
       <c r="C195">
-        <v>79.09999999999999</v>
+        <v>69.8</v>
       </c>
       <c r="D195">
-        <v>87.8</v>
+        <v>77.5</v>
       </c>
       <c r="E195">
-        <v>96.5</v>
+        <v>85.2</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
         <v>199</v>
       </c>
       <c r="B196">
         <v>0</v>
       </c>
       <c r="C196">
-        <v>34.3</v>
+        <v>36</v>
       </c>
       <c r="D196">
-        <v>38.1</v>
+        <v>40</v>
       </c>
       <c r="E196">
-        <v>41.9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
         <v>200</v>
       </c>
       <c r="B197">
         <v>0</v>
       </c>
       <c r="C197">
-        <v>18.9</v>
+        <v>20</v>
       </c>
       <c r="D197">
-        <v>21</v>
+        <v>22.2</v>
       </c>
       <c r="E197">
-        <v>23.1</v>
+        <v>24.4</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
         <v>201</v>
       </c>
       <c r="B198">
         <v>0</v>
       </c>
       <c r="C198">
-        <v>166.1</v>
+        <v>152.1</v>
       </c>
       <c r="D198">
-        <v>184.5</v>
+        <v>169</v>
       </c>
       <c r="E198">
-        <v>202.9</v>
+        <v>185.9</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
         <v>202</v>
       </c>
       <c r="B199">
         <v>0</v>
       </c>
       <c r="C199">
         <v>21.6</v>
       </c>
       <c r="D199">
-        <v>23.9</v>
+        <v>24</v>
       </c>
       <c r="E199">
-        <v>26.2</v>
+        <v>26.4</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
         <v>203</v>
       </c>
       <c r="B200">
         <v>0</v>
       </c>
       <c r="C200">
-        <v>37.8</v>
+        <v>39.2</v>
       </c>
       <c r="D200">
-        <v>42</v>
+        <v>43.5</v>
       </c>
       <c r="E200">
-        <v>46.2</v>
+        <v>47.8</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
         <v>204</v>
       </c>
       <c r="B201">
         <v>0</v>
       </c>
       <c r="C201">
         <v>104.4</v>
       </c>
       <c r="D201">
         <v>116</v>
       </c>
       <c r="E201">
         <v>127.6</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
         <v>205</v>
       </c>
       <c r="B202">
         <v>0</v>
       </c>
       <c r="C202">
-        <v>400.6</v>
+        <v>354</v>
       </c>
       <c r="D202">
-        <v>439</v>
+        <v>387.9</v>
       </c>
       <c r="E202">
-        <v>477.4</v>
+        <v>421.8</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203" t="s">
         <v>206</v>
       </c>
       <c r="B203">
         <v>0</v>
       </c>
       <c r="C203">
-        <v>42.1</v>
+        <v>36.9</v>
       </c>
       <c r="D203">
-        <v>46.7</v>
+        <v>41</v>
       </c>
       <c r="E203">
-        <v>51.3</v>
+        <v>45.1</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204" t="s">
         <v>207</v>
       </c>
       <c r="B204">
         <v>0</v>
       </c>
       <c r="C204">
-        <v>5.8</v>
+        <v>8.699999999999999</v>
       </c>
       <c r="D204">
-        <v>6.4</v>
+        <v>9.6</v>
       </c>
       <c r="E204">
-        <v>7</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205" t="s">
         <v>208</v>
       </c>
       <c r="B205">
         <v>0</v>
       </c>
       <c r="C205">
-        <v>39.2</v>
+        <v>37.3</v>
       </c>
       <c r="D205">
-        <v>43.5</v>
+        <v>41.4</v>
       </c>
       <c r="E205">
-        <v>47.8</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206" t="s">
         <v>209</v>
       </c>
       <c r="B206">
         <v>0</v>
       </c>
       <c r="C206">
         <v>3.7</v>
       </c>
       <c r="D206">
         <v>4.1</v>
       </c>
       <c r="E206">
         <v>4.5</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207" t="s">
         <v>210</v>
       </c>
       <c r="B207">
         <v>0</v>
       </c>
       <c r="C207">
-        <v>7.6</v>
+        <v>10.8</v>
       </c>
       <c r="D207">
-        <v>8.4</v>
+        <v>11.9</v>
       </c>
       <c r="E207">
-        <v>9.199999999999999</v>
+        <v>13</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208" t="s">
         <v>211</v>
       </c>
       <c r="B208">
         <v>0</v>
       </c>
       <c r="C208">
         <v>469</v>
       </c>
       <c r="D208">
         <v>507</v>
       </c>
       <c r="E208">
         <v>545</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209" t="s">
         <v>212</v>
       </c>
       <c r="B209">
         <v>0</v>
       </c>
       <c r="C209">
-        <v>9</v>
+        <v>8.6</v>
       </c>
       <c r="D209">
-        <v>10</v>
+        <v>9.5</v>
       </c>
       <c r="E209">
-        <v>11</v>
+        <v>10.4</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210" t="s">
         <v>213</v>
       </c>
       <c r="B210">
         <v>0</v>
       </c>
       <c r="C210">
-        <v>14.3</v>
+        <v>12.6</v>
       </c>
       <c r="D210">
-        <v>15.8</v>
+        <v>13.9</v>
       </c>
       <c r="E210">
-        <v>17.3</v>
+        <v>15.2</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211" t="s">
         <v>214</v>
       </c>
       <c r="B211">
         <v>0</v>
       </c>
       <c r="C211">
-        <v>10.7</v>
+        <v>8.1</v>
       </c>
       <c r="D211">
-        <v>11.8</v>
+        <v>9</v>
       </c>
       <c r="E211">
-        <v>12.9</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212" t="s">
         <v>215</v>
       </c>
       <c r="B212">
         <v>0</v>
       </c>
       <c r="C212">
         <v>11.2</v>
       </c>
       <c r="D212">
         <v>12.4</v>
       </c>
       <c r="E212">
         <v>13.6</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213" t="s">
         <v>216</v>
       </c>
       <c r="B213">
         <v>0</v>
       </c>
       <c r="C213">
-        <v>54</v>
+        <v>50.4</v>
       </c>
       <c r="D213">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="E213">
-        <v>66</v>
+        <v>61.6</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214" t="s">
         <v>217</v>
       </c>
       <c r="B214">
         <v>0</v>
       </c>
       <c r="C214">
-        <v>43.3</v>
+        <v>43.2</v>
       </c>
       <c r="D214">
-        <v>48.1</v>
+        <v>48</v>
       </c>
       <c r="E214">
-        <v>52.9</v>
+        <v>52.8</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215" t="s">
         <v>218</v>
       </c>
       <c r="B215">
         <v>0</v>
       </c>
       <c r="C215">
         <v>621.6</v>
       </c>
       <c r="D215">
         <v>672</v>
       </c>
       <c r="E215">
         <v>722.4</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216" t="s">
         <v>219</v>
       </c>
       <c r="B216">
         <v>0</v>
       </c>
       <c r="C216">
-        <v>693.8</v>
+        <v>718.8</v>
       </c>
       <c r="D216">
-        <v>750</v>
+        <v>777</v>
       </c>
       <c r="E216">
-        <v>806.2</v>
+        <v>835.2</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217" t="s">
         <v>220</v>
       </c>
       <c r="B217">
         <v>0</v>
       </c>
       <c r="C217">
-        <v>59.9</v>
+        <v>64.2</v>
       </c>
       <c r="D217">
-        <v>66.5</v>
+        <v>71.3</v>
       </c>
       <c r="E217">
-        <v>73.09999999999999</v>
+        <v>78.40000000000001</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218" t="s">
         <v>221</v>
       </c>
       <c r="B218">
         <v>0</v>
       </c>
       <c r="C218">
-        <v>9</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="D218">
-        <v>10</v>
+        <v>9.199999999999999</v>
       </c>
       <c r="E218">
-        <v>11</v>
+        <v>10.1</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219" t="s">
         <v>222</v>
       </c>
       <c r="B219">
         <v>0</v>
       </c>
       <c r="C219">
         <v>2.7</v>
       </c>
       <c r="D219">
         <v>2.9</v>
       </c>
       <c r="E219">
         <v>3.1</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220" t="s">
         <v>223</v>
       </c>
       <c r="B220">
         <v>0</v>
       </c>
       <c r="C220">
-        <v>76.7</v>
+        <v>73</v>
       </c>
       <c r="D220">
-        <v>85.2</v>
+        <v>81.09999999999999</v>
       </c>
       <c r="E220">
-        <v>93.7</v>
+        <v>89.2</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221" t="s">
         <v>224</v>
       </c>
       <c r="B221">
         <v>0</v>
       </c>
       <c r="C221">
-        <v>4.2</v>
+        <v>4.3</v>
       </c>
       <c r="D221">
-        <v>4.6</v>
+        <v>4.7</v>
       </c>
       <c r="E221">
-        <v>5</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222" t="s">
         <v>225</v>
       </c>
       <c r="B222">
         <v>0</v>
       </c>
       <c r="C222">
-        <v>25.7</v>
+        <v>26.6</v>
       </c>
       <c r="D222">
-        <v>28.5</v>
+        <v>29.5</v>
       </c>
       <c r="E222">
-        <v>31.3</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223" t="s">
         <v>226</v>
       </c>
       <c r="B223">
         <v>0</v>
       </c>
       <c r="C223">
-        <v>12.6</v>
+        <v>18.7</v>
       </c>
       <c r="D223">
-        <v>14</v>
+        <v>20.7</v>
       </c>
       <c r="E223">
-        <v>15.4</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224" t="s">
         <v>227</v>
       </c>
       <c r="B224">
         <v>0</v>
       </c>
       <c r="C224">
-        <v>2579.3</v>
+        <v>2536.5</v>
       </c>
       <c r="D224">
-        <v>2715</v>
+        <v>2670</v>
       </c>
       <c r="E224">
-        <v>2850.7</v>
+        <v>2803.5</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225" t="s">
         <v>228</v>
       </c>
       <c r="B225">
         <v>0</v>
       </c>
       <c r="C225">
-        <v>3.7</v>
+        <v>5.3</v>
       </c>
       <c r="D225">
-        <v>4.1</v>
+        <v>5.8</v>
       </c>
       <c r="E225">
-        <v>4.5</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226" t="s">
         <v>229</v>
       </c>
       <c r="B226">
         <v>0</v>
       </c>
       <c r="C226">
         <v>42.8</v>
       </c>
       <c r="D226">
         <v>47.5</v>
       </c>
       <c r="E226">
         <v>52.2</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227" t="s">
         <v>230</v>
       </c>
       <c r="B227">
         <v>0</v>
@@ -6190,1893 +6187,1893 @@
     <row r="229" spans="1:5">
       <c r="A229" t="s">
         <v>232</v>
       </c>
       <c r="B229">
         <v>0</v>
       </c>
       <c r="C229">
         <v>27.9</v>
       </c>
       <c r="D229">
         <v>31</v>
       </c>
       <c r="E229">
         <v>34.1</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230" t="s">
         <v>233</v>
       </c>
       <c r="B230">
         <v>0</v>
       </c>
       <c r="C230">
-        <v>24.5</v>
+        <v>26.1</v>
       </c>
       <c r="D230">
-        <v>27.2</v>
+        <v>29</v>
       </c>
       <c r="E230">
-        <v>29.9</v>
+        <v>31.9</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231" t="s">
         <v>234</v>
       </c>
       <c r="B231">
         <v>0</v>
       </c>
       <c r="C231">
-        <v>45.1</v>
+        <v>47.7</v>
       </c>
       <c r="D231">
-        <v>50.1</v>
+        <v>53</v>
       </c>
       <c r="E231">
-        <v>55.1</v>
+        <v>58.3</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232" t="s">
         <v>235</v>
       </c>
       <c r="B232">
         <v>0</v>
       </c>
       <c r="C232">
-        <v>6.9</v>
+        <v>7.2</v>
       </c>
       <c r="D232">
-        <v>7.6</v>
+        <v>7.9</v>
       </c>
       <c r="E232">
-        <v>8.300000000000001</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233" t="s">
         <v>236</v>
       </c>
       <c r="B233">
         <v>0</v>
       </c>
       <c r="C233">
+        <v>21.1</v>
+      </c>
+      <c r="D233">
         <v>23.4</v>
       </c>
-      <c r="D233">
-[...1 lines deleted...]
-      </c>
       <c r="E233">
-        <v>28.6</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234" t="s">
         <v>237</v>
       </c>
       <c r="B234">
         <v>0</v>
       </c>
       <c r="C234">
-        <v>7.2</v>
+        <v>6.3</v>
       </c>
       <c r="D234">
-        <v>7.9</v>
+        <v>7</v>
       </c>
       <c r="E234">
-        <v>8.6</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235" t="s">
         <v>238</v>
       </c>
       <c r="B235">
         <v>0</v>
       </c>
       <c r="C235">
-        <v>12.2</v>
+        <v>12.8</v>
       </c>
       <c r="D235">
-        <v>13.5</v>
+        <v>14.2</v>
       </c>
       <c r="E235">
-        <v>14.8</v>
+        <v>15.6</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236" t="s">
         <v>239</v>
       </c>
       <c r="B236">
         <v>0</v>
       </c>
       <c r="C236">
-        <v>4.1</v>
+        <v>4.3</v>
       </c>
       <c r="D236">
-        <v>4.5</v>
+        <v>4.7</v>
       </c>
       <c r="E236">
-        <v>4.9</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237" t="s">
         <v>240</v>
       </c>
       <c r="B237">
         <v>0</v>
       </c>
       <c r="C237">
-        <v>15.2</v>
+        <v>15.3</v>
       </c>
       <c r="D237">
-        <v>16.8</v>
+        <v>17</v>
       </c>
       <c r="E237">
-        <v>18.4</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238" t="s">
         <v>241</v>
       </c>
       <c r="B238">
         <v>0</v>
       </c>
       <c r="C238">
-        <v>27.4</v>
+        <v>27</v>
       </c>
       <c r="D238">
-        <v>30.4</v>
+        <v>30</v>
       </c>
       <c r="E238">
-        <v>33.4</v>
+        <v>33</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239" t="s">
         <v>242</v>
       </c>
       <c r="B239">
         <v>0</v>
       </c>
       <c r="C239">
-        <v>25.4</v>
+        <v>24.3</v>
       </c>
       <c r="D239">
-        <v>28.2</v>
+        <v>27</v>
       </c>
       <c r="E239">
-        <v>31</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240" t="s">
         <v>243</v>
       </c>
       <c r="B240">
         <v>0</v>
       </c>
       <c r="C240">
-        <v>11.7</v>
+        <v>12.9</v>
       </c>
       <c r="D240">
-        <v>13</v>
+        <v>14.3</v>
       </c>
       <c r="E240">
-        <v>14.3</v>
+        <v>15.7</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241" t="s">
         <v>244</v>
       </c>
       <c r="B241">
         <v>0</v>
       </c>
       <c r="C241">
-        <v>78.7</v>
+        <v>78.40000000000001</v>
       </c>
       <c r="D241">
-        <v>87.40000000000001</v>
+        <v>87.09999999999999</v>
       </c>
       <c r="E241">
-        <v>96.09999999999999</v>
+        <v>95.8</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242" t="s">
         <v>245</v>
       </c>
       <c r="B242">
         <v>0</v>
       </c>
       <c r="C242">
         <v>52.1</v>
       </c>
       <c r="D242">
         <v>57.8</v>
       </c>
       <c r="E242">
         <v>63.5</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243" t="s">
         <v>246</v>
       </c>
       <c r="B243">
         <v>0</v>
       </c>
       <c r="C243">
+        <v>7.4</v>
+      </c>
+      <c r="D243">
         <v>8.199999999999999</v>
       </c>
-      <c r="D243">
-[...1 lines deleted...]
-      </c>
       <c r="E243">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244" t="s">
         <v>247</v>
       </c>
       <c r="B244">
         <v>0</v>
       </c>
       <c r="C244">
-        <v>73.5</v>
+        <v>72.09999999999999</v>
       </c>
       <c r="D244">
-        <v>81.59999999999999</v>
+        <v>80.09999999999999</v>
       </c>
       <c r="E244">
-        <v>89.7</v>
+        <v>88.09999999999999</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245" t="s">
         <v>248</v>
       </c>
       <c r="B245">
         <v>0</v>
       </c>
       <c r="C245">
-        <v>19.8</v>
+        <v>19.4</v>
       </c>
       <c r="D245">
-        <v>22</v>
+        <v>21.5</v>
       </c>
       <c r="E245">
-        <v>24.2</v>
+        <v>23.6</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246" t="s">
         <v>249</v>
       </c>
       <c r="B246">
         <v>0</v>
       </c>
       <c r="C246">
-        <v>81.90000000000001</v>
+        <v>87.5</v>
       </c>
       <c r="D246">
-        <v>91</v>
+        <v>97.2</v>
       </c>
       <c r="E246">
-        <v>100.1</v>
+        <v>106.9</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247" t="s">
         <v>250</v>
       </c>
       <c r="B247">
         <v>0</v>
       </c>
       <c r="C247">
-        <v>4.7</v>
+        <v>8.199999999999999</v>
       </c>
       <c r="D247">
-        <v>5.2</v>
+        <v>9.1</v>
       </c>
       <c r="E247">
-        <v>5.7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248" t="s">
         <v>251</v>
       </c>
       <c r="B248">
         <v>0</v>
       </c>
       <c r="C248">
-        <v>167.8</v>
+        <v>175.7</v>
       </c>
       <c r="D248">
-        <v>186.4</v>
+        <v>195.2</v>
       </c>
       <c r="E248">
-        <v>205</v>
+        <v>214.7</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249" t="s">
         <v>252</v>
       </c>
       <c r="B249">
         <v>0</v>
       </c>
       <c r="C249">
-        <v>10.8</v>
+        <v>12</v>
       </c>
       <c r="D249">
-        <v>12</v>
+        <v>13.3</v>
       </c>
       <c r="E249">
-        <v>13.2</v>
+        <v>14.6</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250" t="s">
         <v>253</v>
       </c>
       <c r="B250">
         <v>0</v>
       </c>
       <c r="C250">
         <v>962500</v>
       </c>
       <c r="D250">
         <v>1000000</v>
       </c>
       <c r="E250">
         <v>1037500</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251" t="s">
         <v>254</v>
       </c>
       <c r="B251">
         <v>0</v>
       </c>
       <c r="C251">
-        <v>15.8</v>
+        <v>16.2</v>
       </c>
       <c r="D251">
-        <v>17.5</v>
+        <v>18</v>
       </c>
       <c r="E251">
-        <v>19.2</v>
+        <v>19.8</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252" t="s">
         <v>255</v>
       </c>
       <c r="B252">
         <v>0</v>
       </c>
       <c r="C252">
         <v>72.09999999999999</v>
       </c>
       <c r="D252">
         <v>80.09999999999999</v>
       </c>
       <c r="E252">
         <v>88.09999999999999</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253" t="s">
         <v>256</v>
       </c>
       <c r="B253">
         <v>0</v>
       </c>
       <c r="C253">
-        <v>19.4</v>
+        <v>18.5</v>
       </c>
       <c r="D253">
-        <v>21.5</v>
+        <v>20.5</v>
       </c>
       <c r="E253">
-        <v>23.6</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254" t="s">
         <v>257</v>
       </c>
       <c r="B254">
         <v>0</v>
       </c>
       <c r="C254">
-        <v>43.5</v>
+        <v>46.3</v>
       </c>
       <c r="D254">
-        <v>48.3</v>
+        <v>51.4</v>
       </c>
       <c r="E254">
-        <v>53.1</v>
+        <v>56.5</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255" t="s">
         <v>258</v>
       </c>
       <c r="B255">
         <v>0</v>
       </c>
       <c r="C255">
-        <v>2.8</v>
+        <v>2.9</v>
       </c>
       <c r="D255">
-        <v>3.1</v>
+        <v>3.2</v>
       </c>
       <c r="E255">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256" t="s">
         <v>259</v>
       </c>
       <c r="B256">
         <v>0</v>
       </c>
       <c r="C256">
-        <v>10.6</v>
+        <v>11.1</v>
       </c>
       <c r="D256">
-        <v>11.7</v>
+        <v>12.3</v>
       </c>
       <c r="E256">
-        <v>12.8</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257" t="s">
         <v>260</v>
       </c>
       <c r="B257">
         <v>0</v>
       </c>
       <c r="C257">
         <v>4.1</v>
       </c>
       <c r="D257">
         <v>4.5</v>
       </c>
       <c r="E257">
         <v>4.9</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258" t="s">
         <v>261</v>
       </c>
       <c r="B258">
         <v>0</v>
       </c>
       <c r="C258">
-        <v>4.2</v>
+        <v>3.7</v>
       </c>
       <c r="D258">
-        <v>4.6</v>
+        <v>4.1</v>
       </c>
       <c r="E258">
-        <v>5</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259" t="s">
         <v>262</v>
       </c>
       <c r="B259">
         <v>0</v>
       </c>
       <c r="C259">
-        <v>12.4</v>
+        <v>12.1</v>
       </c>
       <c r="D259">
-        <v>13.7</v>
+        <v>13.4</v>
       </c>
       <c r="E259">
-        <v>15</v>
+        <v>14.7</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260" t="s">
         <v>263</v>
       </c>
       <c r="B260">
         <v>0</v>
       </c>
       <c r="C260">
-        <v>20.7</v>
+        <v>21.6</v>
       </c>
       <c r="D260">
-        <v>23</v>
+        <v>23.9</v>
       </c>
       <c r="E260">
-        <v>25.3</v>
+        <v>26.2</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261" t="s">
         <v>264</v>
       </c>
       <c r="B261">
         <v>0</v>
       </c>
       <c r="C261">
-        <v>15.5</v>
+        <v>24.4</v>
       </c>
       <c r="D261">
-        <v>17.2</v>
+        <v>27.1</v>
       </c>
       <c r="E261">
-        <v>18.9</v>
+        <v>29.8</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262" t="s">
         <v>265</v>
       </c>
       <c r="B262">
         <v>0</v>
       </c>
       <c r="C262">
         <v>24.3</v>
       </c>
       <c r="D262">
-        <v>26.9</v>
+        <v>27</v>
       </c>
       <c r="E262">
-        <v>29.5</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263" t="s">
         <v>266</v>
       </c>
       <c r="B263">
         <v>0</v>
       </c>
       <c r="C263">
-        <v>25.2</v>
+        <v>24.3</v>
       </c>
       <c r="D263">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="E263">
-        <v>30.8</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264" t="s">
         <v>267</v>
       </c>
       <c r="B264">
         <v>0</v>
       </c>
       <c r="C264">
-        <v>21.5</v>
+        <v>24.1</v>
       </c>
       <c r="D264">
-        <v>23.8</v>
+        <v>26.7</v>
       </c>
       <c r="E264">
-        <v>26.1</v>
+        <v>29.3</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265" t="s">
         <v>268</v>
       </c>
       <c r="B265">
         <v>0</v>
       </c>
       <c r="C265">
-        <v>5.6</v>
+        <v>6</v>
       </c>
       <c r="D265">
-        <v>6.2</v>
+        <v>6.6</v>
       </c>
       <c r="E265">
-        <v>6.8</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266" t="s">
         <v>269</v>
       </c>
       <c r="B266">
         <v>0</v>
       </c>
       <c r="C266">
-        <v>4.7</v>
+        <v>4.9</v>
       </c>
       <c r="D266">
-        <v>5.2</v>
+        <v>5.4</v>
       </c>
       <c r="E266">
-        <v>5.7</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267" t="s">
         <v>270</v>
       </c>
       <c r="B267">
         <v>0</v>
       </c>
       <c r="C267">
         <v>159.3</v>
       </c>
       <c r="D267">
         <v>177</v>
       </c>
       <c r="E267">
         <v>194.7</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268" t="s">
         <v>271</v>
       </c>
       <c r="B268">
         <v>0</v>
       </c>
       <c r="C268">
         <v>1.8</v>
       </c>
       <c r="D268">
         <v>2</v>
       </c>
       <c r="E268">
         <v>2.2</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269" t="s">
         <v>272</v>
       </c>
       <c r="B269">
         <v>0</v>
       </c>
       <c r="C269">
-        <v>4.8</v>
+        <v>4.9</v>
       </c>
       <c r="D269">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
       <c r="E269">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270" t="s">
         <v>273</v>
       </c>
       <c r="B270">
         <v>0</v>
       </c>
       <c r="C270">
-        <v>14.3</v>
+        <v>12.6</v>
       </c>
       <c r="D270">
-        <v>15.8</v>
+        <v>14</v>
       </c>
       <c r="E270">
-        <v>17.3</v>
+        <v>15.4</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271" t="s">
         <v>274</v>
       </c>
       <c r="B271">
         <v>0</v>
       </c>
       <c r="C271">
-        <v>126</v>
+        <v>126.9</v>
       </c>
       <c r="D271">
-        <v>140</v>
+        <v>140.9</v>
       </c>
       <c r="E271">
-        <v>154</v>
+        <v>154.9</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272" t="s">
         <v>275</v>
       </c>
       <c r="B272">
         <v>0</v>
       </c>
       <c r="C272">
         <v>6.3</v>
       </c>
       <c r="D272">
         <v>6.9</v>
       </c>
       <c r="E272">
         <v>7.5</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273" t="s">
         <v>276</v>
       </c>
       <c r="B273">
         <v>0</v>
       </c>
       <c r="C273">
-        <v>322.2</v>
+        <v>322.3</v>
       </c>
       <c r="D273">
-        <v>353</v>
+        <v>353.2</v>
       </c>
       <c r="E273">
-        <v>383.8</v>
+        <v>384.1</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274" t="s">
         <v>277</v>
       </c>
       <c r="B274">
         <v>0</v>
       </c>
       <c r="C274">
-        <v>25.8</v>
+        <v>25.2</v>
       </c>
       <c r="D274">
-        <v>28.6</v>
+        <v>28</v>
       </c>
       <c r="E274">
-        <v>31.4</v>
+        <v>30.8</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275" t="s">
         <v>278</v>
       </c>
       <c r="B275">
         <v>0</v>
       </c>
       <c r="C275">
-        <v>7.4</v>
+        <v>9.1</v>
       </c>
       <c r="D275">
-        <v>8.199999999999999</v>
+        <v>10.1</v>
       </c>
       <c r="E275">
-        <v>9</v>
+        <v>11.1</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276" t="s">
         <v>279</v>
       </c>
       <c r="B276">
         <v>0</v>
       </c>
       <c r="C276">
         <v>15.3</v>
       </c>
       <c r="D276">
         <v>17</v>
       </c>
       <c r="E276">
         <v>18.7</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277" t="s">
         <v>280</v>
       </c>
       <c r="B277">
         <v>0</v>
       </c>
       <c r="C277">
-        <v>153</v>
+        <v>152.1</v>
       </c>
       <c r="D277">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E277">
-        <v>187</v>
+        <v>185.9</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278" t="s">
         <v>281</v>
       </c>
       <c r="B278">
         <v>0</v>
       </c>
       <c r="C278">
-        <v>40.9</v>
+        <v>43.6</v>
       </c>
       <c r="D278">
-        <v>45.4</v>
+        <v>48.4</v>
       </c>
       <c r="E278">
-        <v>49.9</v>
+        <v>53.2</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279" t="s">
         <v>282</v>
       </c>
       <c r="B279">
         <v>0</v>
       </c>
       <c r="C279">
         <v>4750</v>
       </c>
       <c r="D279">
         <v>5000</v>
       </c>
       <c r="E279">
         <v>5250</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280" t="s">
         <v>283</v>
       </c>
       <c r="B280">
         <v>0</v>
       </c>
       <c r="C280">
-        <v>4.1</v>
+        <v>4</v>
       </c>
       <c r="D280">
-        <v>4.5</v>
+        <v>4.4</v>
       </c>
       <c r="E280">
-        <v>4.9</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281" t="s">
         <v>284</v>
       </c>
       <c r="B281">
         <v>0</v>
       </c>
       <c r="C281">
-        <v>15.4</v>
+        <v>17.4</v>
       </c>
       <c r="D281">
-        <v>17.1</v>
+        <v>19.3</v>
       </c>
       <c r="E281">
-        <v>18.8</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282" t="s">
         <v>285</v>
       </c>
       <c r="B282">
         <v>0</v>
       </c>
       <c r="C282">
-        <v>33.1</v>
+        <v>33.4</v>
       </c>
       <c r="D282">
-        <v>36.7</v>
+        <v>37.1</v>
       </c>
       <c r="E282">
-        <v>40.3</v>
+        <v>40.8</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283" t="s">
         <v>286</v>
       </c>
       <c r="B283">
         <v>0</v>
       </c>
       <c r="C283">
         <v>4.5</v>
       </c>
       <c r="D283">
         <v>4.9</v>
       </c>
       <c r="E283">
         <v>5.3</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284" t="s">
         <v>287</v>
       </c>
       <c r="B284">
         <v>0</v>
       </c>
       <c r="C284">
-        <v>23.5</v>
+        <v>25.2</v>
       </c>
       <c r="D284">
-        <v>26.1</v>
+        <v>27.9</v>
       </c>
       <c r="E284">
-        <v>28.7</v>
+        <v>30.6</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285" t="s">
         <v>288</v>
       </c>
       <c r="B285">
         <v>0</v>
       </c>
       <c r="C285">
-        <v>2.3</v>
+        <v>2.5</v>
       </c>
       <c r="D285">
-        <v>2.5</v>
+        <v>2.7</v>
       </c>
       <c r="E285">
-        <v>2.7</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286" t="s">
         <v>289</v>
       </c>
       <c r="B286">
         <v>0</v>
       </c>
       <c r="C286">
-        <v>2.3</v>
+        <v>2</v>
       </c>
       <c r="D286">
-        <v>2.5</v>
+        <v>2.2</v>
       </c>
       <c r="E286">
-        <v>2.7</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287" t="s">
         <v>290</v>
       </c>
       <c r="B287">
         <v>0</v>
       </c>
       <c r="C287">
-        <v>43.4</v>
+        <v>44.6</v>
       </c>
       <c r="D287">
-        <v>48.2</v>
+        <v>49.5</v>
       </c>
       <c r="E287">
-        <v>53</v>
+        <v>54.4</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288" t="s">
         <v>291</v>
       </c>
       <c r="B288">
         <v>0</v>
       </c>
       <c r="C288">
+        <v>0.45</v>
+      </c>
+      <c r="D288">
         <v>0.5</v>
       </c>
-      <c r="D288">
+      <c r="E288">
         <v>0.55</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.61</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289" t="s">
         <v>292</v>
       </c>
       <c r="B289">
         <v>0</v>
       </c>
       <c r="C289">
+        <v>2</v>
+      </c>
+      <c r="D289">
         <v>2.2</v>
       </c>
-      <c r="D289">
+      <c r="E289">
         <v>2.4</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.6</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290" t="s">
         <v>293</v>
       </c>
       <c r="B290">
         <v>0</v>
       </c>
       <c r="C290">
         <v>36.3</v>
       </c>
       <c r="D290">
         <v>40.3</v>
       </c>
       <c r="E290">
         <v>44.3</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291" t="s">
         <v>294</v>
       </c>
       <c r="B291">
         <v>0</v>
       </c>
       <c r="C291">
-        <v>25.6</v>
+        <v>24.3</v>
       </c>
       <c r="D291">
-        <v>28.4</v>
+        <v>27</v>
       </c>
       <c r="E291">
-        <v>31.2</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292" t="s">
         <v>295</v>
       </c>
       <c r="B292">
         <v>0</v>
       </c>
       <c r="C292">
-        <v>65.7</v>
+        <v>63.8</v>
       </c>
       <c r="D292">
-        <v>72.90000000000001</v>
+        <v>70.8</v>
       </c>
       <c r="E292">
-        <v>80.09999999999999</v>
+        <v>77.8</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293" t="s">
         <v>296</v>
       </c>
       <c r="B293">
         <v>0</v>
       </c>
       <c r="C293">
-        <v>136.8</v>
+        <v>146.6</v>
       </c>
       <c r="D293">
-        <v>152</v>
+        <v>162.8</v>
       </c>
       <c r="E293">
-        <v>167.2</v>
+        <v>179</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294" t="s">
         <v>297</v>
       </c>
       <c r="B294">
         <v>0</v>
       </c>
       <c r="C294">
         <v>4750</v>
       </c>
       <c r="D294">
         <v>5000</v>
       </c>
       <c r="E294">
         <v>5250</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295" t="s">
         <v>298</v>
       </c>
       <c r="B295">
         <v>0</v>
       </c>
       <c r="C295">
-        <v>3.6</v>
+        <v>3.7</v>
       </c>
       <c r="D295">
-        <v>4</v>
+        <v>4.1</v>
       </c>
       <c r="E295">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296" t="s">
         <v>299</v>
       </c>
       <c r="B296">
         <v>0</v>
       </c>
       <c r="C296">
-        <v>36.9</v>
+        <v>35.9</v>
       </c>
       <c r="D296">
-        <v>41</v>
+        <v>39.8</v>
       </c>
       <c r="E296">
-        <v>45.1</v>
+        <v>43.7</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297" t="s">
         <v>300</v>
       </c>
       <c r="B297">
         <v>0</v>
       </c>
       <c r="C297">
-        <v>0.66</v>
+        <v>0.36</v>
       </c>
       <c r="D297">
-        <v>0.73</v>
+        <v>0.4</v>
       </c>
       <c r="E297">
-        <v>0.8</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298" t="s">
         <v>301</v>
       </c>
       <c r="B298">
         <v>0</v>
       </c>
       <c r="C298">
-        <v>3.6</v>
+        <v>4.4</v>
       </c>
       <c r="D298">
-        <v>4</v>
+        <v>4.8</v>
       </c>
       <c r="E298">
-        <v>4.4</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299" t="s">
         <v>302</v>
       </c>
       <c r="B299">
         <v>0</v>
       </c>
       <c r="C299">
-        <v>26.1</v>
+        <v>27.7</v>
       </c>
       <c r="D299">
-        <v>29</v>
+        <v>30.7</v>
       </c>
       <c r="E299">
-        <v>31.9</v>
+        <v>33.7</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300" t="s">
         <v>303</v>
       </c>
       <c r="B300">
         <v>0</v>
       </c>
       <c r="C300">
-        <v>1.1</v>
+        <v>0.73</v>
       </c>
       <c r="D300">
-        <v>1.2</v>
+        <v>0.8100000000000001</v>
       </c>
       <c r="E300">
-        <v>1.3</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301" t="s">
         <v>304</v>
       </c>
       <c r="B301">
         <v>0</v>
       </c>
       <c r="C301">
-        <v>27.5</v>
+        <v>30.2</v>
       </c>
       <c r="D301">
-        <v>30.5</v>
+        <v>33.5</v>
       </c>
       <c r="E301">
-        <v>33.5</v>
+        <v>36.8</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302" t="s">
         <v>305</v>
       </c>
       <c r="B302">
         <v>0</v>
       </c>
       <c r="C302">
         <v>26.6</v>
       </c>
       <c r="D302">
         <v>29.5</v>
       </c>
       <c r="E302">
         <v>32.4</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303" t="s">
         <v>306</v>
       </c>
       <c r="B303">
         <v>0</v>
       </c>
       <c r="C303">
         <v>11.7</v>
       </c>
       <c r="D303">
         <v>13</v>
       </c>
       <c r="E303">
         <v>14.3</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304" t="s">
         <v>307</v>
       </c>
       <c r="B304">
         <v>0</v>
       </c>
       <c r="C304">
-        <v>36</v>
+        <v>43.2</v>
       </c>
       <c r="D304">
-        <v>40</v>
+        <v>47.9</v>
       </c>
       <c r="E304">
-        <v>44</v>
+        <v>52.6</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305" t="s">
         <v>308</v>
       </c>
       <c r="B305">
         <v>0</v>
       </c>
       <c r="C305">
-        <v>26.8</v>
+        <v>27.9</v>
       </c>
       <c r="D305">
-        <v>29.7</v>
+        <v>30.9</v>
       </c>
       <c r="E305">
-        <v>32.6</v>
+        <v>33.9</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306" t="s">
         <v>309</v>
       </c>
       <c r="B306">
         <v>0</v>
       </c>
       <c r="C306">
-        <v>44.9</v>
+        <v>48</v>
       </c>
       <c r="D306">
-        <v>49.8</v>
+        <v>53.3</v>
       </c>
       <c r="E306">
-        <v>54.7</v>
+        <v>58.6</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307" t="s">
         <v>310</v>
       </c>
       <c r="B307">
         <v>0</v>
       </c>
       <c r="C307">
-        <v>26.6</v>
+        <v>33.8</v>
       </c>
       <c r="D307">
-        <v>29.5</v>
+        <v>37.5</v>
       </c>
       <c r="E307">
-        <v>32.4</v>
+        <v>41.2</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308" t="s">
         <v>311</v>
       </c>
       <c r="B308">
         <v>0</v>
       </c>
       <c r="C308">
-        <v>38.7</v>
+        <v>36</v>
       </c>
       <c r="D308">
-        <v>42.9</v>
+        <v>40</v>
       </c>
       <c r="E308">
-        <v>47.1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309" t="s">
         <v>312</v>
       </c>
       <c r="B309">
         <v>0</v>
       </c>
       <c r="C309">
-        <v>10.7</v>
+        <v>10.4</v>
       </c>
       <c r="D309">
-        <v>11.8</v>
+        <v>11.5</v>
       </c>
       <c r="E309">
-        <v>12.9</v>
+        <v>12.6</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310" t="s">
         <v>313</v>
       </c>
       <c r="B310">
         <v>0</v>
       </c>
       <c r="C310">
         <v>126</v>
       </c>
       <c r="D310">
         <v>140</v>
       </c>
       <c r="E310">
         <v>154</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311" t="s">
         <v>314</v>
       </c>
       <c r="B311">
         <v>0</v>
       </c>
       <c r="C311">
-        <v>19.9</v>
+        <v>20.5</v>
       </c>
       <c r="D311">
-        <v>22.1</v>
+        <v>22.7</v>
       </c>
       <c r="E311">
-        <v>24.3</v>
+        <v>24.9</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312" t="s">
         <v>315</v>
       </c>
       <c r="B312">
         <v>0</v>
       </c>
       <c r="C312">
-        <v>138.9</v>
+        <v>130.5</v>
       </c>
       <c r="D312">
-        <v>154.3</v>
+        <v>145</v>
       </c>
       <c r="E312">
-        <v>169.7</v>
+        <v>159.5</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313" t="s">
         <v>316</v>
       </c>
       <c r="B313">
         <v>0</v>
       </c>
       <c r="C313">
-        <v>17.7</v>
+        <v>18.7</v>
       </c>
       <c r="D313">
-        <v>19.6</v>
+        <v>20.7</v>
       </c>
       <c r="E313">
-        <v>21.5</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314" t="s">
         <v>317</v>
       </c>
       <c r="B314">
         <v>0</v>
       </c>
       <c r="C314">
         <v>3164.7</v>
       </c>
       <c r="D314">
         <v>3331.2</v>
       </c>
       <c r="E314">
         <v>3497.7</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315" t="s">
         <v>318</v>
       </c>
       <c r="B315">
         <v>0</v>
       </c>
       <c r="C315">
-        <v>2.4</v>
+        <v>3.6</v>
       </c>
       <c r="D315">
-        <v>2.6</v>
+        <v>3.9</v>
       </c>
       <c r="E315">
-        <v>2.8</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316" t="s">
         <v>319</v>
       </c>
       <c r="B316">
         <v>0</v>
       </c>
       <c r="C316">
-        <v>11.4</v>
+        <v>14.6</v>
       </c>
       <c r="D316">
-        <v>12.6</v>
+        <v>16.2</v>
       </c>
       <c r="E316">
-        <v>13.8</v>
+        <v>17.8</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317" t="s">
         <v>320</v>
       </c>
       <c r="B317">
         <v>0</v>
       </c>
       <c r="C317">
         <v>52.4</v>
       </c>
       <c r="D317">
         <v>58.2</v>
       </c>
       <c r="E317">
         <v>64</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318" t="s">
         <v>321</v>
       </c>
       <c r="B318">
         <v>0</v>
       </c>
       <c r="C318">
-        <v>22.6</v>
+        <v>25.7</v>
       </c>
       <c r="D318">
-        <v>25.1</v>
+        <v>28.5</v>
       </c>
       <c r="E318">
-        <v>27.6</v>
+        <v>31.3</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319" t="s">
         <v>322</v>
       </c>
       <c r="B319">
         <v>0</v>
       </c>
       <c r="C319">
+        <v>2.6</v>
+      </c>
+      <c r="D319">
         <v>2.8</v>
       </c>
-      <c r="D319">
-[...1 lines deleted...]
-      </c>
       <c r="E319">
-        <v>3.4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320" t="s">
         <v>323</v>
       </c>
       <c r="B320">
         <v>0</v>
       </c>
       <c r="C320">
-        <v>25.2</v>
+        <v>26.2</v>
       </c>
       <c r="D320">
-        <v>27.9</v>
+        <v>29.1</v>
       </c>
       <c r="E320">
-        <v>30.6</v>
+        <v>32</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321" t="s">
         <v>324</v>
       </c>
       <c r="B321">
         <v>0</v>
       </c>
       <c r="C321">
-        <v>5.1</v>
+        <v>6.1</v>
       </c>
       <c r="D321">
-        <v>5.6</v>
+        <v>6.7</v>
       </c>
       <c r="E321">
-        <v>6.1</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322" t="s">
         <v>325</v>
       </c>
       <c r="B322">
         <v>0</v>
       </c>
       <c r="C322">
-        <v>32.3</v>
+        <v>32</v>
       </c>
       <c r="D322">
-        <v>35.8</v>
+        <v>35.5</v>
       </c>
       <c r="E322">
-        <v>39.3</v>
+        <v>39</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323" t="s">
         <v>326</v>
       </c>
       <c r="B323">
         <v>0</v>
       </c>
       <c r="C323">
-        <v>15.3</v>
+        <v>17.6</v>
       </c>
       <c r="D323">
-        <v>17</v>
+        <v>19.5</v>
       </c>
       <c r="E323">
-        <v>18.7</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324" t="s">
         <v>327</v>
       </c>
       <c r="B324">
         <v>0</v>
       </c>
       <c r="C324">
-        <v>19.2</v>
+        <v>19.8</v>
       </c>
       <c r="D324">
-        <v>21.3</v>
+        <v>22</v>
       </c>
       <c r="E324">
-        <v>23.4</v>
+        <v>24.2</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325" t="s">
         <v>328</v>
       </c>
       <c r="B325">
         <v>0</v>
       </c>
       <c r="C325">
-        <v>74.7</v>
+        <v>73.7</v>
       </c>
       <c r="D325">
-        <v>83</v>
+        <v>81.8</v>
       </c>
       <c r="E325">
-        <v>91.3</v>
+        <v>89.90000000000001</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326" t="s">
         <v>329</v>
       </c>
       <c r="B326">
         <v>0</v>
       </c>
       <c r="C326">
-        <v>61.4</v>
+        <v>57.6</v>
       </c>
       <c r="D326">
-        <v>102.3</v>
+        <v>64</v>
       </c>
       <c r="E326">
-        <v>75</v>
+        <v>70.40000000000001</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327" t="s">
         <v>330</v>
       </c>
       <c r="B327">
         <v>0</v>
       </c>
       <c r="C327">
-        <v>11.1</v>
+        <v>11.7</v>
       </c>
       <c r="D327">
-        <v>12.3</v>
+        <v>13</v>
       </c>
       <c r="E327">
-        <v>13.5</v>
+        <v>14.3</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328" t="s">
         <v>331</v>
       </c>
       <c r="B328">
         <v>0</v>
       </c>
       <c r="C328">
         <v>4.5</v>
       </c>
       <c r="D328">
         <v>5</v>
       </c>
       <c r="E328">
         <v>5.5</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329" t="s">
         <v>332</v>
       </c>
       <c r="B329">
         <v>0</v>
       </c>
       <c r="C329">
-        <v>17.2</v>
+        <v>17.6</v>
       </c>
       <c r="D329">
-        <v>19.1</v>
+        <v>19.5</v>
       </c>
       <c r="E329">
-        <v>21</v>
+        <v>21.4</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330" t="s">
         <v>333</v>
       </c>
       <c r="B330">
         <v>0</v>
       </c>
       <c r="C330">
-        <v>14.5</v>
+        <v>18</v>
       </c>
       <c r="D330">
-        <v>16.1</v>
+        <v>19.9</v>
       </c>
       <c r="E330">
-        <v>17.7</v>
+        <v>21.8</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331" t="s">
         <v>334</v>
       </c>
       <c r="B331">
         <v>0</v>
       </c>
       <c r="C331">
-        <v>14.1</v>
+        <v>11.9</v>
       </c>
       <c r="D331">
-        <v>15.6</v>
+        <v>13.2</v>
       </c>
       <c r="E331">
-        <v>17.1</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332" t="s">
         <v>335</v>
       </c>
       <c r="B332">
         <v>0</v>
       </c>
       <c r="C332">
-        <v>27.8</v>
+        <v>27</v>
       </c>
       <c r="D332">
-        <v>30.8</v>
+        <v>29.9</v>
       </c>
       <c r="E332">
-        <v>33.8</v>
+        <v>32.8</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333" t="s">
         <v>336</v>
       </c>
       <c r="B333">
         <v>0</v>
       </c>
       <c r="C333">
-        <v>85.7</v>
+        <v>83.7</v>
       </c>
       <c r="D333">
-        <v>95.2</v>
+        <v>93</v>
       </c>
       <c r="E333">
-        <v>104.7</v>
+        <v>102.3</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334" t="s">
         <v>337</v>
       </c>
       <c r="B334">
         <v>0</v>
       </c>
       <c r="C334">
-        <v>64.8</v>
+        <v>63</v>
       </c>
       <c r="D334">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E334">
-        <v>79.2</v>
+        <v>77</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335" t="s">
         <v>338</v>
       </c>
       <c r="B335">
         <v>0</v>
       </c>
       <c r="C335">
         <v>17.1</v>
       </c>
       <c r="D335">
         <v>19</v>
       </c>
       <c r="E335">
         <v>20.9</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336" t="s">
         <v>339</v>
       </c>
       <c r="B336">
         <v>0</v>
       </c>
       <c r="C336">
-        <v>37.9</v>
+        <v>39.6</v>
       </c>
       <c r="D336">
-        <v>42.1</v>
+        <v>43.9</v>
       </c>
       <c r="E336">
-        <v>46.3</v>
+        <v>48.2</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337" t="s">
         <v>340</v>
       </c>
       <c r="B337">
         <v>0</v>
       </c>
       <c r="C337">
-        <v>5.4</v>
+        <v>5.6</v>
       </c>
       <c r="D337">
-        <v>5.9</v>
+        <v>6.2</v>
       </c>
       <c r="E337">
-        <v>6.4</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338" t="s">
         <v>341</v>
       </c>
       <c r="B338">
         <v>0</v>
       </c>
       <c r="C338">
-        <v>29</v>
+        <v>28.8</v>
       </c>
       <c r="D338">
-        <v>32.2</v>
+        <v>32</v>
       </c>
       <c r="E338">
-        <v>35.4</v>
+        <v>35.2</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339" t="s">
         <v>342</v>
       </c>
       <c r="B339">
         <v>0</v>
       </c>
       <c r="C339">
         <v>4750</v>
       </c>
       <c r="D339">
         <v>5000</v>
       </c>
       <c r="E339">
         <v>5250</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340" t="s">
         <v>343</v>
       </c>
       <c r="B340">
         <v>0</v>
@@ -8111,4987 +8108,4970 @@
     <row r="342" spans="1:5">
       <c r="A342" t="s">
         <v>345</v>
       </c>
       <c r="B342">
         <v>0</v>
       </c>
       <c r="C342">
         <v>7.2</v>
       </c>
       <c r="D342">
         <v>8</v>
       </c>
       <c r="E342">
         <v>8.800000000000001</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343" t="s">
         <v>346</v>
       </c>
       <c r="B343">
         <v>0</v>
       </c>
       <c r="C343">
-        <v>14.7</v>
+        <v>15.3</v>
       </c>
       <c r="D343">
-        <v>16.3</v>
+        <v>17</v>
       </c>
       <c r="E343">
-        <v>17.9</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344" t="s">
         <v>347</v>
       </c>
       <c r="B344">
         <v>0</v>
       </c>
       <c r="C344">
-        <v>11.6</v>
+        <v>11.3</v>
       </c>
       <c r="D344">
-        <v>12.8</v>
+        <v>12.5</v>
       </c>
       <c r="E344">
-        <v>14</v>
+        <v>13.7</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345" t="s">
         <v>348</v>
       </c>
       <c r="B345">
         <v>0</v>
       </c>
       <c r="C345">
-        <v>15</v>
+        <v>14.7</v>
       </c>
       <c r="D345">
-        <v>16.6</v>
+        <v>16.3</v>
       </c>
       <c r="E345">
-        <v>18.2</v>
+        <v>17.9</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346" t="s">
         <v>349</v>
       </c>
       <c r="B346">
         <v>0</v>
       </c>
       <c r="C346">
-        <v>11.9</v>
+        <v>11.4</v>
       </c>
       <c r="D346">
-        <v>13.2</v>
+        <v>12.6</v>
       </c>
       <c r="E346">
-        <v>14.5</v>
+        <v>13.8</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347" t="s">
         <v>350</v>
       </c>
       <c r="B347">
         <v>0</v>
       </c>
       <c r="C347">
-        <v>4</v>
+        <v>4.4</v>
       </c>
       <c r="D347">
-        <v>4.4</v>
+        <v>4.8</v>
       </c>
       <c r="E347">
-        <v>4.8</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348" t="s">
         <v>351</v>
       </c>
       <c r="B348">
         <v>0</v>
       </c>
       <c r="C348">
-        <v>16.8</v>
+        <v>18.2</v>
       </c>
       <c r="D348">
-        <v>18.6</v>
+        <v>20.2</v>
       </c>
       <c r="E348">
-        <v>20.4</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349" t="s">
         <v>352</v>
       </c>
       <c r="B349">
         <v>0</v>
       </c>
       <c r="C349">
-        <v>11.7</v>
+        <v>12.2</v>
       </c>
       <c r="D349">
-        <v>13</v>
+        <v>13.5</v>
       </c>
       <c r="E349">
-        <v>14.3</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350" t="s">
         <v>353</v>
       </c>
       <c r="B350">
         <v>0</v>
       </c>
       <c r="C350">
-        <v>7.9</v>
+        <v>8.1</v>
       </c>
       <c r="D350">
-        <v>8.699999999999999</v>
+        <v>9</v>
       </c>
       <c r="E350">
-        <v>9.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351" t="s">
         <v>354</v>
       </c>
       <c r="B351">
         <v>0</v>
       </c>
       <c r="C351">
-        <v>19.3</v>
+        <v>18.8</v>
       </c>
       <c r="D351">
-        <v>21.4</v>
+        <v>20.8</v>
       </c>
       <c r="E351">
-        <v>23.5</v>
+        <v>22.8</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352" t="s">
         <v>355</v>
       </c>
       <c r="B352">
         <v>0</v>
       </c>
       <c r="C352">
-        <v>77.40000000000001</v>
+        <v>76.5</v>
       </c>
       <c r="D352">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E352">
-        <v>94.59999999999999</v>
+        <v>93.5</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353" t="s">
         <v>356</v>
       </c>
       <c r="B353">
         <v>0</v>
       </c>
       <c r="C353">
-        <v>40.4</v>
+        <v>41.5</v>
       </c>
       <c r="D353">
-        <v>44.8</v>
+        <v>46.1</v>
       </c>
       <c r="E353">
-        <v>49.2</v>
+        <v>50.7</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354" t="s">
         <v>357</v>
       </c>
       <c r="B354">
         <v>0</v>
       </c>
       <c r="C354">
-        <v>43</v>
+        <v>49.5</v>
       </c>
       <c r="D354">
-        <v>47.7</v>
+        <v>55</v>
       </c>
       <c r="E354">
-        <v>52.4</v>
+        <v>60.5</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355" t="s">
         <v>358</v>
       </c>
       <c r="B355">
         <v>0</v>
       </c>
       <c r="C355">
         <v>4503</v>
       </c>
       <c r="D355">
         <v>4740</v>
       </c>
       <c r="E355">
         <v>4977</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356" t="s">
         <v>359</v>
       </c>
       <c r="B356">
         <v>0</v>
       </c>
       <c r="C356">
         <v>7.3</v>
       </c>
       <c r="D356">
         <v>8.1</v>
       </c>
       <c r="E356">
         <v>8.9</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357" t="s">
         <v>360</v>
       </c>
       <c r="B357">
         <v>0</v>
       </c>
       <c r="C357">
-        <v>48.9</v>
+        <v>54.2</v>
       </c>
       <c r="D357">
-        <v>54.3</v>
+        <v>60.2</v>
       </c>
       <c r="E357">
-        <v>59.7</v>
+        <v>66.2</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358" t="s">
         <v>361</v>
       </c>
       <c r="B358">
         <v>0</v>
       </c>
       <c r="C358">
-        <v>190.5</v>
+        <v>209.9</v>
       </c>
       <c r="D358">
-        <v>208.7</v>
+        <v>230</v>
       </c>
       <c r="E358">
-        <v>226.9</v>
+        <v>250.1</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359" t="s">
         <v>362</v>
       </c>
       <c r="B359">
         <v>0</v>
       </c>
       <c r="C359">
-        <v>23</v>
+        <v>23.4</v>
       </c>
       <c r="D359">
-        <v>25.5</v>
+        <v>26</v>
       </c>
       <c r="E359">
-        <v>28</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360" t="s">
         <v>363</v>
       </c>
       <c r="B360">
         <v>0</v>
       </c>
       <c r="C360">
-        <v>27</v>
+        <v>28.3</v>
       </c>
       <c r="D360">
-        <v>30</v>
+        <v>31.4</v>
       </c>
       <c r="E360">
-        <v>33</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361" t="s">
         <v>364</v>
       </c>
       <c r="B361">
         <v>0</v>
       </c>
       <c r="C361">
-        <v>8.1</v>
+        <v>8.4</v>
       </c>
       <c r="D361">
-        <v>9</v>
+        <v>9.300000000000001</v>
       </c>
       <c r="E361">
-        <v>9.9</v>
+        <v>10.2</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362" t="s">
         <v>365</v>
       </c>
       <c r="B362">
         <v>0</v>
       </c>
       <c r="C362">
-        <v>13.5</v>
+        <v>13.6</v>
       </c>
       <c r="D362">
-        <v>15</v>
+        <v>15.1</v>
       </c>
       <c r="E362">
-        <v>16.5</v>
+        <v>16.6</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363" t="s">
         <v>366</v>
       </c>
       <c r="B363">
         <v>0</v>
       </c>
       <c r="C363">
-        <v>41.8</v>
+        <v>43.4</v>
       </c>
       <c r="D363">
-        <v>46.4</v>
+        <v>48.2</v>
       </c>
       <c r="E363">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364" t="s">
         <v>367</v>
       </c>
       <c r="B364">
         <v>0</v>
       </c>
       <c r="C364">
-        <v>41.5</v>
+        <v>43.2</v>
       </c>
       <c r="D364">
-        <v>46.1</v>
+        <v>48</v>
       </c>
       <c r="E364">
-        <v>50.7</v>
+        <v>52.8</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365" t="s">
         <v>368</v>
       </c>
       <c r="B365">
         <v>0</v>
       </c>
       <c r="C365">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="D365">
-        <v>200</v>
+        <v>204.9</v>
       </c>
       <c r="E365">
-        <v>220</v>
+        <v>222.8</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366" t="s">
         <v>369</v>
       </c>
       <c r="B366">
         <v>0</v>
       </c>
       <c r="C366">
         <v>3.6</v>
       </c>
       <c r="D366">
-        <v>3.9</v>
+        <v>4</v>
       </c>
       <c r="E366">
-        <v>4.2</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367" t="s">
         <v>370</v>
       </c>
       <c r="B367">
         <v>0</v>
       </c>
       <c r="C367">
         <v>64.7</v>
       </c>
       <c r="D367">
         <v>71.8</v>
       </c>
       <c r="E367">
         <v>78.90000000000001</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368" t="s">
         <v>371</v>
       </c>
       <c r="B368">
         <v>0</v>
       </c>
       <c r="C368">
-        <v>33.5</v>
+        <v>38.7</v>
       </c>
       <c r="D368">
-        <v>37.2</v>
+        <v>43</v>
       </c>
       <c r="E368">
-        <v>40.9</v>
+        <v>47.3</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369" t="s">
         <v>372</v>
       </c>
       <c r="B369">
         <v>0</v>
       </c>
       <c r="C369">
         <v>4.3</v>
       </c>
       <c r="D369">
         <v>4.7</v>
       </c>
       <c r="E369">
         <v>5.1</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370" t="s">
         <v>373</v>
       </c>
       <c r="B370">
         <v>0</v>
       </c>
       <c r="C370">
-        <v>11.3</v>
+        <v>11</v>
       </c>
       <c r="D370">
-        <v>12.5</v>
+        <v>12.2</v>
       </c>
       <c r="E370">
-        <v>13.7</v>
+        <v>13.4</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371" t="s">
         <v>374</v>
       </c>
       <c r="B371">
         <v>0</v>
       </c>
       <c r="C371">
-        <v>44.1</v>
+        <v>48.6</v>
       </c>
       <c r="D371">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E371">
-        <v>53.9</v>
+        <v>59.4</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372" t="s">
         <v>375</v>
       </c>
       <c r="B372">
         <v>0</v>
       </c>
       <c r="C372">
-        <v>30.6</v>
+        <v>28.8</v>
       </c>
       <c r="D372">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E372">
-        <v>37.4</v>
+        <v>35.2</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373" t="s">
         <v>376</v>
       </c>
       <c r="B373">
         <v>0</v>
       </c>
       <c r="C373">
-        <v>5.1</v>
+        <v>7.2</v>
       </c>
       <c r="D373">
-        <v>5.6</v>
+        <v>7.9</v>
       </c>
       <c r="E373">
-        <v>6.1</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374" t="s">
         <v>377</v>
       </c>
       <c r="B374">
         <v>0</v>
       </c>
       <c r="C374">
-        <v>117</v>
+        <v>112.1</v>
       </c>
       <c r="D374">
-        <v>129.9</v>
+        <v>124.5</v>
       </c>
       <c r="E374">
-        <v>142.8</v>
+        <v>136.9</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375" t="s">
         <v>378</v>
       </c>
       <c r="B375">
         <v>0</v>
       </c>
       <c r="C375">
-        <v>97.75</v>
+        <v>97.95</v>
       </c>
       <c r="D375">
-        <v>99.73999999999999</v>
+        <v>99.95</v>
       </c>
       <c r="E375">
-        <v>101.73</v>
+        <v>101.95</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376" t="s">
         <v>379</v>
       </c>
       <c r="B376">
         <v>0</v>
       </c>
       <c r="C376">
-        <v>94.39</v>
+        <v>94.8</v>
       </c>
       <c r="D376">
-        <v>96.31999999999999</v>
+        <v>96.73</v>
       </c>
       <c r="E376">
-        <v>98.25</v>
+        <v>98.66</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377" t="s">
         <v>380</v>
       </c>
       <c r="B377">
         <v>0</v>
       </c>
       <c r="C377">
-        <v>93.43000000000001</v>
+        <v>94.29000000000001</v>
       </c>
       <c r="D377">
-        <v>95.34</v>
+        <v>96.20999999999999</v>
       </c>
       <c r="E377">
-        <v>97.25</v>
+        <v>98.13</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378" t="s">
         <v>381</v>
       </c>
       <c r="B378">
         <v>0</v>
       </c>
       <c r="C378">
-        <v>84.59</v>
+        <v>83.68000000000001</v>
       </c>
       <c r="D378">
-        <v>86.31999999999999</v>
+        <v>85.39</v>
       </c>
       <c r="E378">
-        <v>88.05</v>
+        <v>87.09999999999999</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379" t="s">
         <v>382</v>
       </c>
       <c r="B379">
         <v>0</v>
       </c>
       <c r="C379">
-        <v>111.08</v>
+        <v>108.39</v>
       </c>
       <c r="D379">
-        <v>113.35</v>
+        <v>110.6</v>
       </c>
       <c r="E379">
-        <v>115.62</v>
+        <v>112.81</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380" t="s">
         <v>383</v>
       </c>
       <c r="B380">
         <v>0</v>
       </c>
       <c r="C380">
-        <v>81.28</v>
+        <v>81.51000000000001</v>
       </c>
       <c r="D380">
-        <v>82.94</v>
+        <v>83.17</v>
       </c>
       <c r="E380">
-        <v>84.59999999999999</v>
+        <v>84.83</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381" t="s">
         <v>384</v>
       </c>
       <c r="B381">
         <v>0</v>
       </c>
       <c r="C381">
-        <v>110.53</v>
+        <v>105.95</v>
       </c>
       <c r="D381">
-        <v>112.79</v>
+        <v>108.11</v>
       </c>
       <c r="E381">
-        <v>115.05</v>
+        <v>110.27</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382" t="s">
         <v>385</v>
       </c>
       <c r="B382">
         <v>0</v>
       </c>
       <c r="C382">
-        <v>90.59999999999999</v>
+        <v>89.68000000000001</v>
       </c>
       <c r="D382">
-        <v>92.45</v>
+        <v>91.51000000000001</v>
       </c>
       <c r="E382">
-        <v>94.3</v>
+        <v>93.34</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383" t="s">
         <v>386</v>
       </c>
       <c r="B383">
         <v>0</v>
       </c>
       <c r="C383">
-        <v>110.94</v>
+        <v>108.13</v>
       </c>
       <c r="D383">
-        <v>113.2</v>
+        <v>110.34</v>
       </c>
       <c r="E383">
-        <v>115.46</v>
+        <v>112.55</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384" t="s">
         <v>387</v>
       </c>
       <c r="B384">
         <v>0</v>
       </c>
       <c r="C384">
-        <v>91.76000000000001</v>
+        <v>91.69</v>
       </c>
       <c r="D384">
-        <v>93.63</v>
+        <v>93.56</v>
       </c>
       <c r="E384">
-        <v>95.5</v>
+        <v>95.43000000000001</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385" t="s">
         <v>388</v>
       </c>
       <c r="B385">
         <v>0</v>
       </c>
       <c r="C385">
-        <v>111.15</v>
+        <v>106.69</v>
       </c>
       <c r="D385">
-        <v>113.42</v>
+        <v>108.87</v>
       </c>
       <c r="E385">
-        <v>115.69</v>
+        <v>111.05</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386" t="s">
         <v>389</v>
       </c>
       <c r="B386">
         <v>0</v>
       </c>
       <c r="C386">
-        <v>91.98</v>
+        <v>92.59999999999999</v>
       </c>
       <c r="D386">
-        <v>93.86</v>
+        <v>94.48999999999999</v>
       </c>
       <c r="E386">
-        <v>95.73999999999999</v>
+        <v>96.38</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387" t="s">
         <v>390</v>
       </c>
       <c r="B387">
         <v>0</v>
       </c>
       <c r="C387">
-        <v>80.01000000000001</v>
+        <v>79.98</v>
       </c>
       <c r="D387">
-        <v>81.64</v>
+        <v>81.61</v>
       </c>
       <c r="E387">
-        <v>83.27</v>
+        <v>83.23999999999999</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388" t="s">
         <v>391</v>
       </c>
       <c r="B388">
         <v>0</v>
       </c>
       <c r="C388">
-        <v>88.44</v>
+        <v>86.97</v>
       </c>
       <c r="D388">
-        <v>90.23999999999999</v>
+        <v>88.73999999999999</v>
       </c>
       <c r="E388">
-        <v>92.04000000000001</v>
+        <v>90.51000000000001</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389" t="s">
         <v>392</v>
       </c>
       <c r="B389">
         <v>0</v>
       </c>
       <c r="C389">
-        <v>110</v>
+        <v>107.07</v>
       </c>
       <c r="D389">
-        <v>112.24</v>
+        <v>109.26</v>
       </c>
       <c r="E389">
-        <v>114.48</v>
+        <v>111.45</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390" t="s">
         <v>393</v>
       </c>
       <c r="B390">
         <v>0</v>
       </c>
       <c r="C390">
-        <v>92.48</v>
+        <v>92.22</v>
       </c>
       <c r="D390">
-        <v>94.37</v>
+        <v>94.09999999999999</v>
       </c>
       <c r="E390">
-        <v>96.26000000000001</v>
+        <v>95.98</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391" t="s">
         <v>394</v>
       </c>
       <c r="B391">
         <v>0</v>
       </c>
       <c r="C391">
-        <v>93.06999999999999</v>
+        <v>93.20999999999999</v>
       </c>
       <c r="D391">
-        <v>94.97</v>
+        <v>95.11</v>
       </c>
       <c r="E391">
-        <v>96.87</v>
+        <v>97.01000000000001</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392" t="s">
         <v>395</v>
       </c>
       <c r="B392">
         <v>0</v>
       </c>
       <c r="C392">
-        <v>91.68000000000001</v>
+        <v>92.31</v>
       </c>
       <c r="D392">
-        <v>93.55</v>
+        <v>94.19</v>
       </c>
       <c r="E392">
-        <v>95.42</v>
+        <v>96.06999999999999</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393" t="s">
         <v>396</v>
       </c>
       <c r="B393">
         <v>0</v>
       </c>
       <c r="C393">
-        <v>88.90000000000001</v>
+        <v>87.3</v>
       </c>
       <c r="D393">
-        <v>90.70999999999999</v>
+        <v>89.08</v>
       </c>
       <c r="E393">
-        <v>92.52</v>
+        <v>90.86</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394" t="s">
         <v>397</v>
       </c>
       <c r="B394">
         <v>0</v>
       </c>
       <c r="C394">
-        <v>113.78</v>
+        <v>109.41</v>
       </c>
       <c r="D394">
-        <v>116.1</v>
+        <v>111.64</v>
       </c>
       <c r="E394">
-        <v>118.42</v>
+        <v>113.87</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395" t="s">
         <v>398</v>
       </c>
       <c r="B395">
         <v>0</v>
       </c>
       <c r="C395">
-        <v>96.38</v>
+        <v>96.69</v>
       </c>
       <c r="D395">
-        <v>98.34999999999999</v>
+        <v>98.66</v>
       </c>
       <c r="E395">
-        <v>100.32</v>
+        <v>100.63</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396" t="s">
         <v>399</v>
       </c>
       <c r="B396">
         <v>0</v>
       </c>
       <c r="C396">
-        <v>88.94</v>
+        <v>89.61</v>
       </c>
       <c r="D396">
-        <v>90.75</v>
+        <v>91.44</v>
       </c>
       <c r="E396">
-        <v>92.56999999999999</v>
+        <v>93.27</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397" t="s">
         <v>400</v>
       </c>
       <c r="B397">
         <v>0</v>
       </c>
       <c r="C397">
-        <v>78.06</v>
+        <v>77.84</v>
       </c>
       <c r="D397">
-        <v>79.65000000000001</v>
+        <v>79.43000000000001</v>
       </c>
       <c r="E397">
-        <v>81.23999999999999</v>
+        <v>81.02</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398" t="s">
         <v>401</v>
       </c>
       <c r="B398">
         <v>0</v>
       </c>
       <c r="C398">
-        <v>101.48</v>
+        <v>98.81999999999999</v>
       </c>
       <c r="D398">
-        <v>103.55</v>
+        <v>100.84</v>
       </c>
       <c r="E398">
-        <v>105.62</v>
+        <v>102.86</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399" t="s">
         <v>402</v>
       </c>
       <c r="B399">
         <v>0</v>
       </c>
       <c r="C399">
-        <v>94.83</v>
+        <v>95</v>
       </c>
       <c r="D399">
-        <v>96.77</v>
+        <v>96.94</v>
       </c>
       <c r="E399">
-        <v>98.70999999999999</v>
+        <v>98.88</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400" t="s">
         <v>403</v>
       </c>
       <c r="B400">
         <v>0</v>
       </c>
       <c r="C400">
-        <v>94.63</v>
+        <v>92.43000000000001</v>
       </c>
       <c r="D400">
-        <v>96.56</v>
+        <v>94.31999999999999</v>
       </c>
       <c r="E400">
-        <v>98.48999999999999</v>
+        <v>96.20999999999999</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401" t="s">
         <v>404</v>
       </c>
       <c r="B401">
         <v>0</v>
       </c>
       <c r="C401">
-        <v>88.86</v>
+        <v>86.90000000000001</v>
       </c>
       <c r="D401">
-        <v>90.67</v>
+        <v>88.67</v>
       </c>
       <c r="E401">
-        <v>92.48</v>
+        <v>90.44</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402" t="s">
         <v>405</v>
       </c>
       <c r="B402">
         <v>0</v>
       </c>
       <c r="C402">
-        <v>92.84999999999999</v>
+        <v>92.69</v>
       </c>
       <c r="D402">
-        <v>94.73999999999999</v>
+        <v>94.58</v>
       </c>
       <c r="E402">
-        <v>96.63</v>
+        <v>96.47</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403" t="s">
         <v>406</v>
       </c>
       <c r="B403">
         <v>0</v>
       </c>
       <c r="C403">
-        <v>80.48999999999999</v>
+        <v>81.06</v>
       </c>
       <c r="D403">
-        <v>82.13</v>
+        <v>82.70999999999999</v>
       </c>
       <c r="E403">
-        <v>83.77</v>
+        <v>84.36</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404" t="s">
         <v>407</v>
       </c>
       <c r="B404">
         <v>0</v>
       </c>
       <c r="C404">
-        <v>83.53</v>
+        <v>82.95</v>
       </c>
       <c r="D404">
-        <v>85.23</v>
+        <v>84.64</v>
       </c>
       <c r="E404">
-        <v>86.93000000000001</v>
+        <v>86.33</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405" t="s">
         <v>408</v>
       </c>
       <c r="B405">
         <v>0</v>
       </c>
       <c r="C405">
-        <v>90.90000000000001</v>
+        <v>90.75</v>
       </c>
       <c r="D405">
-        <v>92.76000000000001</v>
+        <v>92.59999999999999</v>
       </c>
       <c r="E405">
-        <v>94.62</v>
+        <v>94.45</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406" t="s">
         <v>409</v>
       </c>
       <c r="B406">
         <v>0</v>
       </c>
       <c r="C406">
-        <v>100.49</v>
+        <v>97.94</v>
       </c>
       <c r="D406">
-        <v>102.54</v>
+        <v>99.94</v>
       </c>
       <c r="E406">
-        <v>104.59</v>
+        <v>101.94</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407" t="s">
         <v>410</v>
       </c>
       <c r="B407">
         <v>0</v>
       </c>
       <c r="C407">
-        <v>93.72</v>
+        <v>94.51000000000001</v>
       </c>
       <c r="D407">
-        <v>95.63</v>
+        <v>96.44</v>
       </c>
       <c r="E407">
-        <v>97.54000000000001</v>
+        <v>98.37</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408" t="s">
         <v>411</v>
       </c>
       <c r="B408">
         <v>0</v>
       </c>
       <c r="C408">
-        <v>89.98999999999999</v>
+        <v>88.53</v>
       </c>
       <c r="D408">
-        <v>91.83</v>
+        <v>90.34</v>
       </c>
       <c r="E408">
-        <v>93.67</v>
+        <v>92.15000000000001</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409" t="s">
         <v>412</v>
       </c>
       <c r="B409">
         <v>0</v>
       </c>
       <c r="C409">
-        <v>99</v>
+        <v>99.14</v>
       </c>
       <c r="D409">
-        <v>101.02</v>
+        <v>101.16</v>
       </c>
       <c r="E409">
-        <v>103.04</v>
+        <v>103.18</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410" t="s">
         <v>413</v>
       </c>
       <c r="B410">
         <v>0</v>
       </c>
       <c r="C410">
-        <v>101.66</v>
+        <v>101.12</v>
       </c>
       <c r="D410">
-        <v>103.73</v>
+        <v>103.18</v>
       </c>
       <c r="E410">
-        <v>105.8</v>
+        <v>105.24</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411" t="s">
         <v>414</v>
       </c>
       <c r="B411">
         <v>0</v>
       </c>
       <c r="C411">
-        <v>103.48</v>
+        <v>103.14</v>
       </c>
       <c r="D411">
-        <v>105.59</v>
+        <v>105.24</v>
       </c>
       <c r="E411">
-        <v>107.7</v>
+        <v>107.34</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412" t="s">
         <v>415</v>
       </c>
       <c r="B412">
         <v>0</v>
       </c>
       <c r="C412">
-        <v>97.79000000000001</v>
+        <v>97.91</v>
       </c>
       <c r="D412">
-        <v>99.79000000000001</v>
+        <v>99.91</v>
       </c>
       <c r="E412">
-        <v>101.79</v>
+        <v>101.91</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413" t="s">
         <v>416</v>
       </c>
       <c r="B413">
         <v>0</v>
       </c>
       <c r="C413">
-        <v>99.20999999999999</v>
+        <v>99.29000000000001</v>
       </c>
       <c r="D413">
-        <v>101.23</v>
+        <v>101.32</v>
       </c>
       <c r="E413">
-        <v>103.25</v>
+        <v>103.35</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414" t="s">
         <v>417</v>
       </c>
       <c r="B414">
         <v>0</v>
       </c>
       <c r="C414">
-        <v>101.99</v>
+        <v>101.45</v>
       </c>
       <c r="D414">
-        <v>104.07</v>
+        <v>103.52</v>
       </c>
       <c r="E414">
-        <v>106.15</v>
+        <v>105.59</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415" t="s">
         <v>418</v>
       </c>
       <c r="B415">
         <v>0</v>
       </c>
       <c r="C415">
-        <v>103.35</v>
+        <v>103.02</v>
       </c>
       <c r="D415">
-        <v>105.46</v>
+        <v>105.12</v>
       </c>
       <c r="E415">
-        <v>107.57</v>
+        <v>107.22</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416" t="s">
         <v>419</v>
       </c>
       <c r="B416">
         <v>0</v>
       </c>
       <c r="C416">
-        <v>97.70999999999999</v>
+        <v>97.81999999999999</v>
       </c>
       <c r="D416">
-        <v>99.7</v>
+        <v>99.81999999999999</v>
       </c>
       <c r="E416">
-        <v>101.69</v>
+        <v>101.82</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417" t="s">
         <v>420</v>
       </c>
       <c r="B417">
         <v>0</v>
       </c>
       <c r="C417">
-        <v>99.36</v>
+        <v>99.39</v>
       </c>
       <c r="D417">
-        <v>101.39</v>
+        <v>101.42</v>
       </c>
       <c r="E417">
-        <v>103.42</v>
+        <v>103.45</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418" t="s">
         <v>421</v>
       </c>
       <c r="B418">
         <v>0</v>
       </c>
       <c r="C418">
-        <v>102.29</v>
+        <v>101.74</v>
       </c>
       <c r="D418">
-        <v>104.38</v>
+        <v>103.82</v>
       </c>
       <c r="E418">
-        <v>106.47</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419" t="s">
         <v>422</v>
       </c>
       <c r="B419">
         <v>0</v>
       </c>
       <c r="C419">
-        <v>103.21</v>
+        <v>102.91</v>
       </c>
       <c r="D419">
-        <v>105.32</v>
+        <v>105.01</v>
       </c>
       <c r="E419">
-        <v>107.43</v>
+        <v>107.11</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420" t="s">
         <v>423</v>
       </c>
       <c r="B420">
         <v>0</v>
       </c>
       <c r="C420">
-        <v>107.04</v>
+        <v>109.15</v>
       </c>
       <c r="D420">
-        <v>109.22</v>
+        <v>111.38</v>
       </c>
       <c r="E420">
-        <v>111.4</v>
+        <v>113.61</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421" t="s">
         <v>424</v>
       </c>
       <c r="B421">
         <v>0</v>
       </c>
       <c r="C421">
-        <v>112.62</v>
+        <v>111.69</v>
       </c>
       <c r="D421">
-        <v>114.92</v>
+        <v>113.97</v>
       </c>
       <c r="E421">
-        <v>117.22</v>
+        <v>116.25</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422" t="s">
         <v>425</v>
       </c>
       <c r="B422">
         <v>0</v>
       </c>
       <c r="C422">
-        <v>97.62</v>
+        <v>97.73999999999999</v>
       </c>
       <c r="D422">
-        <v>99.61</v>
+        <v>99.73</v>
       </c>
       <c r="E422">
-        <v>101.6</v>
+        <v>101.72</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423" t="s">
         <v>426</v>
       </c>
       <c r="B423">
         <v>0</v>
       </c>
       <c r="C423">
-        <v>99.53</v>
+        <v>99.51000000000001</v>
       </c>
       <c r="D423">
-        <v>101.56</v>
+        <v>101.54</v>
       </c>
       <c r="E423">
-        <v>103.59</v>
+        <v>103.57</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424" t="s">
         <v>427</v>
       </c>
       <c r="B424">
         <v>0</v>
       </c>
       <c r="C424">
-        <v>102.44</v>
+        <v>101.89</v>
       </c>
       <c r="D424">
-        <v>104.53</v>
+        <v>103.97</v>
       </c>
       <c r="E424">
-        <v>106.62</v>
+        <v>106.05</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425" t="s">
         <v>428</v>
       </c>
       <c r="B425">
         <v>0</v>
       </c>
       <c r="C425">
-        <v>103.2</v>
+        <v>102.98</v>
       </c>
       <c r="D425">
-        <v>105.31</v>
+        <v>105.08</v>
       </c>
       <c r="E425">
-        <v>107.42</v>
+        <v>107.18</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426" t="s">
         <v>429</v>
       </c>
       <c r="B426">
         <v>0</v>
       </c>
       <c r="C426">
-        <v>87.97</v>
+        <v>87.93000000000001</v>
       </c>
       <c r="D426">
-        <v>89.77</v>
+        <v>89.72</v>
       </c>
       <c r="E426">
-        <v>91.56999999999999</v>
+        <v>91.51000000000001</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427" t="s">
         <v>430</v>
       </c>
       <c r="B427">
         <v>0</v>
       </c>
       <c r="C427">
-        <v>82.73999999999999</v>
+        <v>81.06</v>
       </c>
       <c r="D427">
-        <v>84.43000000000001</v>
+        <v>82.70999999999999</v>
       </c>
       <c r="E427">
-        <v>86.12</v>
+        <v>84.36</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428" t="s">
         <v>431</v>
       </c>
       <c r="B428">
         <v>0</v>
       </c>
       <c r="C428">
-        <v>97.55</v>
+        <v>97.69</v>
       </c>
       <c r="D428">
-        <v>99.54000000000001</v>
+        <v>99.68000000000001</v>
       </c>
       <c r="E428">
-        <v>101.53</v>
+        <v>101.67</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429" t="s">
         <v>432</v>
       </c>
       <c r="B429">
         <v>0</v>
       </c>
       <c r="C429">
-        <v>99.75</v>
+        <v>99.66</v>
       </c>
       <c r="D429">
-        <v>101.79</v>
+        <v>101.69</v>
       </c>
       <c r="E429">
-        <v>103.83</v>
+        <v>103.72</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430" t="s">
         <v>433</v>
       </c>
       <c r="B430">
         <v>0</v>
       </c>
       <c r="C430">
-        <v>102.65</v>
+        <v>102.1</v>
       </c>
       <c r="D430">
-        <v>104.74</v>
+        <v>104.18</v>
       </c>
       <c r="E430">
-        <v>106.83</v>
+        <v>106.26</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431" t="s">
         <v>434</v>
       </c>
       <c r="B431">
         <v>0</v>
       </c>
       <c r="C431">
-        <v>103.1</v>
+        <v>103.07</v>
       </c>
       <c r="D431">
-        <v>105.2</v>
+        <v>105.17</v>
       </c>
       <c r="E431">
-        <v>107.3</v>
+        <v>107.27</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432" t="s">
         <v>435</v>
       </c>
       <c r="B432">
         <v>0</v>
       </c>
       <c r="C432">
-        <v>92.36</v>
+        <v>89.86</v>
       </c>
       <c r="D432">
-        <v>94.23999999999999</v>
+        <v>91.69</v>
       </c>
       <c r="E432">
-        <v>96.12</v>
+        <v>93.52</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433" t="s">
         <v>436</v>
       </c>
       <c r="B433">
         <v>0</v>
       </c>
       <c r="C433">
-        <v>97.47</v>
+        <v>97.61</v>
       </c>
       <c r="D433">
-        <v>99.45999999999999</v>
+        <v>99.59999999999999</v>
       </c>
       <c r="E433">
-        <v>101.45</v>
+        <v>101.59</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434" t="s">
         <v>437</v>
       </c>
       <c r="B434">
         <v>0</v>
       </c>
       <c r="C434">
-        <v>99.95999999999999</v>
+        <v>99.78</v>
       </c>
       <c r="D434">
-        <v>102</v>
+        <v>101.82</v>
       </c>
       <c r="E434">
-        <v>104.04</v>
+        <v>103.86</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435" t="s">
         <v>438</v>
       </c>
       <c r="B435">
         <v>0</v>
       </c>
       <c r="C435">
-        <v>102.84</v>
+        <v>102.31</v>
       </c>
       <c r="D435">
-        <v>104.94</v>
+        <v>104.4</v>
       </c>
       <c r="E435">
-        <v>107.04</v>
+        <v>106.49</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436" t="s">
         <v>439</v>
       </c>
       <c r="B436">
         <v>0</v>
       </c>
       <c r="C436">
-        <v>103.01</v>
+        <v>103</v>
       </c>
       <c r="D436">
-        <v>105.11</v>
+        <v>105.1</v>
       </c>
       <c r="E436">
-        <v>107.21</v>
+        <v>107.2</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437" t="s">
         <v>440</v>
       </c>
       <c r="B437">
         <v>0</v>
       </c>
       <c r="C437">
-        <v>90.98999999999999</v>
+        <v>88.53</v>
       </c>
       <c r="D437">
-        <v>92.84999999999999</v>
+        <v>90.34</v>
       </c>
       <c r="E437">
-        <v>94.70999999999999</v>
+        <v>92.15000000000001</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438" t="s">
         <v>441</v>
       </c>
       <c r="B438">
         <v>0</v>
       </c>
       <c r="C438">
-        <v>86.09</v>
+        <v>84.41</v>
       </c>
       <c r="D438">
+        <v>86.13</v>
+      </c>
+      <c r="E438">
         <v>87.84999999999999</v>
-      </c>
-[...1 lines deleted...]
-        <v>89.61</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439" t="s">
         <v>442</v>
       </c>
       <c r="B439">
         <v>0</v>
       </c>
       <c r="C439">
-        <v>100.14</v>
+        <v>99.93000000000001</v>
       </c>
       <c r="D439">
-        <v>102.18</v>
+        <v>101.97</v>
       </c>
       <c r="E439">
-        <v>104.22</v>
+        <v>104.01</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440" t="s">
         <v>443</v>
       </c>
       <c r="B440">
         <v>0</v>
       </c>
       <c r="C440">
-        <v>103.01</v>
+        <v>102.53</v>
       </c>
       <c r="D440">
-        <v>105.11</v>
+        <v>104.62</v>
       </c>
       <c r="E440">
-        <v>107.21</v>
+        <v>106.71</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441" t="s">
         <v>444</v>
       </c>
       <c r="B441">
         <v>0</v>
       </c>
       <c r="C441">
-        <v>102.59</v>
+        <v>102.64</v>
       </c>
       <c r="D441">
-        <v>104.68</v>
+        <v>104.73</v>
       </c>
       <c r="E441">
-        <v>106.77</v>
+        <v>106.82</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442" t="s">
         <v>445</v>
       </c>
       <c r="B442">
         <v>0</v>
       </c>
       <c r="C442">
-        <v>96.53</v>
+        <v>97.16</v>
       </c>
       <c r="D442">
-        <v>98.5</v>
+        <v>99.14</v>
       </c>
       <c r="E442">
-        <v>100.47</v>
+        <v>101.12</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443" t="s">
         <v>446</v>
       </c>
       <c r="B443">
         <v>0</v>
       </c>
       <c r="C443">
-        <v>69.75</v>
+        <v>68.05</v>
       </c>
       <c r="D443">
-        <v>71.17</v>
+        <v>69.44</v>
       </c>
       <c r="E443">
-        <v>72.59</v>
+        <v>70.83</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444" t="s">
         <v>447</v>
       </c>
       <c r="B444">
         <v>0</v>
       </c>
       <c r="C444">
-        <v>97.40000000000001</v>
+        <v>97.61</v>
       </c>
       <c r="D444">
-        <v>99.39</v>
+        <v>99.59999999999999</v>
       </c>
       <c r="E444">
-        <v>101.38</v>
+        <v>101.59</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445" t="s">
         <v>448</v>
       </c>
       <c r="B445">
         <v>0</v>
       </c>
       <c r="C445">
-        <v>103.18</v>
+        <v>102.7</v>
       </c>
       <c r="D445">
-        <v>105.29</v>
+        <v>104.8</v>
       </c>
       <c r="E445">
-        <v>107.4</v>
+        <v>106.9</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446" t="s">
         <v>449</v>
       </c>
       <c r="B446">
         <v>0</v>
       </c>
       <c r="C446">
-        <v>101.6</v>
+        <v>101.68</v>
       </c>
       <c r="D446">
-        <v>103.67</v>
+        <v>103.75</v>
       </c>
       <c r="E446">
-        <v>105.74</v>
+        <v>105.83</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447" t="s">
         <v>450</v>
       </c>
       <c r="B447">
         <v>0</v>
       </c>
       <c r="C447">
-        <v>98.73999999999999</v>
+        <v>96.37</v>
       </c>
       <c r="D447">
-        <v>100.75</v>
+        <v>98.34</v>
       </c>
       <c r="E447">
-        <v>102.77</v>
+        <v>100.31</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448" t="s">
         <v>451</v>
       </c>
       <c r="B448">
         <v>0</v>
       </c>
       <c r="C448">
-        <v>97.78</v>
+        <v>97.98999999999999</v>
       </c>
       <c r="D448">
-        <v>99.78</v>
+        <v>99.98999999999999</v>
       </c>
       <c r="E448">
-        <v>101.78</v>
+        <v>101.99</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449" t="s">
         <v>452</v>
       </c>
       <c r="B449">
         <v>0</v>
       </c>
       <c r="C449">
-        <v>100.46</v>
+        <v>100.11</v>
       </c>
       <c r="D449">
-        <v>102.51</v>
+        <v>102.15</v>
       </c>
       <c r="E449">
-        <v>104.56</v>
+        <v>104.19</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450" t="s">
         <v>453</v>
       </c>
       <c r="B450">
         <v>0</v>
       </c>
       <c r="C450">
-        <v>103.36</v>
+        <v>102.9</v>
       </c>
       <c r="D450">
-        <v>105.47</v>
+        <v>105</v>
       </c>
       <c r="E450">
-        <v>107.58</v>
+        <v>107.1</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451" t="s">
         <v>454</v>
       </c>
       <c r="B451">
         <v>0</v>
       </c>
       <c r="C451">
-        <v>101.18</v>
+        <v>101.27</v>
       </c>
       <c r="D451">
-        <v>103.24</v>
+        <v>103.34</v>
       </c>
       <c r="E451">
-        <v>105.3</v>
+        <v>105.41</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452" t="s">
         <v>455</v>
       </c>
       <c r="B452">
         <v>0</v>
       </c>
       <c r="C452">
-        <v>90.77</v>
+        <v>91.33</v>
       </c>
       <c r="D452">
-        <v>92.62</v>
+        <v>93.19</v>
       </c>
       <c r="E452">
-        <v>94.47</v>
+        <v>95.05</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453" t="s">
         <v>456</v>
       </c>
       <c r="B453">
         <v>0</v>
       </c>
       <c r="C453">
-        <v>84.23999999999999</v>
+        <v>81.90000000000001</v>
       </c>
       <c r="D453">
-        <v>85.95999999999999</v>
+        <v>83.56999999999999</v>
       </c>
       <c r="E453">
-        <v>87.68000000000001</v>
+        <v>85.23999999999999</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454" t="s">
         <v>457</v>
       </c>
       <c r="B454">
         <v>0</v>
       </c>
       <c r="C454">
-        <v>98.31</v>
+        <v>98.5</v>
       </c>
       <c r="D454">
-        <v>100.32</v>
+        <v>100.51</v>
       </c>
       <c r="E454">
-        <v>102.33</v>
+        <v>102.52</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455" t="s">
         <v>458</v>
       </c>
       <c r="B455">
         <v>0</v>
       </c>
       <c r="C455">
-        <v>100.69</v>
+        <v>100.25</v>
       </c>
       <c r="D455">
-        <v>102.74</v>
+        <v>102.3</v>
       </c>
       <c r="E455">
-        <v>104.79</v>
+        <v>104.35</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456" t="s">
         <v>459</v>
       </c>
       <c r="B456">
         <v>0</v>
       </c>
       <c r="C456">
-        <v>103.52</v>
+        <v>103.07</v>
       </c>
       <c r="D456">
-        <v>105.63</v>
+        <v>105.17</v>
       </c>
       <c r="E456">
-        <v>107.74</v>
+        <v>107.27</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457" t="s">
         <v>460</v>
       </c>
       <c r="B457">
         <v>0</v>
       </c>
       <c r="C457">
-        <v>100.77</v>
+        <v>101.05</v>
       </c>
       <c r="D457">
-        <v>102.83</v>
+        <v>103.11</v>
       </c>
       <c r="E457">
-        <v>104.89</v>
+        <v>105.17</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458" t="s">
         <v>461</v>
       </c>
       <c r="B458">
         <v>0</v>
       </c>
       <c r="C458">
-        <v>98.38</v>
+        <v>98.58</v>
       </c>
       <c r="D458">
-        <v>100.39</v>
+        <v>100.59</v>
       </c>
       <c r="E458">
-        <v>102.4</v>
+        <v>102.6</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459" t="s">
         <v>462</v>
       </c>
       <c r="B459">
         <v>0</v>
       </c>
       <c r="C459">
-        <v>100.99</v>
+        <v>100.49</v>
       </c>
       <c r="D459">
-        <v>103.05</v>
+        <v>102.54</v>
       </c>
       <c r="E459">
-        <v>105.11</v>
+        <v>104.59</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460" t="s">
         <v>463</v>
       </c>
       <c r="B460">
         <v>0</v>
       </c>
       <c r="C460">
-        <v>103.4</v>
+        <v>102.97</v>
       </c>
       <c r="D460">
-        <v>105.51</v>
+        <v>105.07</v>
       </c>
       <c r="E460">
-        <v>107.62</v>
+        <v>107.17</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461" t="s">
         <v>464</v>
       </c>
       <c r="B461">
         <v>0</v>
       </c>
       <c r="C461">
-        <v>100.8</v>
+        <v>101.33</v>
       </c>
       <c r="D461">
-        <v>102.86</v>
+        <v>103.4</v>
       </c>
       <c r="E461">
-        <v>104.92</v>
+        <v>105.47</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462" t="s">
         <v>465</v>
       </c>
       <c r="B462">
         <v>0</v>
       </c>
       <c r="C462">
-        <v>86.08</v>
+        <v>83.09999999999999</v>
       </c>
       <c r="D462">
-        <v>87.84</v>
+        <v>84.8</v>
       </c>
       <c r="E462">
-        <v>89.59999999999999</v>
+        <v>86.5</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463" t="s">
         <v>466</v>
       </c>
       <c r="B463">
         <v>0</v>
       </c>
       <c r="C463">
-        <v>98.47</v>
+        <v>98.64</v>
       </c>
       <c r="D463">
-        <v>100.48</v>
+        <v>100.65</v>
       </c>
       <c r="E463">
-        <v>102.49</v>
+        <v>102.66</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464" t="s">
         <v>467</v>
       </c>
       <c r="B464">
         <v>0</v>
       </c>
       <c r="C464">
-        <v>101.34</v>
+        <v>100.79</v>
       </c>
       <c r="D464">
-        <v>103.41</v>
+        <v>102.85</v>
       </c>
       <c r="E464">
-        <v>105.48</v>
+        <v>104.91</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465" t="s">
         <v>468</v>
       </c>
       <c r="B465">
         <v>0</v>
       </c>
       <c r="C465">
-        <v>103.57</v>
+        <v>103.15</v>
       </c>
       <c r="D465">
-        <v>105.68</v>
+        <v>105.26</v>
       </c>
       <c r="E465">
-        <v>107.79</v>
+        <v>107.37</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466" t="s">
         <v>469</v>
       </c>
       <c r="B466">
         <v>0</v>
       </c>
       <c r="C466">
-        <v>103.47</v>
+        <v>102.88</v>
       </c>
       <c r="D466">
-        <v>105.58</v>
+        <v>104.98</v>
       </c>
       <c r="E466">
-        <v>107.69</v>
+        <v>107.08</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467" t="s">
         <v>470</v>
       </c>
       <c r="B467">
         <v>0</v>
       </c>
       <c r="C467">
-        <v>105.53</v>
+        <v>105.13</v>
       </c>
       <c r="D467">
-        <v>107.68</v>
+        <v>107.28</v>
       </c>
       <c r="E467">
-        <v>109.83</v>
+        <v>109.43</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468" t="s">
         <v>471</v>
       </c>
       <c r="B468">
         <v>0</v>
       </c>
       <c r="C468">
-        <v>95.04000000000001</v>
+        <v>95.23</v>
       </c>
       <c r="D468">
-        <v>96.98</v>
+        <v>97.17</v>
       </c>
       <c r="E468">
-        <v>98.92</v>
+        <v>99.11</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469" t="s">
         <v>472</v>
       </c>
       <c r="B469">
         <v>0</v>
       </c>
       <c r="C469">
-        <v>105.77</v>
+        <v>104.53</v>
       </c>
       <c r="D469">
-        <v>107.93</v>
+        <v>106.66</v>
       </c>
       <c r="E469">
-        <v>110.09</v>
+        <v>108.79</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470" t="s">
         <v>473</v>
       </c>
       <c r="B470">
         <v>0</v>
       </c>
       <c r="C470">
-        <v>109.83</v>
+        <v>108.3</v>
       </c>
       <c r="D470">
-        <v>112.07</v>
+        <v>110.51</v>
       </c>
       <c r="E470">
-        <v>114.31</v>
+        <v>112.72</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471" t="s">
         <v>474</v>
       </c>
       <c r="B471">
         <v>0</v>
       </c>
       <c r="C471">
-        <v>111.53</v>
+        <v>107.19</v>
       </c>
       <c r="D471">
-        <v>113.81</v>
+        <v>109.38</v>
       </c>
       <c r="E471">
-        <v>116.09</v>
+        <v>111.57</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472" t="s">
         <v>475</v>
       </c>
       <c r="B472">
         <v>0</v>
       </c>
       <c r="C472">
-        <v>82.69</v>
+        <v>85.39</v>
       </c>
       <c r="D472">
-        <v>84.38</v>
+        <v>87.13</v>
       </c>
       <c r="E472">
-        <v>86.06999999999999</v>
+        <v>88.87</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473" t="s">
         <v>476</v>
       </c>
       <c r="B473">
         <v>0</v>
       </c>
       <c r="C473">
-        <v>103.61</v>
+        <v>103.02</v>
       </c>
       <c r="D473">
-        <v>105.72</v>
+        <v>105.12</v>
       </c>
       <c r="E473">
-        <v>107.83</v>
+        <v>107.22</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474" t="s">
         <v>477</v>
       </c>
       <c r="B474">
         <v>0</v>
       </c>
       <c r="C474">
-        <v>105.66</v>
+        <v>105.29</v>
       </c>
       <c r="D474">
-        <v>107.82</v>
+        <v>107.44</v>
       </c>
       <c r="E474">
-        <v>109.98</v>
+        <v>109.59</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475" t="s">
         <v>478</v>
       </c>
       <c r="B475">
         <v>0</v>
       </c>
       <c r="C475">
-        <v>93.27</v>
+        <v>94.06999999999999</v>
       </c>
       <c r="D475">
-        <v>95.17</v>
+        <v>95.98999999999999</v>
       </c>
       <c r="E475">
-        <v>97.06999999999999</v>
+        <v>97.91</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476" t="s">
         <v>479</v>
       </c>
       <c r="B476">
         <v>0</v>
       </c>
       <c r="C476">
-        <v>95.06</v>
+        <v>95.15000000000001</v>
       </c>
       <c r="D476">
-        <v>97</v>
+        <v>97.09</v>
       </c>
       <c r="E476">
-        <v>98.94</v>
+        <v>99.03</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477" t="s">
         <v>480</v>
       </c>
       <c r="B477">
         <v>0</v>
       </c>
       <c r="C477">
-        <v>106.16</v>
+        <v>104.75</v>
       </c>
       <c r="D477">
-        <v>108.33</v>
+        <v>106.89</v>
       </c>
       <c r="E477">
-        <v>110.5</v>
+        <v>109.03</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478" t="s">
         <v>481</v>
       </c>
       <c r="B478">
         <v>0</v>
       </c>
       <c r="C478">
-        <v>110.52</v>
+        <v>109.23</v>
       </c>
       <c r="D478">
-        <v>112.78</v>
+        <v>111.46</v>
       </c>
       <c r="E478">
-        <v>115.04</v>
+        <v>113.69</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479" t="s">
         <v>482</v>
       </c>
       <c r="B479">
         <v>0</v>
       </c>
       <c r="C479">
-        <v>111.57</v>
+        <v>106.97</v>
       </c>
       <c r="D479">
-        <v>113.85</v>
+        <v>109.15</v>
       </c>
       <c r="E479">
-        <v>116.13</v>
+        <v>111.33</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480" t="s">
         <v>483</v>
       </c>
       <c r="B480">
         <v>0</v>
       </c>
       <c r="C480">
-        <v>103.8</v>
+        <v>103.21</v>
       </c>
       <c r="D480">
-        <v>105.92</v>
+        <v>105.32</v>
       </c>
       <c r="E480">
-        <v>108.04</v>
+        <v>107.43</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481" t="s">
         <v>484</v>
       </c>
       <c r="B481">
         <v>0</v>
       </c>
       <c r="C481">
-        <v>105.82</v>
+        <v>105.47</v>
       </c>
       <c r="D481">
-        <v>107.98</v>
+        <v>107.62</v>
       </c>
       <c r="E481">
-        <v>110.14</v>
+        <v>109.77</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482" t="s">
         <v>485</v>
       </c>
       <c r="B482">
         <v>0</v>
       </c>
       <c r="C482">
-        <v>93.37</v>
+        <v>94</v>
       </c>
       <c r="D482">
-        <v>95.28</v>
+        <v>95.92</v>
       </c>
       <c r="E482">
-        <v>97.19</v>
+        <v>97.84</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483" t="s">
         <v>486</v>
       </c>
       <c r="B483">
         <v>0</v>
       </c>
       <c r="C483">
         <v>95.2</v>
       </c>
       <c r="D483">
         <v>97.14</v>
       </c>
       <c r="E483">
         <v>99.08</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484" t="s">
         <v>487</v>
       </c>
       <c r="B484">
         <v>0</v>
       </c>
       <c r="C484">
-        <v>106.45</v>
+        <v>104.91</v>
       </c>
       <c r="D484">
-        <v>108.62</v>
+        <v>107.05</v>
       </c>
       <c r="E484">
-        <v>110.79</v>
+        <v>109.19</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485" t="s">
         <v>488</v>
       </c>
       <c r="B485">
         <v>0</v>
       </c>
       <c r="C485">
-        <v>110.7</v>
+        <v>109.42</v>
       </c>
       <c r="D485">
-        <v>112.96</v>
+        <v>111.65</v>
       </c>
       <c r="E485">
-        <v>115.22</v>
+        <v>113.88</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486" t="s">
         <v>489</v>
       </c>
       <c r="B486">
         <v>0</v>
       </c>
       <c r="C486">
-        <v>111.06</v>
+        <v>106.56</v>
       </c>
       <c r="D486">
-        <v>113.33</v>
+        <v>108.73</v>
       </c>
       <c r="E486">
-        <v>115.6</v>
+        <v>110.9</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487" t="s">
         <v>490</v>
       </c>
       <c r="B487">
         <v>0</v>
       </c>
       <c r="C487">
-        <v>75.98</v>
+        <v>76.38</v>
       </c>
       <c r="D487">
-        <v>77.53</v>
+        <v>77.94</v>
       </c>
       <c r="E487">
-        <v>79.08</v>
+        <v>79.5</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488" t="s">
         <v>491</v>
       </c>
       <c r="B488">
         <v>0</v>
       </c>
       <c r="C488">
-        <v>103.99</v>
+        <v>103.4</v>
       </c>
       <c r="D488">
-        <v>106.11</v>
+        <v>105.51</v>
       </c>
       <c r="E488">
-        <v>108.23</v>
+        <v>107.62</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489" t="s">
         <v>492</v>
       </c>
       <c r="B489">
         <v>0</v>
       </c>
       <c r="C489">
-        <v>101.84</v>
+        <v>101.69</v>
       </c>
       <c r="D489">
-        <v>103.92</v>
+        <v>103.77</v>
       </c>
       <c r="E489">
-        <v>106</v>
+        <v>105.85</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490" t="s">
         <v>493</v>
       </c>
       <c r="B490">
         <v>0</v>
       </c>
       <c r="C490">
-        <v>93.43000000000001</v>
+        <v>93.98</v>
       </c>
       <c r="D490">
-        <v>95.34</v>
+        <v>95.90000000000001</v>
       </c>
       <c r="E490">
-        <v>97.25</v>
+        <v>97.81999999999999</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491" t="s">
         <v>494</v>
       </c>
       <c r="B491">
         <v>0</v>
       </c>
       <c r="C491">
-        <v>95.31999999999999</v>
+        <v>95.2</v>
       </c>
       <c r="D491">
-        <v>97.27</v>
+        <v>97.14</v>
       </c>
       <c r="E491">
-        <v>99.22</v>
+        <v>99.08</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492" t="s">
         <v>495</v>
       </c>
       <c r="B492">
         <v>0</v>
       </c>
       <c r="C492">
-        <v>106.78</v>
+        <v>105.11</v>
       </c>
       <c r="D492">
-        <v>108.96</v>
+        <v>107.25</v>
       </c>
       <c r="E492">
-        <v>111.14</v>
+        <v>109.4</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493" t="s">
         <v>496</v>
       </c>
       <c r="B493">
         <v>0</v>
       </c>
       <c r="C493">
-        <v>110.89</v>
+        <v>109.35</v>
       </c>
       <c r="D493">
-        <v>113.15</v>
+        <v>111.58</v>
       </c>
       <c r="E493">
-        <v>115.41</v>
+        <v>113.81</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494" t="s">
         <v>497</v>
       </c>
       <c r="B494">
         <v>0</v>
       </c>
       <c r="C494">
-        <v>111.1</v>
+        <v>106.66</v>
       </c>
       <c r="D494">
-        <v>113.37</v>
+        <v>108.84</v>
       </c>
       <c r="E494">
-        <v>115.64</v>
+        <v>111.02</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495" t="s">
         <v>498</v>
       </c>
       <c r="B495">
         <v>0</v>
       </c>
       <c r="C495">
-        <v>86.51000000000001</v>
+        <v>84.41</v>
       </c>
       <c r="D495">
-        <v>88.28</v>
+        <v>86.13</v>
       </c>
       <c r="E495">
-        <v>90.05</v>
+        <v>87.84999999999999</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496" t="s">
         <v>499</v>
       </c>
       <c r="B496">
         <v>0</v>
       </c>
       <c r="C496">
-        <v>104.22</v>
+        <v>103.64</v>
       </c>
       <c r="D496">
-        <v>106.35</v>
+        <v>105.76</v>
       </c>
       <c r="E496">
-        <v>108.48</v>
+        <v>107.88</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497" t="s">
         <v>500</v>
       </c>
       <c r="B497">
         <v>0</v>
       </c>
       <c r="C497">
-        <v>100.66</v>
+        <v>100.67</v>
       </c>
       <c r="D497">
-        <v>102.71</v>
+        <v>102.72</v>
       </c>
       <c r="E497">
-        <v>104.76</v>
+        <v>104.77</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498" t="s">
         <v>501</v>
       </c>
       <c r="B498">
         <v>0</v>
       </c>
       <c r="C498">
-        <v>93.53</v>
+        <v>94.14</v>
       </c>
       <c r="D498">
-        <v>95.44</v>
+        <v>96.06</v>
       </c>
       <c r="E498">
-        <v>97.34999999999999</v>
+        <v>97.98</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499" t="s">
         <v>502</v>
       </c>
       <c r="B499">
         <v>0</v>
       </c>
       <c r="C499">
-        <v>95.36</v>
+        <v>95.15000000000001</v>
       </c>
       <c r="D499">
-        <v>97.31</v>
+        <v>97.09</v>
       </c>
       <c r="E499">
-        <v>99.26000000000001</v>
+        <v>99.03</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500" t="s">
         <v>503</v>
       </c>
       <c r="B500">
         <v>0</v>
       </c>
       <c r="C500">
-        <v>107.12</v>
+        <v>105.29</v>
       </c>
       <c r="D500">
-        <v>109.31</v>
+        <v>107.44</v>
       </c>
       <c r="E500">
-        <v>111.5</v>
+        <v>109.59</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501" t="s">
         <v>504</v>
       </c>
       <c r="B501">
         <v>0</v>
       </c>
       <c r="C501">
-        <v>111.08</v>
+        <v>109.23</v>
       </c>
       <c r="D501">
-        <v>113.35</v>
+        <v>111.46</v>
       </c>
       <c r="E501">
-        <v>115.62</v>
+        <v>113.69</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502" t="s">
         <v>505</v>
       </c>
       <c r="B502">
         <v>0</v>
       </c>
       <c r="C502">
-        <v>111.17</v>
+        <v>106.82</v>
       </c>
       <c r="D502">
-        <v>113.44</v>
+        <v>109</v>
       </c>
       <c r="E502">
-        <v>115.71</v>
+        <v>111.18</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503" t="s">
         <v>506</v>
       </c>
       <c r="B503">
         <v>0</v>
       </c>
       <c r="C503">
-        <v>90.34999999999999</v>
+        <v>89.65000000000001</v>
       </c>
       <c r="D503">
-        <v>92.19</v>
+        <v>91.48</v>
       </c>
       <c r="E503">
-        <v>94.03</v>
+        <v>93.31</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504" t="s">
         <v>507</v>
       </c>
       <c r="B504">
         <v>0</v>
       </c>
       <c r="C504">
-        <v>112.7</v>
+        <v>110.2</v>
       </c>
       <c r="D504">
-        <v>115</v>
+        <v>112.45</v>
       </c>
       <c r="E504">
-        <v>117.3</v>
+        <v>114.7</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505" t="s">
         <v>508</v>
       </c>
       <c r="B505">
         <v>0</v>
       </c>
       <c r="C505">
-        <v>104.34</v>
+        <v>103.77</v>
       </c>
       <c r="D505">
-        <v>106.47</v>
+        <v>105.89</v>
       </c>
       <c r="E505">
-        <v>108.6</v>
+        <v>108.01</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506" t="s">
         <v>509</v>
       </c>
       <c r="B506">
         <v>0</v>
       </c>
       <c r="C506">
-        <v>97.63</v>
+        <v>97.70999999999999</v>
       </c>
       <c r="D506">
-        <v>99.62</v>
+        <v>99.7</v>
       </c>
       <c r="E506">
-        <v>101.61</v>
+        <v>101.69</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507" t="s">
         <v>510</v>
       </c>
       <c r="B507">
         <v>0</v>
       </c>
       <c r="C507">
-        <v>93.36</v>
+        <v>93.98</v>
       </c>
       <c r="D507">
-        <v>95.27</v>
+        <v>95.90000000000001</v>
       </c>
       <c r="E507">
-        <v>97.18000000000001</v>
+        <v>97.81999999999999</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508" t="s">
         <v>511</v>
       </c>
       <c r="B508">
         <v>0</v>
       </c>
       <c r="C508">
-        <v>95.42</v>
+        <v>95.08</v>
       </c>
       <c r="D508">
-        <v>97.37</v>
+        <v>97.02</v>
       </c>
       <c r="E508">
-        <v>99.31999999999999</v>
+        <v>98.95999999999999</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509" t="s">
         <v>512</v>
       </c>
       <c r="B509">
         <v>0</v>
       </c>
       <c r="C509">
-        <v>107.38</v>
+        <v>105.42</v>
       </c>
       <c r="D509">
-        <v>109.57</v>
+        <v>107.57</v>
       </c>
       <c r="E509">
-        <v>111.76</v>
+        <v>109.72</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510" t="s">
         <v>513</v>
       </c>
       <c r="B510">
         <v>0</v>
       </c>
       <c r="C510">
-        <v>111.32</v>
+        <v>109.22</v>
       </c>
       <c r="D510">
-        <v>113.59</v>
+        <v>111.45</v>
       </c>
       <c r="E510">
-        <v>115.86</v>
+        <v>113.68</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511" t="s">
         <v>514</v>
       </c>
       <c r="B511">
         <v>0</v>
       </c>
       <c r="C511">
-        <v>111.1</v>
+        <v>106.86</v>
       </c>
       <c r="D511">
-        <v>113.37</v>
+        <v>109.04</v>
       </c>
       <c r="E511">
-        <v>115.64</v>
+        <v>111.22</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512" t="s">
         <v>515</v>
       </c>
       <c r="B512">
         <v>0</v>
       </c>
       <c r="C512">
-        <v>88.37</v>
+        <v>89.61</v>
       </c>
       <c r="D512">
-        <v>90.17</v>
+        <v>91.44</v>
       </c>
       <c r="E512">
-        <v>91.97</v>
+        <v>93.27</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513" t="s">
         <v>516</v>
       </c>
       <c r="B513">
         <v>0</v>
       </c>
       <c r="C513">
-        <v>88.81</v>
+        <v>87.39</v>
       </c>
       <c r="D513">
-        <v>90.62</v>
+        <v>89.17</v>
       </c>
       <c r="E513">
-        <v>92.43000000000001</v>
+        <v>90.95</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514" t="s">
         <v>517</v>
       </c>
       <c r="B514">
         <v>0</v>
       </c>
       <c r="C514">
-        <v>65.39</v>
+        <v>64.77</v>
       </c>
       <c r="D514">
-        <v>66.72</v>
+        <v>66.09</v>
       </c>
       <c r="E514">
-        <v>68.05</v>
+        <v>67.41</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515" t="s">
         <v>518</v>
       </c>
       <c r="B515">
         <v>0</v>
       </c>
       <c r="C515">
-        <v>82.11</v>
+        <v>82.93000000000001</v>
       </c>
       <c r="D515">
-        <v>83.79000000000001</v>
+        <v>84.62</v>
       </c>
       <c r="E515">
-        <v>85.47</v>
+        <v>86.31</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516" t="s">
         <v>519</v>
       </c>
       <c r="B516">
         <v>0</v>
       </c>
       <c r="C516">
-        <v>105.93</v>
+        <v>105.5</v>
       </c>
       <c r="D516">
-        <v>108.09</v>
+        <v>107.65</v>
       </c>
       <c r="E516">
-        <v>110.25</v>
+        <v>109.8</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517" t="s">
         <v>520</v>
       </c>
       <c r="B517">
         <v>0</v>
       </c>
       <c r="C517">
-        <v>104.47</v>
+        <v>103.95</v>
       </c>
       <c r="D517">
-        <v>106.6</v>
+        <v>106.07</v>
       </c>
       <c r="E517">
-        <v>108.73</v>
+        <v>108.19</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518" t="s">
         <v>521</v>
       </c>
       <c r="B518">
         <v>0</v>
       </c>
       <c r="C518">
-        <v>94.18000000000001</v>
+        <v>94.34</v>
       </c>
       <c r="D518">
-        <v>96.09999999999999</v>
+        <v>96.27</v>
       </c>
       <c r="E518">
-        <v>98.02</v>
+        <v>98.2</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519" t="s">
         <v>522</v>
       </c>
       <c r="B519">
         <v>0</v>
       </c>
       <c r="C519">
-        <v>93.51000000000001</v>
+        <v>94.16</v>
       </c>
       <c r="D519">
-        <v>95.42</v>
+        <v>96.08</v>
       </c>
       <c r="E519">
-        <v>97.33</v>
+        <v>98</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520" t="s">
         <v>523</v>
       </c>
       <c r="B520">
         <v>0</v>
       </c>
       <c r="C520">
-        <v>96.87</v>
+        <v>96.44</v>
       </c>
       <c r="D520">
-        <v>98.84999999999999</v>
+        <v>98.41</v>
       </c>
       <c r="E520">
-        <v>100.83</v>
+        <v>100.38</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521" t="s">
         <v>524</v>
       </c>
       <c r="B521">
         <v>0</v>
       </c>
       <c r="C521">
-        <v>107.52</v>
+        <v>105.45</v>
       </c>
       <c r="D521">
-        <v>109.71</v>
+        <v>107.6</v>
       </c>
       <c r="E521">
-        <v>111.9</v>
+        <v>109.75</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522" t="s">
         <v>525</v>
       </c>
       <c r="B522">
         <v>0</v>
       </c>
       <c r="C522">
-        <v>111.48</v>
+        <v>109.16</v>
       </c>
       <c r="D522">
-        <v>113.76</v>
+        <v>111.39</v>
       </c>
       <c r="E522">
-        <v>116.04</v>
+        <v>113.62</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523" t="s">
         <v>526</v>
       </c>
       <c r="B523">
         <v>0</v>
       </c>
       <c r="C523">
-        <v>111.01</v>
+        <v>106.99</v>
       </c>
       <c r="D523">
-        <v>113.28</v>
+        <v>109.17</v>
       </c>
       <c r="E523">
-        <v>115.55</v>
+        <v>111.35</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524" t="s">
         <v>527</v>
       </c>
       <c r="B524">
         <v>0</v>
       </c>
       <c r="C524">
-        <v>100.73</v>
+        <v>98.11</v>
       </c>
       <c r="D524">
-        <v>102.79</v>
+        <v>100.11</v>
       </c>
       <c r="E524">
-        <v>104.85</v>
+        <v>102.11</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525" t="s">
         <v>528</v>
       </c>
       <c r="B525">
         <v>0</v>
       </c>
       <c r="C525">
-        <v>113.01</v>
+        <v>114.05</v>
       </c>
       <c r="D525">
-        <v>115.32</v>
+        <v>116.38</v>
       </c>
       <c r="E525">
-        <v>117.63</v>
+        <v>118.71</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526" t="s">
         <v>529</v>
       </c>
       <c r="B526">
         <v>0</v>
       </c>
       <c r="C526">
-        <v>105.63</v>
+        <v>105.13</v>
       </c>
       <c r="D526">
-        <v>107.79</v>
+        <v>107.28</v>
       </c>
       <c r="E526">
-        <v>109.95</v>
+        <v>109.43</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527" t="s">
         <v>530</v>
       </c>
       <c r="B527">
         <v>0</v>
       </c>
       <c r="C527">
-        <v>104.68</v>
+        <v>104.17</v>
       </c>
       <c r="D527">
-        <v>106.82</v>
+        <v>106.3</v>
       </c>
       <c r="E527">
-        <v>108.96</v>
+        <v>108.43</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528" t="s">
         <v>531</v>
       </c>
       <c r="B528">
         <v>0</v>
       </c>
       <c r="C528">
-        <v>92.8</v>
+        <v>92.98999999999999</v>
       </c>
       <c r="D528">
-        <v>94.69</v>
+        <v>94.89</v>
       </c>
       <c r="E528">
-        <v>96.58</v>
+        <v>96.79000000000001</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529" t="s">
         <v>532</v>
       </c>
       <c r="B529">
         <v>0</v>
       </c>
       <c r="C529">
-        <v>93.61</v>
+        <v>94.20999999999999</v>
       </c>
       <c r="D529">
-        <v>95.52</v>
+        <v>96.13</v>
       </c>
       <c r="E529">
-        <v>97.43000000000001</v>
+        <v>98.05</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530" t="s">
         <v>533</v>
       </c>
       <c r="B530">
         <v>0</v>
       </c>
       <c r="C530">
-        <v>97.95999999999999</v>
+        <v>97.40000000000001</v>
       </c>
       <c r="D530">
-        <v>99.95999999999999</v>
+        <v>99.39</v>
       </c>
       <c r="E530">
-        <v>101.96</v>
+        <v>101.38</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531" t="s">
         <v>534</v>
       </c>
       <c r="B531">
         <v>0</v>
       </c>
       <c r="C531">
-        <v>107.89</v>
+        <v>105.64</v>
       </c>
       <c r="D531">
-        <v>110.09</v>
+        <v>107.8</v>
       </c>
       <c r="E531">
-        <v>112.29</v>
+        <v>109.96</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532" t="s">
         <v>535</v>
       </c>
       <c r="B532">
         <v>0</v>
       </c>
       <c r="C532">
-        <v>111.7</v>
+        <v>109.02</v>
       </c>
       <c r="D532">
-        <v>113.98</v>
+        <v>111.24</v>
       </c>
       <c r="E532">
-        <v>116.26</v>
+        <v>113.46</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533" t="s">
         <v>536</v>
       </c>
       <c r="B533">
         <v>0</v>
       </c>
       <c r="C533">
-        <v>109.85</v>
+        <v>106.09</v>
       </c>
       <c r="D533">
-        <v>112.09</v>
+        <v>108.26</v>
       </c>
       <c r="E533">
-        <v>114.33</v>
+        <v>110.43</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534" t="s">
         <v>537</v>
       </c>
       <c r="B534">
         <v>0</v>
       </c>
       <c r="C534">
-        <v>97.51000000000001</v>
+        <v>94.79000000000001</v>
       </c>
       <c r="D534">
-        <v>99.5</v>
+        <v>96.72</v>
       </c>
       <c r="E534">
-        <v>101.49</v>
+        <v>98.65000000000001</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535" t="s">
         <v>538</v>
       </c>
       <c r="B535">
         <v>0</v>
       </c>
       <c r="C535">
-        <v>104.12</v>
+        <v>103.61</v>
       </c>
       <c r="D535">
-        <v>106.24</v>
+        <v>105.72</v>
       </c>
       <c r="E535">
-        <v>108.36</v>
+        <v>107.83</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536" t="s">
         <v>539</v>
       </c>
       <c r="B536">
         <v>0</v>
       </c>
       <c r="C536">
-        <v>104.86</v>
+        <v>104.35</v>
       </c>
       <c r="D536">
-        <v>107</v>
+        <v>106.48</v>
       </c>
       <c r="E536">
-        <v>109.14</v>
+        <v>108.61</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537" t="s">
         <v>540</v>
       </c>
       <c r="B537">
         <v>0</v>
       </c>
       <c r="C537">
-        <v>93.68000000000001</v>
+        <v>94.20999999999999</v>
       </c>
       <c r="D537">
-        <v>95.59</v>
+        <v>96.13</v>
       </c>
       <c r="E537">
-        <v>97.5</v>
+        <v>98.05</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538" t="s">
         <v>541</v>
       </c>
       <c r="B538">
         <v>0</v>
       </c>
       <c r="C538">
-        <v>100.55</v>
+        <v>99.83</v>
       </c>
       <c r="D538">
-        <v>102.6</v>
+        <v>101.87</v>
       </c>
       <c r="E538">
-        <v>104.65</v>
+        <v>103.91</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539" t="s">
         <v>542</v>
       </c>
       <c r="B539">
         <v>0</v>
       </c>
       <c r="C539">
-        <v>108.05</v>
+        <v>105.71</v>
       </c>
       <c r="D539">
-        <v>110.25</v>
+        <v>107.87</v>
       </c>
       <c r="E539">
-        <v>112.46</v>
+        <v>110.03</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540" t="s">
         <v>543</v>
       </c>
       <c r="B540">
         <v>0</v>
       </c>
       <c r="C540">
-        <v>111.88</v>
+        <v>108.89</v>
       </c>
       <c r="D540">
-        <v>114.16</v>
+        <v>111.11</v>
       </c>
       <c r="E540">
-        <v>116.44</v>
+        <v>113.33</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541" t="s">
         <v>544</v>
       </c>
       <c r="B541">
         <v>0</v>
       </c>
       <c r="C541">
-        <v>110.38</v>
+        <v>106.8</v>
       </c>
       <c r="D541">
-        <v>112.63</v>
+        <v>108.98</v>
       </c>
       <c r="E541">
-        <v>114.88</v>
+        <v>111.16</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542" t="s">
         <v>545</v>
       </c>
       <c r="B542">
         <v>0</v>
       </c>
       <c r="C542">
-        <v>103.85</v>
+        <v>103.29</v>
       </c>
       <c r="D542">
-        <v>105.97</v>
+        <v>105.4</v>
       </c>
       <c r="E542">
-        <v>108.09</v>
+        <v>107.51</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543" t="s">
         <v>546</v>
       </c>
       <c r="B543">
         <v>0</v>
       </c>
       <c r="C543">
-        <v>105.03</v>
+        <v>104.55</v>
       </c>
       <c r="D543">
-        <v>107.17</v>
+        <v>106.68</v>
       </c>
       <c r="E543">
-        <v>109.31</v>
+        <v>108.81</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544" t="s">
         <v>547</v>
       </c>
       <c r="B544">
         <v>0</v>
       </c>
       <c r="C544">
-        <v>93.73</v>
+        <v>94.08</v>
       </c>
       <c r="D544">
-        <v>95.64</v>
+        <v>96</v>
       </c>
       <c r="E544">
-        <v>97.55</v>
+        <v>97.92</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545" t="s">
         <v>548</v>
       </c>
       <c r="B545">
         <v>0</v>
       </c>
       <c r="C545">
-        <v>93.69</v>
+        <v>94.13</v>
       </c>
       <c r="D545">
-        <v>95.59999999999999</v>
+        <v>96.05</v>
       </c>
       <c r="E545">
-        <v>97.51000000000001</v>
+        <v>97.97</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546" t="s">
         <v>549</v>
       </c>
       <c r="B546">
         <v>0</v>
       </c>
       <c r="C546">
-        <v>103.4</v>
+        <v>102.53</v>
       </c>
       <c r="D546">
-        <v>105.51</v>
+        <v>104.62</v>
       </c>
       <c r="E546">
-        <v>107.62</v>
+        <v>106.71</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547" t="s">
         <v>550</v>
       </c>
       <c r="B547">
         <v>0</v>
       </c>
       <c r="C547">
-        <v>108.22</v>
+        <v>106.07</v>
       </c>
       <c r="D547">
-        <v>110.43</v>
+        <v>108.23</v>
       </c>
       <c r="E547">
-        <v>112.64</v>
+        <v>110.39</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548" t="s">
         <v>551</v>
       </c>
       <c r="B548">
         <v>0</v>
       </c>
       <c r="C548">
-        <v>112.06</v>
+        <v>108.77</v>
       </c>
       <c r="D548">
-        <v>114.35</v>
+        <v>110.99</v>
       </c>
       <c r="E548">
-        <v>116.64</v>
+        <v>113.21</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549" t="s">
         <v>552</v>
       </c>
       <c r="B549">
         <v>0</v>
       </c>
       <c r="C549">
-        <v>110.42</v>
+        <v>107.08</v>
       </c>
       <c r="D549">
-        <v>112.67</v>
+        <v>109.27</v>
       </c>
       <c r="E549">
-        <v>114.92</v>
+        <v>111.46</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550" t="s">
         <v>553</v>
       </c>
       <c r="B550">
         <v>0</v>
       </c>
       <c r="C550">
-        <v>103.55</v>
+        <v>102.94</v>
       </c>
       <c r="D550">
-        <v>105.66</v>
+        <v>105.04</v>
       </c>
       <c r="E550">
-        <v>107.77</v>
+        <v>107.14</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551" t="s">
         <v>554</v>
       </c>
       <c r="B551">
         <v>0</v>
       </c>
       <c r="C551">
-        <v>105.22</v>
+        <v>104.75</v>
       </c>
       <c r="D551">
-        <v>107.37</v>
+        <v>106.89</v>
       </c>
       <c r="E551">
-        <v>109.52</v>
+        <v>109.03</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552" t="s">
         <v>555</v>
       </c>
       <c r="B552">
         <v>0</v>
       </c>
       <c r="C552">
-        <v>94.44</v>
+        <v>94.8</v>
       </c>
       <c r="D552">
-        <v>96.37</v>
+        <v>96.73</v>
       </c>
       <c r="E552">
-        <v>98.3</v>
+        <v>98.66</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553" t="s">
         <v>556</v>
       </c>
       <c r="B553">
         <v>0</v>
       </c>
       <c r="C553">
-        <v>103.54</v>
+        <v>102.55</v>
       </c>
       <c r="D553">
-        <v>105.65</v>
+        <v>104.64</v>
       </c>
       <c r="E553">
-        <v>107.76</v>
+        <v>106.73</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554" t="s">
         <v>557</v>
       </c>
       <c r="B554">
         <v>0</v>
       </c>
       <c r="C554">
-        <v>108.53</v>
+        <v>106.59</v>
       </c>
       <c r="D554">
-        <v>110.74</v>
+        <v>108.77</v>
       </c>
       <c r="E554">
-        <v>112.95</v>
+        <v>110.95</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555" t="s">
         <v>558</v>
       </c>
       <c r="B555">
         <v>0</v>
       </c>
       <c r="C555">
-        <v>111.51</v>
+        <v>107.84</v>
       </c>
       <c r="D555">
-        <v>113.79</v>
+        <v>110.04</v>
       </c>
       <c r="E555">
-        <v>116.07</v>
+        <v>112.24</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556" t="s">
         <v>559</v>
       </c>
       <c r="B556">
         <v>0</v>
       </c>
       <c r="C556">
-        <v>110.46</v>
+        <v>107.32</v>
       </c>
       <c r="D556">
-        <v>112.71</v>
+        <v>109.51</v>
       </c>
       <c r="E556">
-        <v>114.96</v>
+        <v>111.7</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557" t="s">
         <v>560</v>
       </c>
       <c r="B557">
         <v>0</v>
       </c>
       <c r="C557">
-        <v>90.19</v>
+        <v>87.87</v>
       </c>
       <c r="D557">
-        <v>92.03</v>
+        <v>89.66</v>
       </c>
       <c r="E557">
-        <v>93.87</v>
+        <v>91.45</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558" t="s">
         <v>561</v>
       </c>
       <c r="B558">
         <v>0</v>
       </c>
       <c r="C558">
-        <v>81.09</v>
+        <v>82.19</v>
       </c>
       <c r="D558">
-        <v>82.73999999999999</v>
+        <v>83.87</v>
       </c>
       <c r="E558">
-        <v>84.39</v>
+        <v>85.55</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559" t="s">
         <v>562</v>
       </c>
       <c r="B559">
         <v>0</v>
       </c>
       <c r="C559">
-        <v>103.45</v>
+        <v>102.84</v>
       </c>
       <c r="D559">
-        <v>105.56</v>
+        <v>104.94</v>
       </c>
       <c r="E559">
-        <v>107.67</v>
+        <v>107.04</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560" t="s">
         <v>563</v>
       </c>
       <c r="B560">
         <v>0</v>
       </c>
       <c r="C560">
-        <v>105.37</v>
+        <v>104.92</v>
       </c>
       <c r="D560">
-        <v>107.52</v>
+        <v>107.06</v>
       </c>
       <c r="E560">
-        <v>109.67</v>
+        <v>109.2</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561" t="s">
         <v>564</v>
       </c>
       <c r="B561">
         <v>0</v>
       </c>
       <c r="C561">
-        <v>93.31</v>
+        <v>94.11</v>
       </c>
       <c r="D561">
-        <v>95.20999999999999</v>
+        <v>96.03</v>
       </c>
       <c r="E561">
-        <v>97.11</v>
+        <v>97.95</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562" t="s">
         <v>565</v>
       </c>
       <c r="B562">
         <v>0</v>
       </c>
       <c r="C562">
-        <v>94.92</v>
+        <v>95.17</v>
       </c>
       <c r="D562">
-        <v>96.86</v>
+        <v>97.11</v>
       </c>
       <c r="E562">
-        <v>98.8</v>
+        <v>99.05</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563" t="s">
         <v>566</v>
       </c>
       <c r="B563">
         <v>0</v>
       </c>
       <c r="C563">
-        <v>103.7</v>
+        <v>102.58</v>
       </c>
       <c r="D563">
-        <v>105.82</v>
+        <v>104.67</v>
       </c>
       <c r="E563">
-        <v>107.94</v>
+        <v>106.76</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564" t="s">
         <v>567</v>
       </c>
       <c r="B564">
         <v>0</v>
       </c>
       <c r="C564">
-        <v>109.19</v>
+        <v>107.44</v>
       </c>
       <c r="D564">
-        <v>111.42</v>
+        <v>109.63</v>
       </c>
       <c r="E564">
-        <v>113.65</v>
+        <v>111.82</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565" t="s">
         <v>568</v>
       </c>
       <c r="B565">
         <v>0</v>
       </c>
       <c r="C565">
-        <v>111.71</v>
+        <v>107.72</v>
       </c>
       <c r="D565">
-        <v>113.99</v>
+        <v>109.92</v>
       </c>
       <c r="E565">
-        <v>116.27</v>
+        <v>112.12</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566" t="s">
         <v>569</v>
       </c>
       <c r="B566">
         <v>0</v>
       </c>
       <c r="C566">
-        <v>83.14</v>
+        <v>85.93000000000001</v>
       </c>
       <c r="D566">
-        <v>84.84</v>
+        <v>87.68000000000001</v>
       </c>
       <c r="E566">
-        <v>86.54000000000001</v>
+        <v>89.43000000000001</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567" t="s">
         <v>570</v>
       </c>
       <c r="B567">
         <v>0</v>
       </c>
       <c r="C567">
-        <v>98.03</v>
+        <v>99.68000000000001</v>
       </c>
       <c r="D567">
-        <v>100.03</v>
+        <v>101.71</v>
       </c>
       <c r="E567">
-        <v>102.03</v>
+        <v>103.74</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568" t="s">
         <v>571</v>
       </c>
       <c r="B568">
         <v>0</v>
       </c>
       <c r="C568">
-        <v>99.56</v>
+        <v>98.67</v>
       </c>
       <c r="D568">
-        <v>101.59</v>
+        <v>100.68</v>
       </c>
       <c r="E568">
-        <v>103.62</v>
+        <v>102.69</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569" t="s">
         <v>572</v>
       </c>
       <c r="B569">
         <v>0</v>
       </c>
       <c r="C569">
-        <v>98.52</v>
+        <v>98.90000000000001</v>
       </c>
       <c r="D569">
-        <v>100.53</v>
+        <v>100.92</v>
       </c>
       <c r="E569">
-        <v>102.54</v>
+        <v>102.94</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570" t="s">
         <v>573</v>
       </c>
       <c r="B570">
         <v>0</v>
       </c>
       <c r="C570">
-        <v>98.81</v>
+        <v>98.31</v>
       </c>
       <c r="D570">
-        <v>100.83</v>
+        <v>100.32</v>
       </c>
       <c r="E570">
-        <v>102.85</v>
+        <v>102.33</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571" t="s">
         <v>574</v>
       </c>
       <c r="B571">
         <v>0</v>
       </c>
       <c r="C571">
-        <v>98.34999999999999</v>
+        <v>100.02</v>
       </c>
       <c r="D571">
-        <v>100.36</v>
+        <v>102.06</v>
       </c>
       <c r="E571">
-        <v>102.37</v>
+        <v>104.1</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572" t="s">
         <v>575</v>
       </c>
       <c r="B572">
         <v>0</v>
       </c>
       <c r="C572">
-        <v>100.05</v>
+        <v>98.48</v>
       </c>
       <c r="D572">
-        <v>102.09</v>
+        <v>100.49</v>
       </c>
       <c r="E572">
-        <v>104.13</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573" t="s">
         <v>576</v>
       </c>
       <c r="B573">
         <v>0</v>
       </c>
       <c r="C573">
-        <v>98.52</v>
+        <v>99.87</v>
       </c>
       <c r="D573">
-        <v>100.53</v>
+        <v>101.91</v>
       </c>
       <c r="E573">
-        <v>102.54</v>
+        <v>103.95</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574" t="s">
         <v>577</v>
       </c>
       <c r="B574">
         <v>0</v>
       </c>
       <c r="C574">
-        <v>99.95</v>
+        <v>98.70999999999999</v>
       </c>
       <c r="D574">
-        <v>101.99</v>
+        <v>100.72</v>
       </c>
       <c r="E574">
-        <v>104.03</v>
+        <v>102.73</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575" t="s">
         <v>578</v>
       </c>
       <c r="B575">
         <v>0</v>
       </c>
       <c r="C575">
-        <v>98.73999999999999</v>
+        <v>100.35</v>
       </c>
       <c r="D575">
-        <v>100.76</v>
+        <v>102.4</v>
       </c>
       <c r="E575">
-        <v>102.78</v>
+        <v>104.45</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576" t="s">
         <v>579</v>
       </c>
       <c r="B576">
         <v>0</v>
       </c>
       <c r="C576">
-        <v>100.51</v>
+        <v>99.58</v>
       </c>
       <c r="D576">
-        <v>102.56</v>
+        <v>101.61</v>
       </c>
       <c r="E576">
-        <v>104.61</v>
+        <v>103.64</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577" t="s">
         <v>580</v>
       </c>
       <c r="B577">
         <v>0</v>
       </c>
       <c r="C577">
-        <v>99.75</v>
+        <v>98.98</v>
       </c>
       <c r="D577">
-        <v>101.79</v>
+        <v>101</v>
       </c>
       <c r="E577">
-        <v>103.83</v>
+        <v>103.02</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578" t="s">
         <v>581</v>
       </c>
       <c r="B578">
         <v>0</v>
       </c>
       <c r="C578">
-        <v>98.93000000000001</v>
+        <v>97.61</v>
       </c>
       <c r="D578">
-        <v>100.95</v>
+        <v>99.59999999999999</v>
       </c>
       <c r="E578">
-        <v>102.97</v>
+        <v>101.59</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579" t="s">
         <v>582</v>
       </c>
       <c r="B579">
         <v>0</v>
       </c>
       <c r="C579">
-        <v>97.83</v>
+        <v>99.23999999999999</v>
       </c>
       <c r="D579">
-        <v>99.83</v>
+        <v>101.27</v>
       </c>
       <c r="E579">
-        <v>101.83</v>
+        <v>103.3</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580" t="s">
         <v>583</v>
       </c>
       <c r="B580">
         <v>0</v>
       </c>
       <c r="C580">
-        <v>99.15000000000001</v>
+        <v>99.53</v>
       </c>
       <c r="D580">
-        <v>101.17</v>
+        <v>101.56</v>
       </c>
       <c r="E580">
-        <v>103.19</v>
+        <v>103.59</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581" t="s">
         <v>584</v>
       </c>
       <c r="B581">
         <v>0</v>
       </c>
       <c r="C581">
-        <v>99.39</v>
+        <v>97.42</v>
       </c>
       <c r="D581">
-        <v>101.42</v>
+        <v>99.41</v>
       </c>
       <c r="E581">
-        <v>103.45</v>
+        <v>101.4</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582" t="s">
         <v>585</v>
       </c>
       <c r="B582">
         <v>0</v>
       </c>
       <c r="C582">
-        <v>97.8</v>
+        <v>94.34999999999999</v>
       </c>
       <c r="D582">
-        <v>99.8</v>
+        <v>96.28</v>
       </c>
       <c r="E582">
-        <v>101.8</v>
+        <v>98.20999999999999</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583" t="s">
         <v>586</v>
       </c>
       <c r="B583">
         <v>0</v>
       </c>
       <c r="C583">
-        <v>94.68000000000001</v>
+        <v>98.51000000000001</v>
       </c>
       <c r="D583">
-        <v>96.61</v>
+        <v>100.52</v>
       </c>
       <c r="E583">
-        <v>98.54000000000001</v>
+        <v>102.53</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584" t="s">
         <v>587</v>
       </c>
       <c r="B584">
         <v>0</v>
       </c>
       <c r="C584">
-        <v>97.66</v>
+        <v>96.98999999999999</v>
       </c>
       <c r="D584">
-        <v>99.65000000000001</v>
+        <v>98.97</v>
       </c>
       <c r="E584">
-        <v>101.64</v>
+        <v>100.95</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585" t="s">
         <v>588</v>
       </c>
       <c r="B585">
         <v>0</v>
       </c>
       <c r="C585">
-        <v>96.56999999999999</v>
+        <v>93.70999999999999</v>
       </c>
       <c r="D585">
-        <v>98.54000000000001</v>
+        <v>95.62</v>
       </c>
       <c r="E585">
-        <v>100.51</v>
+        <v>97.53</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586" t="s">
         <v>589</v>
       </c>
       <c r="B586">
         <v>0</v>
       </c>
       <c r="C586">
-        <v>93.36</v>
+        <v>93.98</v>
       </c>
       <c r="D586">
-        <v>95.27</v>
+        <v>95.90000000000001</v>
       </c>
       <c r="E586">
-        <v>97.18000000000001</v>
+        <v>97.81999999999999</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587" t="s">
         <v>590</v>
       </c>
       <c r="B587">
         <v>0</v>
       </c>
       <c r="C587">
-        <v>94.3</v>
+        <v>103.27</v>
       </c>
       <c r="D587">
-        <v>96.22</v>
+        <v>105.38</v>
       </c>
       <c r="E587">
-        <v>98.14</v>
+        <v>107.49</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588" t="s">
         <v>591</v>
       </c>
       <c r="B588">
         <v>0</v>
       </c>
       <c r="C588">
-        <v>103.58</v>
+        <v>104.54</v>
       </c>
       <c r="D588">
-        <v>105.69</v>
+        <v>106.67</v>
       </c>
       <c r="E588">
-        <v>107.8</v>
+        <v>108.8</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589" t="s">
         <v>592</v>
       </c>
       <c r="B589">
         <v>0</v>
       </c>
       <c r="C589">
-        <v>104.15</v>
+        <v>94.8</v>
       </c>
       <c r="D589">
-        <v>106.28</v>
+        <v>96.73</v>
       </c>
       <c r="E589">
-        <v>108.41</v>
+        <v>98.66</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590" t="s">
         <v>593</v>
       </c>
       <c r="B590">
         <v>0</v>
       </c>
       <c r="C590">
-        <v>94.66</v>
+        <v>104.27</v>
       </c>
       <c r="D590">
-        <v>96.59</v>
+        <v>106.4</v>
       </c>
       <c r="E590">
-        <v>98.52</v>
+        <v>108.53</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591" t="s">
         <v>594</v>
       </c>
       <c r="B591">
         <v>0</v>
       </c>
       <c r="C591">
-        <v>104.32</v>
+        <v>95.45999999999999</v>
       </c>
       <c r="D591">
-        <v>106.45</v>
+        <v>97.41</v>
       </c>
       <c r="E591">
-        <v>108.58</v>
+        <v>99.36</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592" t="s">
         <v>595</v>
       </c>
       <c r="B592">
         <v>0</v>
       </c>
       <c r="C592">
-        <v>94.98999999999999</v>
+        <v>94.81</v>
       </c>
       <c r="D592">
-        <v>96.93000000000001</v>
+        <v>96.73999999999999</v>
       </c>
       <c r="E592">
-        <v>98.87</v>
+        <v>98.67</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593" t="s">
         <v>596</v>
       </c>
       <c r="B593">
         <v>0</v>
       </c>
       <c r="C593">
-        <v>95.14</v>
+        <v>105.07</v>
       </c>
       <c r="D593">
-        <v>97.08</v>
+        <v>107.21</v>
       </c>
       <c r="E593">
-        <v>99.02</v>
+        <v>109.35</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594" t="s">
         <v>597</v>
       </c>
       <c r="B594">
         <v>0</v>
       </c>
       <c r="C594">
-        <v>104.55</v>
+        <v>94.67</v>
       </c>
       <c r="D594">
-        <v>106.68</v>
+        <v>96.59999999999999</v>
       </c>
       <c r="E594">
-        <v>108.81</v>
+        <v>98.53</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595" t="s">
         <v>598</v>
       </c>
       <c r="B595">
         <v>0</v>
       </c>
       <c r="C595">
-        <v>94.65000000000001</v>
+        <v>95.25</v>
       </c>
       <c r="D595">
-        <v>96.58</v>
+        <v>97.19</v>
       </c>
       <c r="E595">
-        <v>98.51000000000001</v>
+        <v>99.13</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596" t="s">
         <v>599</v>
       </c>
       <c r="B596">
         <v>0</v>
       </c>
       <c r="C596">
-        <v>95.55</v>
+        <v>94.72</v>
       </c>
       <c r="D596">
-        <v>97.5</v>
+        <v>96.65000000000001</v>
       </c>
       <c r="E596">
-        <v>99.45</v>
+        <v>98.58</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597" t="s">
         <v>600</v>
       </c>
       <c r="B597">
         <v>0</v>
       </c>
       <c r="C597">
-        <v>94.22</v>
+        <v>95.42</v>
       </c>
       <c r="D597">
-        <v>96.14</v>
+        <v>97.37</v>
       </c>
       <c r="E597">
-        <v>98.06</v>
+        <v>99.31999999999999</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598" t="s">
         <v>601</v>
       </c>
       <c r="B598">
         <v>0</v>
       </c>
       <c r="C598">
-        <v>95.72</v>
+        <v>97.01000000000001</v>
       </c>
       <c r="D598">
-        <v>97.67</v>
+        <v>98.98999999999999</v>
       </c>
       <c r="E598">
-        <v>99.62</v>
+        <v>100.97</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599" t="s">
         <v>602</v>
       </c>
       <c r="B599">
         <v>0</v>
       </c>
       <c r="C599">
-        <v>96.47</v>
+        <v>103.58</v>
       </c>
       <c r="D599">
-        <v>98.44</v>
+        <v>105.69</v>
       </c>
       <c r="E599">
-        <v>100.41</v>
+        <v>107.8</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600" t="s">
         <v>603</v>
       </c>
       <c r="B600">
         <v>0</v>
       </c>
       <c r="C600">
-        <v>103.5</v>
+        <v>95.2</v>
       </c>
       <c r="D600">
-        <v>105.61</v>
+        <v>97.14</v>
       </c>
       <c r="E600">
-        <v>107.72</v>
+        <v>99.08</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601" t="s">
         <v>604</v>
       </c>
       <c r="B601">
         <v>0</v>
       </c>
       <c r="C601">
-        <v>94.73999999999999</v>
+        <v>93.84</v>
       </c>
       <c r="D601">
-        <v>96.67</v>
+        <v>95.75</v>
       </c>
       <c r="E601">
-        <v>98.59999999999999</v>
+        <v>97.67</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602" t="s">
         <v>605</v>
       </c>
       <c r="B602">
         <v>0</v>
       </c>
       <c r="C602">
-        <v>94.09</v>
+        <v>99.83</v>
       </c>
       <c r="D602">
-        <v>96.01000000000001</v>
+        <v>101.87</v>
       </c>
       <c r="E602">
-        <v>97.93000000000001</v>
+        <v>103.91</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603" t="s">
         <v>606</v>
       </c>
       <c r="B603">
         <v>0</v>
       </c>
       <c r="C603">
-        <v>100.21</v>
+        <v>99.72</v>
       </c>
       <c r="D603">
-        <v>102.25</v>
+        <v>101.75</v>
       </c>
       <c r="E603">
-        <v>104.3</v>
+        <v>103.79</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604" t="s">
         <v>607</v>
       </c>
       <c r="B604">
         <v>0</v>
       </c>
       <c r="C604">
-        <v>99.42</v>
+        <v>98.38</v>
       </c>
       <c r="D604">
-        <v>101.45</v>
+        <v>100.39</v>
       </c>
       <c r="E604">
-        <v>103.48</v>
+        <v>102.4</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605" t="s">
         <v>608</v>
       </c>
       <c r="B605">
         <v>0</v>
       </c>
       <c r="C605">
-        <v>98.70999999999999</v>
+        <v>104.21</v>
       </c>
       <c r="D605">
-        <v>100.72</v>
+        <v>106.34</v>
       </c>
       <c r="E605">
-        <v>102.73</v>
+        <v>108.47</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606" t="s">
         <v>609</v>
       </c>
       <c r="B606">
         <v>0</v>
       </c>
       <c r="C606">
-        <v>103.58</v>
+        <v>27.2</v>
       </c>
       <c r="D606">
-        <v>105.69</v>
+        <v>30.2</v>
       </c>
       <c r="E606">
-        <v>107.8</v>
+        <v>33.2</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607" t="s">
         <v>610</v>
       </c>
       <c r="B607">
         <v>0</v>
       </c>
       <c r="C607">
-        <v>26.7</v>
+        <v>41</v>
       </c>
       <c r="D607">
-        <v>29.6</v>
+        <v>45.5</v>
       </c>
       <c r="E607">
-        <v>32.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608" t="s">
         <v>611</v>
       </c>
       <c r="B608">
         <v>0</v>
       </c>
       <c r="C608">
-        <v>37.5</v>
+        <v>14</v>
       </c>
       <c r="D608">
-        <v>41.6</v>
+        <v>15.5</v>
       </c>
       <c r="E608">
-        <v>45.7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609" t="s">
         <v>612</v>
       </c>
       <c r="B609">
         <v>0</v>
       </c>
       <c r="C609">
-        <v>14.4</v>
+        <v>14.9</v>
       </c>
       <c r="D609">
-        <v>15.9</v>
+        <v>16.5</v>
       </c>
       <c r="E609">
-        <v>17.4</v>
+        <v>18.1</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610" t="s">
         <v>613</v>
       </c>
       <c r="B610">
         <v>0</v>
       </c>
       <c r="C610">
-        <v>16.2</v>
+        <v>2.1</v>
       </c>
       <c r="D610">
-        <v>18</v>
+        <v>2.3</v>
       </c>
       <c r="E610">
-        <v>19.8</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611" t="s">
         <v>614</v>
       </c>
       <c r="B611">
         <v>0</v>
       </c>
       <c r="C611">
-        <v>2.5</v>
+        <v>16.3</v>
       </c>
       <c r="D611">
-        <v>2.7</v>
+        <v>18.1</v>
       </c>
       <c r="E611">
-        <v>2.9</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612" t="s">
         <v>615</v>
       </c>
       <c r="B612">
         <v>0</v>
       </c>
       <c r="C612">
-        <v>15.3</v>
+        <v>1.4</v>
       </c>
       <c r="D612">
-        <v>17</v>
+        <v>1.5</v>
       </c>
       <c r="E612">
-        <v>18.7</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613" t="s">
         <v>616</v>
       </c>
       <c r="B613">
         <v>0</v>
       </c>
       <c r="C613">
-        <v>1.5</v>
+        <v>9</v>
       </c>
       <c r="D613">
-        <v>1.6</v>
+        <v>10</v>
       </c>
       <c r="E613">
-        <v>1.7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614" t="s">
         <v>617</v>
       </c>
       <c r="B614">
         <v>0</v>
       </c>
       <c r="C614">
-        <v>9</v>
+        <v>4750</v>
       </c>
       <c r="D614">
-        <v>10</v>
+        <v>5000</v>
       </c>
       <c r="E614">
-        <v>11</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615" t="s">
         <v>618</v>
       </c>
       <c r="B615">
         <v>0</v>
       </c>
       <c r="C615">
-        <v>4750</v>
+        <v>2.7</v>
       </c>
       <c r="D615">
-        <v>5000</v>
+        <v>2.9</v>
       </c>
       <c r="E615">
-        <v>5250</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616" t="s">
         <v>619</v>
       </c>
       <c r="B616">
         <v>0</v>
       </c>
       <c r="C616">
-        <v>2.8</v>
+        <v>32.4</v>
       </c>
       <c r="D616">
-        <v>3.1</v>
+        <v>35.9</v>
       </c>
       <c r="E616">
-        <v>3.4</v>
+        <v>39.4</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617" t="s">
         <v>620</v>
       </c>
       <c r="B617">
         <v>0</v>
       </c>
       <c r="C617">
-        <v>31.5</v>
+        <v>34.3</v>
       </c>
       <c r="D617">
-        <v>35</v>
+        <v>38.1</v>
       </c>
       <c r="E617">
-        <v>38.5</v>
+        <v>41.9</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618" t="s">
         <v>621</v>
       </c>
       <c r="B618">
         <v>0</v>
       </c>
       <c r="C618">
-        <v>36</v>
+        <v>108</v>
       </c>
       <c r="D618">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="E618">
-        <v>44</v>
+        <v>132</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619" t="s">
         <v>622</v>
       </c>
       <c r="B619">
         <v>0</v>
       </c>
       <c r="C619">
-        <v>94.5</v>
+        <v>29.7</v>
       </c>
       <c r="D619">
-        <v>105</v>
+        <v>33</v>
       </c>
       <c r="E619">
-        <v>115.5</v>
+        <v>36.3</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620" t="s">
         <v>623</v>
       </c>
       <c r="B620">
         <v>0</v>
       </c>
       <c r="C620">
-        <v>30.7</v>
+        <v>21.6</v>
       </c>
       <c r="D620">
-        <v>34.1</v>
+        <v>24</v>
       </c>
       <c r="E620">
-        <v>37.5</v>
+        <v>26.4</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621" t="s">
         <v>624</v>
       </c>
       <c r="B621">
         <v>0</v>
       </c>
       <c r="C621">
-        <v>19.4</v>
+        <v>8.6</v>
       </c>
       <c r="D621">
-        <v>21.5</v>
+        <v>9.5</v>
       </c>
       <c r="E621">
-        <v>23.6</v>
+        <v>10.4</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622" t="s">
         <v>625</v>
       </c>
       <c r="B622">
         <v>0</v>
       </c>
       <c r="C622">
-        <v>9.5</v>
+        <v>6.9</v>
       </c>
       <c r="D622">
-        <v>10.5</v>
+        <v>7.6</v>
       </c>
       <c r="E622">
-        <v>11.5</v>
+        <v>8.300000000000001</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623" t="s">
         <v>626</v>
       </c>
       <c r="B623">
         <v>0</v>
       </c>
       <c r="C623">
-        <v>6.9</v>
+        <v>5.2</v>
       </c>
       <c r="D623">
-        <v>7.6</v>
+        <v>5.7</v>
       </c>
       <c r="E623">
-        <v>8.300000000000001</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624" t="s">
         <v>627</v>
       </c>
       <c r="B624">
         <v>0</v>
       </c>
       <c r="C624">
-        <v>4.7</v>
+        <v>10.8</v>
       </c>
       <c r="D624">
-        <v>5.2</v>
+        <v>12</v>
       </c>
       <c r="E624">
-        <v>5.7</v>
+        <v>13.2</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625" t="s">
         <v>628</v>
       </c>
       <c r="B625">
         <v>0</v>
       </c>
       <c r="C625">
-        <v>11.1</v>
+        <v>342.4</v>
       </c>
       <c r="D625">
-        <v>12.3</v>
+        <v>375.2</v>
       </c>
       <c r="E625">
-        <v>13.5</v>
+        <v>408</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626" t="s">
         <v>629</v>
       </c>
       <c r="B626">
         <v>0</v>
       </c>
       <c r="C626">
-        <v>344.1</v>
+        <v>129.2</v>
       </c>
       <c r="D626">
-        <v>377</v>
+        <v>143.5</v>
       </c>
       <c r="E626">
-        <v>409.9</v>
+        <v>157.8</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627" t="s">
         <v>630</v>
       </c>
       <c r="B627">
         <v>0</v>
       </c>
       <c r="C627">
-        <v>121.5</v>
+        <v>12.9</v>
       </c>
       <c r="D627">
-        <v>134.9</v>
+        <v>14.3</v>
       </c>
       <c r="E627">
-        <v>148.3</v>
+        <v>15.7</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628" t="s">
         <v>631</v>
       </c>
       <c r="B628">
         <v>0</v>
       </c>
       <c r="C628">
-        <v>9.4</v>
+        <v>7</v>
       </c>
       <c r="D628">
-        <v>10.4</v>
+        <v>7.7</v>
       </c>
       <c r="E628">
-        <v>11.4</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629" t="s">
         <v>632</v>
       </c>
       <c r="B629">
         <v>0</v>
       </c>
       <c r="C629">
-        <v>7.6</v>
+        <v>22.2</v>
       </c>
       <c r="D629">
-        <v>8.4</v>
+        <v>24.6</v>
       </c>
       <c r="E629">
-        <v>9.199999999999999</v>
+        <v>27</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630" t="s">
         <v>633</v>
       </c>
       <c r="B630">
         <v>0</v>
       </c>
       <c r="C630">
-        <v>17.1</v>
+        <v>14.4</v>
       </c>
       <c r="D630">
-        <v>18.9</v>
+        <v>15.9</v>
       </c>
       <c r="E630">
-        <v>20.7</v>
+        <v>17.4</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631" t="s">
         <v>634</v>
       </c>
       <c r="B631">
         <v>0</v>
       </c>
       <c r="C631">
-        <v>15.3</v>
+        <v>3.4</v>
       </c>
       <c r="D631">
-        <v>17</v>
+        <v>3.7</v>
       </c>
       <c r="E631">
-        <v>18.7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632" t="s">
         <v>635</v>
       </c>
       <c r="B632">
         <v>0</v>
       </c>
       <c r="C632">
-        <v>3.6</v>
+        <v>5.5</v>
       </c>
       <c r="D632">
-        <v>4</v>
+        <v>6.1</v>
       </c>
       <c r="E632">
-        <v>4.4</v>
-[...16 lines deleted...]
-        <v>6</v>
+        <v>6.7</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">